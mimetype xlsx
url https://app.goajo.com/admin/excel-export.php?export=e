--- v1 (2025-12-16)
+++ v2 (2026-02-15)
@@ -10,154 +10,352 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/_rels/sheet1.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="CodexWorld\PhpXlsxGenerator"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4669" uniqueCount="4669">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4717" uniqueCount="4717">
   <si>
     <t>USER ID</t>
   </si>
   <si>
     <t>NAME</t>
   </si>
   <si>
     <t>EMAIL</t>
   </si>
   <si>
     <t>PHONE</t>
   </si>
   <si>
     <t>COUNTRY</t>
   </si>
   <si>
     <t>EDUCATION</t>
   </si>
   <si>
     <t>STATUS</t>
   </si>
   <si>
+    <t>USER-688209</t>
+  </si>
+  <si>
+    <t>Catherine Achoki</t>
+  </si>
+  <si>
+    <t>CatherineAchoki@gmail.com</t>
+  </si>
+  <si>
+    <t>KENYA</t>
+  </si>
+  <si>
+    <t>Masters</t>
+  </si>
+  <si>
+    <t>USER-913915</t>
+  </si>
+  <si>
+    <t>Gabriel Ansong</t>
+  </si>
+  <si>
+    <t>ghabbyliam10@gmail.com</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>undergraduate</t>
+  </si>
+  <si>
+    <t>USER-596804</t>
+  </si>
+  <si>
+    <t>Adabanka Agyemang</t>
+  </si>
+  <si>
+    <t>adabanka_agyemang@yahoo.com</t>
+  </si>
+  <si>
+    <t>GHANA</t>
+  </si>
+  <si>
+    <t>post graduate</t>
+  </si>
+  <si>
+    <t>USER-814164</t>
+  </si>
+  <si>
+    <t>Kehinde</t>
+  </si>
+  <si>
+    <t>kdamilare60@gmail.com</t>
+  </si>
+  <si>
+    <t>Nigeria</t>
+  </si>
+  <si>
+    <t>Undergraduate</t>
+  </si>
+  <si>
+    <t>USER-227212</t>
+  </si>
+  <si>
+    <t>Oriaje Ibrahim </t>
+  </si>
+  <si>
+    <t>oriajeibrahim@gmail.com</t>
+  </si>
+  <si>
+    <t>08130098239</t>
+  </si>
+  <si>
+    <t>NIGERIA</t>
+  </si>
+  <si>
+    <t>Undergraduate </t>
+  </si>
+  <si>
+    <t>USER-340723</t>
+  </si>
+  <si>
+    <t>Adeniyi Akintokun </t>
+  </si>
+  <si>
+    <t>adeniyiakintokun@hotmail.com</t>
+  </si>
+  <si>
+    <t>08087705668</t>
+  </si>
+  <si>
+    <t>USER-546220</t>
+  </si>
+  <si>
+    <t>Nsoh Dorcas Akolgomah</t>
+  </si>
+  <si>
+    <t>nsohdorcas@gmail.com</t>
+  </si>
+  <si>
+    <t>USER-990217</t>
+  </si>
+  <si>
+    <t>mark Agbanyo</t>
+  </si>
+  <si>
+    <t>markedemkofia@gmail.com</t>
+  </si>
+  <si>
+    <t>USER-100113</t>
+  </si>
+  <si>
+    <t>Abu Mansaray</t>
+  </si>
+  <si>
+    <t>mansaraygeorge1@gmail.com</t>
+  </si>
+  <si>
+    <t>Sierra Leone</t>
+  </si>
+  <si>
+    <t>Post-graduate</t>
+  </si>
+  <si>
+    <t>USER-692520</t>
+  </si>
+  <si>
+    <t>Rueben </t>
+  </si>
+  <si>
+    <t>ruben4real@gmail.com</t>
+  </si>
+  <si>
+    <t>Waec</t>
+  </si>
+  <si>
+    <t>USER-684820</t>
+  </si>
+  <si>
+    <t>Adesakin Damilola </t>
+  </si>
+  <si>
+    <t>Damiadesakin1997@gmail.com</t>
+  </si>
+  <si>
+    <t>Nigeria </t>
+  </si>
+  <si>
+    <t>USER-522075</t>
+  </si>
+  <si>
+    <t>USER-605085</t>
+  </si>
+  <si>
+    <t>Oluwasegun ADEWALE</t>
+  </si>
+  <si>
+    <t>adewaleibukun7@gmail.com</t>
+  </si>
+  <si>
+    <t>postgraduate</t>
+  </si>
+  <si>
+    <t>USER-808887</t>
+  </si>
+  <si>
+    <t>Kenneth Ugo Udeze</t>
+  </si>
+  <si>
+    <t>udeze.kenneth@federalpolyoko.edu.ng</t>
+  </si>
+  <si>
+    <t>USER-790400</t>
+  </si>
+  <si>
+    <t>Owusu Richmond Ansah</t>
+  </si>
+  <si>
+    <t>oa305830@gmail.com</t>
+  </si>
+  <si>
+    <t>USER-584736</t>
+  </si>
+  <si>
+    <t>James Samuel Ackerson</t>
+  </si>
+  <si>
+    <t>jamessamuelackerson@gmail.com</t>
+  </si>
+  <si>
+    <t>Bachelor Degree </t>
+  </si>
+  <si>
+    <t>USER-103336</t>
+  </si>
+  <si>
+    <t>Frank Odame</t>
+  </si>
+  <si>
+    <t>odisika2gh@gmail.com</t>
+  </si>
+  <si>
+    <t>USER-524477</t>
+  </si>
+  <si>
+    <t>Temitope</t>
+  </si>
+  <si>
+    <t>Apalowo1@gmail.com</t>
+  </si>
+  <si>
     <t>USER-563139</t>
   </si>
   <si>
     <t>Oyewunmi Ojo</t>
   </si>
   <si>
     <t>ojooyewunmi00@gmail.com</t>
   </si>
   <si>
     <t>08104192844</t>
   </si>
   <si>
-    <t>NIGERIA</t>
-[...4 lines deleted...]
-  <si>
     <t>USER-557082</t>
   </si>
   <si>
     <t>Oyibakpor Loveth </t>
   </si>
   <si>
     <t>oghenekevweloveth@gmail.com</t>
   </si>
   <si>
-    <t>Nigeria </t>
-[...1 lines deleted...]
-  <si>
     <t>Secondary school </t>
   </si>
   <si>
     <t>USER-766012</t>
   </si>
   <si>
     <t>Dammyoluwakemi2003@gmail.com</t>
   </si>
   <si>
     <t>USER-144541</t>
   </si>
   <si>
     <t>Hellen Wanjiku</t>
   </si>
   <si>
     <t>elleewanjiku2007@gmail,com</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>highschool level</t>
   </si>
   <si>
     <t>USER-913107</t>
   </si>
   <si>
     <t>Onaoghene Joan Akponovwe</t>
   </si>
   <si>
     <t>joan.onaoghene@outlook.com</t>
   </si>
   <si>
     <t>Postgraduate</t>
   </si>
   <si>
     <t>USER-284106</t>
   </si>
   <si>
     <t>JASPER </t>
   </si>
   <si>
     <t>jasperotoo2@gmail.com</t>
   </si>
   <si>
     <t>0596112578</t>
   </si>
   <si>
-    <t>GHANA</t>
-[...1 lines deleted...]
-  <si>
     <t>High school </t>
   </si>
   <si>
     <t>USER-963460</t>
   </si>
   <si>
     <t>Chibuike</t>
   </si>
   <si>
     <t>umeugokwehyginus@gmail.com</t>
   </si>
   <si>
     <t>09030120741</t>
   </si>
   <si>
     <t>Post graduate</t>
   </si>
   <si>
     <t>USER-215083</t>
   </si>
   <si>
     <t>angel.apungu@gmail.com</t>
   </si>
   <si>
     <t>USER-399572</t>
@@ -180,98 +378,89 @@
   <si>
     <t>adekoyachristianah@gmail.com</t>
   </si>
   <si>
     <t>USER-460581</t>
   </si>
   <si>
     <t>Segun</t>
   </si>
   <si>
     <t>strongseges@seznam.cz</t>
   </si>
   <si>
     <t>Post Graduate</t>
   </si>
   <si>
     <t>USER-290681</t>
   </si>
   <si>
     <t>Somtochukwu Ezenweinyinya</t>
   </si>
   <si>
     <t>kescblaze@gmail.com</t>
   </si>
   <si>
-    <t>Post-graduate</t>
-[...1 lines deleted...]
-  <si>
     <t>USER-647925</t>
   </si>
   <si>
     <t>Joe Jonathan</t>
   </si>
   <si>
     <t>joeouma350@gmail.com</t>
   </si>
   <si>
-    <t>KENYA</t>
-[...1 lines deleted...]
-  <si>
     <t>USER-552295</t>
   </si>
   <si>
     <t>JUSTICE AMPEM DARKO</t>
   </si>
   <si>
     <t>kofijnr12207@gmail.com</t>
   </si>
   <si>
     <t>USER-820735</t>
   </si>
   <si>
     <t>awojobifavour20@gmail.com</t>
   </si>
   <si>
     <t>USER-589418</t>
   </si>
   <si>
     <t>okoyef640@gmail.com</t>
   </si>
   <si>
     <t>USER-330677</t>
   </si>
   <si>
     <t>Fayemi Tolulope Ajibola </t>
   </si>
   <si>
     <t>aj.tolulopefayemi@gmail.com</t>
   </si>
   <si>
-    <t>Nigeria</t>
-[...1 lines deleted...]
-  <si>
     <t>Degree</t>
   </si>
   <si>
     <t>USER-222201</t>
   </si>
   <si>
     <t>Emeka Igwebuike </t>
   </si>
   <si>
     <t>cjigwebuike@gmail.com</t>
   </si>
   <si>
     <t>USER-883623</t>
   </si>
   <si>
     <t>Nnenna Sylvia Okpanku </t>
   </si>
   <si>
     <t>nnennasylviaigwe@gmail.com</t>
   </si>
   <si>
     <t>Graduate level </t>
   </si>
   <si>
     <t>USER-952300</t>
@@ -381,98 +570,92 @@
   <si>
     <t>agunloyebukkk agunloyebukky2002@gmail.com</t>
   </si>
   <si>
     <t>USER-669764</t>
   </si>
   <si>
     <t>jacobprince740@gmail.com</t>
   </si>
   <si>
     <t>LIBERIA</t>
   </si>
   <si>
     <t>USER-429993</t>
   </si>
   <si>
     <t>Sakwe Godlove Namaya </t>
   </si>
   <si>
     <t>godlovesakwe01@gmail.com</t>
   </si>
   <si>
     <t>CAMEROON</t>
   </si>
   <si>
-    <t>Undergraduate</t>
-[...1 lines deleted...]
-  <si>
     <t>USER-150947</t>
   </si>
   <si>
     <t>Schancline Boseme </t>
   </si>
   <si>
     <t>muketeboseme48@gmail.com</t>
   </si>
   <si>
     <t>USER-624652</t>
   </si>
   <si>
     <t>Wilson Mamanzi </t>
   </si>
   <si>
     <t>bamukewil022@gmail.com</t>
   </si>
   <si>
     <t>UGANDA</t>
   </si>
   <si>
     <t>USER-355445</t>
   </si>
   <si>
     <t>Oluseyije Olasile Johnson</t>
   </si>
   <si>
     <t>oluseyijeolasile@gmail.com</t>
   </si>
   <si>
     <t>USER-898966</t>
   </si>
   <si>
     <t>WILLIAM WANDWASI</t>
   </si>
   <si>
     <t>wandwasiwilliamwaneloba@gmail.com</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
   <si>
-    <t>undergraduate</t>
-[...1 lines deleted...]
-  <si>
     <t>USER-130063</t>
   </si>
   <si>
     <t>ISSAHAKU ABDUL HAMID </t>
   </si>
   <si>
     <t>Issahakuabdulhamid95@gmail.com</t>
   </si>
   <si>
     <t>Ghana </t>
   </si>
   <si>
     <t>USER-885181</t>
   </si>
   <si>
     <t>kishki1577216@gmail.com</t>
   </si>
   <si>
     <t>USER-592071</t>
   </si>
   <si>
     <t>Eric Onyejiawa</t>
   </si>
   <si>
     <t>Ericoiheanyi@gmail.com</t>
@@ -549,53 +732,50 @@
   <si>
     <t>Africa,Niger</t>
   </si>
   <si>
     <t>USER-554421</t>
   </si>
   <si>
     <t>Jimoh Ibraheem </t>
   </si>
   <si>
     <t>jimohladam@gmail.com</t>
   </si>
   <si>
     <t>OND</t>
   </si>
   <si>
     <t>USER-524064</t>
   </si>
   <si>
     <t>Maccarthy Tetteh</t>
   </si>
   <si>
     <t>maccarthymttk1892@gmail.com</t>
   </si>
   <si>
-    <t>Ghana</t>
-[...1 lines deleted...]
-  <si>
     <t>USER-635373</t>
   </si>
   <si>
     <t>MAGEMBE JORUM</t>
   </si>
   <si>
     <t>archerknight086@gmail.com</t>
   </si>
   <si>
     <t>0759997681</t>
   </si>
   <si>
     <t>USER-546312</t>
   </si>
   <si>
     <t>TURYASINGURA MIRACLE</t>
   </si>
   <si>
     <t>tylermiracle81@gmail.com</t>
   </si>
   <si>
     <t>0784304587</t>
   </si>
   <si>
     <t>O LEVEL</t>
@@ -1083,53 +1263,50 @@
   <si>
     <t>Salawu Mubarak </t>
   </si>
   <si>
     <t>mubarakolafiku@gmail.com</t>
   </si>
   <si>
     <t>USER-672878</t>
   </si>
   <si>
     <t>Ajayi Osagumwenro </t>
   </si>
   <si>
     <t>ajayiosagumwenro@gmail.com</t>
   </si>
   <si>
     <t>USER-659447</t>
   </si>
   <si>
     <t>BARNARD ASEM</t>
   </si>
   <si>
     <t>UREHASEM@GMAIL.COM</t>
   </si>
   <si>
-    <t>Bachelor Degree </t>
-[...1 lines deleted...]
-  <si>
     <t>USER-150426</t>
   </si>
   <si>
     <t>Juliet Porter </t>
   </si>
   <si>
     <t>julietporter0710@gmail.com</t>
   </si>
   <si>
     <t>UGANDA </t>
   </si>
   <si>
     <t>USER-390299</t>
   </si>
   <si>
     <t>Samuel DUSHIMIMANA </t>
   </si>
   <si>
     <t>samydushime155@gmail.com</t>
   </si>
   <si>
     <t>RWANDA</t>
   </si>
   <si>
     <t>USER-639944</t>
@@ -1371,71 +1548,56 @@
   <si>
     <t>USER-834527</t>
   </si>
   <si>
     <t>Ogunmodede Abolade </t>
   </si>
   <si>
     <t>ogunmodedeabolade2000@gmail.com</t>
   </si>
   <si>
     <t>08087303663</t>
   </si>
   <si>
     <t>BA History and international studies </t>
   </si>
   <si>
     <t>USER-468931</t>
   </si>
   <si>
     <t>Sylvester</t>
   </si>
   <si>
     <t>adjapongs@gmail.com</t>
   </si>
   <si>
-    <t>Masters</t>
-[...1 lines deleted...]
-  <si>
     <t>USER-415166</t>
   </si>
   <si>
     <t>onilochiamaka27@gmail.com</t>
   </si>
   <si>
-    <t>USER-635786</t>
-[...10 lines deleted...]
-  <si>
     <t>USER-964558</t>
   </si>
   <si>
     <t>Oparaocha Kingsley Odinakachi </t>
   </si>
   <si>
     <t>oparaocha2014@gmail.com</t>
   </si>
   <si>
     <t>Post graduate </t>
   </si>
   <si>
     <t>USER-984564</t>
   </si>
   <si>
     <t>SETH</t>
   </si>
   <si>
     <t>seth2me@gmail.com</t>
   </si>
   <si>
     <t>USER-369537</t>
   </si>
   <si>
     <t>Peters Ijeoma Ann</t>
@@ -2067,53 +2229,50 @@
   <si>
     <t>albanugochukwu1985@gmail.com</t>
   </si>
   <si>
     <t>USER-108298</t>
   </si>
   <si>
     <t>Boat</t>
   </si>
   <si>
     <t>adonteng67@gmail.com</t>
   </si>
   <si>
     <t>USER-356231</t>
   </si>
   <si>
     <t>Dodzi</t>
   </si>
   <si>
     <t>efokdodzi@gmail.com</t>
   </si>
   <si>
     <t>0242163582</t>
   </si>
   <si>
-    <t>post graduate</t>
-[...1 lines deleted...]
-  <si>
     <t>USER-810105</t>
   </si>
   <si>
     <t>Kadima faith jael</t>
   </si>
   <si>
     <t>jaelkadima9@gmail.com</t>
   </si>
   <si>
     <t>United States </t>
   </si>
   <si>
     <t>USER-100699</t>
   </si>
   <si>
     <t>WILLIAMS OKECHUKWU </t>
   </si>
   <si>
     <t>willyokz0@gmail.com</t>
   </si>
   <si>
     <t>USER-652365</t>
   </si>
   <si>
     <t>ian ruto</t>
@@ -2313,59 +2472,50 @@
   <si>
     <t>247ofvictory@gmail.com</t>
   </si>
   <si>
     <t>MSc </t>
   </si>
   <si>
     <t>USER-436152</t>
   </si>
   <si>
     <t>veraotuonye@gmail.com</t>
   </si>
   <si>
     <t>USER-914049</t>
   </si>
   <si>
     <t>Egwuenu Adaeze Precious </t>
   </si>
   <si>
     <t>egwuenuadaeze1@gmail.com</t>
   </si>
   <si>
     <t>Postgraduate Bachelors degree</t>
   </si>
   <si>
-    <t>USER-326718</t>
-[...7 lines deleted...]
-  <si>
     <t>USER-182092</t>
   </si>
   <si>
     <t>Gold</t>
   </si>
   <si>
     <t>goldegwuenu50@gmail.com</t>
   </si>
   <si>
     <t>08184838425</t>
   </si>
   <si>
     <t>USER-148586</t>
   </si>
   <si>
     <t>Elizabeth Asare</t>
   </si>
   <si>
     <t>ylisabetasare@gmail.com</t>
   </si>
   <si>
     <t>USER-227420</t>
   </si>
   <si>
     <t>Larry Parker</t>
@@ -5205,53 +5355,50 @@
   <si>
     <t>USER-804993</t>
   </si>
   <si>
     <t>gwanjro66@gmail.com</t>
   </si>
   <si>
     <t>Bachelor degree </t>
   </si>
   <si>
     <t>USER-549479</t>
   </si>
   <si>
     <t>ekcheruiyots@gmail.com</t>
   </si>
   <si>
     <t>USER-299677</t>
   </si>
   <si>
     <t>Vincent Erzoah </t>
   </si>
   <si>
     <t>vincenterzoah@gmail.com</t>
   </si>
   <si>
-    <t>postgraduate</t>
-[...1 lines deleted...]
-  <si>
     <t>USER-632805</t>
   </si>
   <si>
     <t>RABIU Oluwadamilare </t>
   </si>
   <si>
     <t>rabiudamilare71@gmail.com</t>
   </si>
   <si>
     <t>08060186960</t>
   </si>
   <si>
     <t>Odnary national diploma </t>
   </si>
   <si>
     <t>USER-658595</t>
   </si>
   <si>
     <t>Jimoh abdulhakeem t </t>
   </si>
   <si>
     <t>tfresh2021@gmail.com</t>
   </si>
   <si>
     <t>Secondary certificate </t>
@@ -11869,53 +12016,50 @@
     <t>onyishi_omaureen686@yahoo.com</t>
   </si>
   <si>
     <t>USER-809955</t>
   </si>
   <si>
     <t>Tosin </t>
   </si>
   <si>
     <t>tosinkomolafe3@gmail.com</t>
   </si>
   <si>
     <t>0415394993</t>
   </si>
   <si>
     <t>USER-395911</t>
   </si>
   <si>
     <t>Brownson Samuel Godwin</t>
   </si>
   <si>
     <t>samexbrown@gmail.com</t>
   </si>
   <si>
     <t>07053997300</t>
-  </si>
-[...1 lines deleted...]
-    <t>Waec</t>
   </si>
   <si>
     <t>USER-405907</t>
   </si>
   <si>
     <t>Akande Olugbenga Samson</t>
   </si>
   <si>
     <t>samson_netshares@yahoo.com</t>
   </si>
   <si>
     <t>First Degree </t>
   </si>
   <si>
     <t>USER-109085</t>
   </si>
   <si>
     <t>Chinwendu Anyanwu </t>
   </si>
   <si>
     <t>chinweanyanwu@myyahoo.com</t>
   </si>
   <si>
     <t>USER-397482</t>
   </si>
@@ -14066,29427 +14210,29779 @@
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ojooyewunmi00@gmail.com" TargetMode="External"/>
-[...1389 lines deleted...]
-<Relationship Id="rId1391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Nwosudickson@yahoo.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CatherineAchoki@gmail.com" TargetMode="External"/>
+<Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ghabbyliam10@gmail.com" TargetMode="External"/>
+<Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adabanka_agyemang@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kdamilare60@gmail.com" TargetMode="External"/>
+<Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oriajeibrahim@gmail.com" TargetMode="External"/>
+<Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adeniyiakintokun@hotmail.com" TargetMode="External"/>
+<Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nsohdorcas@gmail.com" TargetMode="External"/>
+<Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:markedemkofia@gmail.com" TargetMode="External"/>
+<Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mansaraygeorge1@gmail.com" TargetMode="External"/>
+<Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ruben4real@gmail.com" TargetMode="External"/>
+<Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Damiadesakin1997@gmail.com" TargetMode="External"/>
+<Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Damiadesakin1997@gmail.com" TargetMode="External"/>
+<Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adewaleibukun7@gmail.com" TargetMode="External"/>
+<Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:udeze.kenneth@federalpolyoko.edu.ng" TargetMode="External"/>
+<Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oa305830@gmail.com" TargetMode="External"/>
+<Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jamessamuelackerson@gmail.com" TargetMode="External"/>
+<Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:odisika2gh@gmail.com" TargetMode="External"/>
+<Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Apalowo1@gmail.com" TargetMode="External"/>
+<Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ojooyewunmi00@gmail.com" TargetMode="External"/>
+<Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oghenekevweloveth@gmail.com" TargetMode="External"/>
+<Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Dammyoluwakemi2003@gmail.com" TargetMode="External"/>
+<Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joan.onaoghene@outlook.com" TargetMode="External"/>
+<Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jasperotoo2@gmail.com" TargetMode="External"/>
+<Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:umeugokwehyginus@gmail.com" TargetMode="External"/>
+<Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angel.apungu@gmail.com" TargetMode="External"/>
+<Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:peterkiptoo87@gmail.com" TargetMode="External"/>
+<Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adekoyachristianah@gmail.com" TargetMode="External"/>
+<Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:strongseges@seznam.cz" TargetMode="External"/>
+<Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kescblaze@gmail.com" TargetMode="External"/>
+<Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joeouma350@gmail.com" TargetMode="External"/>
+<Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kofijnr12207@gmail.com" TargetMode="External"/>
+<Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:awojobifavour20@gmail.com" TargetMode="External"/>
+<Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:okoyef640@gmail.com" TargetMode="External"/>
+<Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aj.tolulopefayemi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cjigwebuike@gmail.com" TargetMode="External"/>
+<Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nnennasylviaigwe@gmail.com" TargetMode="External"/>
+<Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emmydek34@gmail.com" TargetMode="External"/>
+<Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michaelandlinus@gmail.com" TargetMode="External"/>
+<Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nwabuezestan@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ismahelsalau@gmail.com" TargetMode="External"/>
+<Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marufalamdoc@gmail.com" TargetMode="External"/>
+<Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:malelapril2@gmail.com" TargetMode="External"/>
+<Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ukauwagoodluck555@gmail.com" TargetMode="External"/>
+<Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Olaifasijuolaschool@gmail.com" TargetMode="External"/>
+<Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amadidaisy@gmail.com" TargetMode="External"/>
+<Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agunloyebukky2002@gmail.com" TargetMode="External"/>
+<Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jacobprince740@gmail.com" TargetMode="External"/>
+<Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:godlovesakwe01@gmail.com" TargetMode="External"/>
+<Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:muketeboseme48@gmail.com" TargetMode="External"/>
+<Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bamukewil022@gmail.com" TargetMode="External"/>
+<Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oluseyijeolasile@gmail.com" TargetMode="External"/>
+<Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wandwasiwilliamwaneloba@gmail.com" TargetMode="External"/>
+<Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Issahakuabdulhamid95@gmail.com" TargetMode="External"/>
+<Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kishki1577216@gmail.com" TargetMode="External"/>
+<Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ericoiheanyi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sanyangomar222@gmail.com" TargetMode="External"/>
+<Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chiomachiegbu1@gmail.com" TargetMode="External"/>
+<Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:janenabbuye@gmail.com" TargetMode="External"/>
+<Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chiomachiegbu@gmail.com" TargetMode="External"/>
+<Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enduranceaigbegbea@gmail.com" TargetMode="External"/>
+<Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zubes2016@gmail.com" TargetMode="External"/>
+<Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:raypraise2019@gmail.com" TargetMode="External"/>
+<Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jimohladam@gmail.com" TargetMode="External"/>
+<Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maccarthymttk1892@gmail.com" TargetMode="External"/>
+<Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:archerknight086@gmail.com" TargetMode="External"/>
+<Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tylermiracle81@gmail.com" TargetMode="External"/>
+<Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:okonkwocherechukwu@gmail.com" TargetMode="External"/>
+<Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kiprophenry100@gmail.com" TargetMode="External"/>
+<Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rhodabiney18@gmail.com" TargetMode="External"/>
+<Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rhodabimey18@gmail.com" TargetMode="External"/>
+<Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:olawale4busadm@gmail.com" TargetMode="External"/>
+<Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chikaustin70@gmail.com" TargetMode="External"/>
+<Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:peakweb5@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:akajeanclaude31@gmail.com" TargetMode="External"/>
+<Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kelvindogbe@outlook.com" TargetMode="External"/>
+<Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kelvindelalidogbe@gmail.com" TargetMode="External"/>
+<Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dayofaluyi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bestcafe92@gmail.com" TargetMode="External"/>
+<Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mursheedalpha529@gmail.com" TargetMode="External"/>
+<Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marvelchuks32@gmail.com" TargetMode="External"/>
+<Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:allankim022@gmail.com" TargetMode="External"/>
+<Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ifeanyiepiphany@gmail.com" TargetMode="External"/>
+<Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:d.bility36@gmail.com" TargetMode="External"/>
+<Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:igonoraret@gmail.com" TargetMode="External"/>
+<Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ukejeiyke18@gmail.com" TargetMode="External"/>
+<Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fancyomenda@gmail.com" TargetMode="External"/>
+<Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jinwoofabi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Achjozejoseph@gmail.com" TargetMode="External"/>
+<Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nancyomboga@mtrh.go.ke" TargetMode="External"/>
+<Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alaalmhnds1@amail.com" TargetMode="External"/>
+<Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:santoserevino@gmail.com" TargetMode="External"/>
+<Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sebbiejacob74@gmail.com" TargetMode="External"/>
+<Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bellorilwan200@gmail.com" TargetMode="External"/>
+<Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gennysleck@gmail.com" TargetMode="External"/>
+<Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amenvictors@gmail.com" TargetMode="External"/>
+<Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mercyalbert187@gmail.com" TargetMode="External"/>
+<Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kopeyemi619@gmail.com" TargetMode="External"/>
+<Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Reyadavid846@gmail.com" TargetMode="External"/>
+<Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:omokhafej@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:loyawilson298@gmail.com" TargetMode="External"/>
+<Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anitakyeraa665@gmail.com" TargetMode="External"/>
+<Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obinnaprecious518@gmail.com" TargetMode="External"/>
+<Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obiloonyenanuchiamaka@gmail.com" TargetMode="External"/>
+<Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:philipsaviour289@gmail.com" TargetMode="External"/>
+<Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stymak20022000@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:samotokpa0@gmail.com" TargetMode="External"/>
+<Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mhwjames973@gmail.com" TargetMode="External"/>
+<Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sundaypaul21@gmail.coM" TargetMode="External"/>
+<Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ginamusa220@gmail.com" TargetMode="External"/>
+<Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mubarakolafiku@gmail.com" TargetMode="External"/>
+<Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ajayiosagumwenro@gmail.com" TargetMode="External"/>
+<Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:UREHASEM@GMAIL.COM" TargetMode="External"/>
+<Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:julietporter0710@gmail.com" TargetMode="External"/>
+<Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:samydushime155@gmail.com" TargetMode="External"/>
+<Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mukarugwirop@gmail.com" TargetMode="External"/>
+<Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yetundeakintunde27@gmail.com" TargetMode="External"/>
+<Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gynaab@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Specialmuslimah1@gmail.com" TargetMode="External"/>
+<Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Chibuikenaddyson@gmail.com" TargetMode="External"/>
+<Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:songwadero@gmail.com" TargetMode="External"/>
+<Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:justinetabufiona@gmail.com" TargetMode="External"/>
+<Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nifemitetisimi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:davidugege3@gmail.com" TargetMode="External"/>
+<Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:efepeterz@yahoo.co.za" TargetMode="External"/>
+<Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juniors@gmail.com" TargetMode="External"/>
+<Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kujglobal@gmail.com" TargetMode="External"/>
+<Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mohammedbkamara132@gmail.com" TargetMode="External"/>
+<Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Samuelalagbada@hotmail.com" TargetMode="External"/>
+<Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:efeufuoma48@gmail.com" TargetMode="External"/>
+<Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:idrisalabi0520@gmail.com" TargetMode="External"/>
+<Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:almutawakil2022@gmail.com" TargetMode="External"/>
+<Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ernestigunboredoghanaman@gmail.com" TargetMode="External"/>
+<Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abramfag1@gmail.com" TargetMode="External"/>
+<Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kassatheresa8@gmail.com" TargetMode="External"/>
+<Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:azubuikeonyekachioguatu@gmail.com" TargetMode="External"/>
+<Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dianadaes2smith@gmail.com" TargetMode="External"/>
+<Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ogunmodedeabolade2000@gmail.com" TargetMode="External"/>
+<Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adjapongs@gmail.com" TargetMode="External"/>
+<Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:onilochiamaka27@gmail.com" TargetMode="External"/>
+<Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oparaocha2014@gmail.com" TargetMode="External"/>
+<Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:seth2me@gmail.com" TargetMode="External"/>
+<Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ijeomaakwara@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:orokovincent100@gmail.com" TargetMode="External"/>
+<Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:freezb20@gmail.com" TargetMode="External"/>
+<Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kenosky4uc@gmail.com" TargetMode="External"/>
+<Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tdee55391@gmail.com" TargetMode="External"/>
+<Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:recruitmentngr@gmail.com" TargetMode="External"/>
+<Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oem.uzonwanne@gmail.com" TargetMode="External"/>
+<Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:winnerzentp@gmail.com" TargetMode="External"/>
+<Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nana.3.amedi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emmanuel09127535286@gmail.com" TargetMode="External"/>
+<Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Nathanielyeboah102@gmail.com" TargetMode="External"/>
+<Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:odurobenedicta5566@gmail.com" TargetMode="External"/>
+<Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:omowumikikelomo43@gmail.com" TargetMode="External"/>
+<Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gyamfiaducollins82@gmail.com" TargetMode="External"/>
+<Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ministerebruphiyo@gmail.com" TargetMode="External"/>
+<Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ministerebruphiyo@gmail.com" TargetMode="External"/>
+<Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:owunarigift@gmail.com" TargetMode="External"/>
+<Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Elgontower@gmail.com" TargetMode="External"/>
+<Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Updyrizackadan460@gmail.com" TargetMode="External"/>
+<Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:famampak@gmail.com" TargetMode="External"/>
+<Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dianaliam96@gmail.com" TargetMode="External"/>
+<Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abass.omotayo@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bukkyolag@gmail.com" TargetMode="External"/>
+<Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chikalina92@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ezeobiakorpeace@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lawansontech.online@gmail.com" TargetMode="External"/>
+<Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ktheodorew24@gmail.com" TargetMode="External"/>
+<Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ambitiousconsultancyservices@gmail.com" TargetMode="External"/>
+<Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ambitiousconsult@gmail.com" TargetMode="External"/>
+<Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nwachukwuamaka108@gmail.com" TargetMode="External"/>
+<Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shittasaheed@gmail.com" TargetMode="External"/>
+<Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anokedivine10@gmail.com" TargetMode="External"/>
+<Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chikapeace835@gmail.com" TargetMode="External"/>
+<Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kessengassala@gmail.com" TargetMode="External"/>
+<Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:riadasamuelben@gmail.com" TargetMode="External"/>
+<Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:insaidoogodfred@gmail.com" TargetMode="External"/>
+<Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kasilverline766@gmail.com" TargetMode="External"/>
+<Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abdulcarter10@gmail.com" TargetMode="External"/>
+<Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:evidenceerhijakpor@gmail.com" TargetMode="External"/>
+<Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gbagbladzahero909@gmail.com" TargetMode="External"/>
+<Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aliyumuhdsaeed662@gmail.com" TargetMode="External"/>
+<Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chinemerem.ng@gmail.com" TargetMode="External"/>
+<Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bernicebrowne99@gmail.com" TargetMode="External"/>
+<Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:malokeice@gmail.com" TargetMode="External"/>
+<Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:icemaloke@gmail.com" TargetMode="External"/>
+<Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:georgeogwuche419@gmail.com" TargetMode="External"/>
+<Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chigoziejbdimoji@gmail.com" TargetMode="External"/>
+<Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:theochinm@gmail.com" TargetMode="External"/>
+<Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zionejimadu999@gmail.com" TargetMode="External"/>
+<Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Henriettachinyeaka@gmail.com" TargetMode="External"/>
+<Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oluchijessica32@gmail.com" TargetMode="External"/>
+<Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dimoji.chigozie@futo.edu.ng" TargetMode="External"/>
+<Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:osemwegieshalom@gmail.com" TargetMode="External"/>
+<Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hazelgyimah26@gmail.com" TargetMode="External"/>
+<Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shecookslove@gmail.com" TargetMode="External"/>
+<Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:onaopemipooyinade@gmail.com" TargetMode="External"/>
+<Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:davidmark.okafoagu@gmail.com" TargetMode="External"/>
+<Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ajayimarvellous0@gmail.com" TargetMode="External"/>
+<Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:preciousadafin28@gmail.com" TargetMode="External"/>
+<Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dovish2005@gmail.com" TargetMode="External"/>
+<Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:albanugochukwu1985@gmail.com" TargetMode="External"/>
+<Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adonteng67@gmail.com" TargetMode="External"/>
+<Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:efokdodzi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaelkadima9@gmail.com" TargetMode="External"/>
+<Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:willyokz0@gmail.com" TargetMode="External"/>
+<Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ianruto071@gmail.com" TargetMode="External"/>
+<Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vic4dynamic@gmail.com" TargetMode="External"/>
+<Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elizabethdemilade26@gmail.com" TargetMode="External"/>
+<Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:onyeaka88@gmail.com" TargetMode="External"/>
+<Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kwakuhandlez@gmail.com" TargetMode="External"/>
+<Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sunsetbirdtravels@gmail.com" TargetMode="External"/>
+<Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oladapozainab66@gmail.com" TargetMode="External"/>
+<Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maamefrema45@gmail.com" TargetMode="External"/>
+<Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kimanieric381@gmail.com" TargetMode="External"/>
+<Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iamtheyouniverse369@gmail.com" TargetMode="External"/>
+<Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:irene.maxwell21@gmail.com" TargetMode="External"/>
+<Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mailingandrew20@gmail.com" TargetMode="External"/>
+<Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aweadedeji916@gmail.com" TargetMode="External"/>
+<Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kausaratoyinlola@gmail.com" TargetMode="External"/>
+<Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gibbx93@gmail.com" TargetMode="External"/>
+<Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shirowainaina250@gmail.com" TargetMode="External"/>
+<Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aweleofili549@gmail.com" TargetMode="External"/>
+<Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:247ofvictory@gmail.com" TargetMode="External"/>
+<Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:veraotuonye@gmail.com" TargetMode="External"/>
+<Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:egwuenuadaeze1@gmail.com" TargetMode="External"/>
+<Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:goldegwuenu50@gmail.com" TargetMode="External"/>
+<Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ylisabetasare@gmail.com" TargetMode="External"/>
+<Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:safety.paka@gmail.com" TargetMode="External"/>
+<Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bilawal25@gmail.com" TargetMode="External"/>
+<Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:daviddesmond2004@gmail.com" TargetMode="External"/>
+<Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ernestaustine94@gmail.com" TargetMode="External"/>
+<Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ezezuejane@gmail.com" TargetMode="External"/>
+<Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:favouronyekachii17@gmail.com" TargetMode="External"/>
+<Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:louisambindi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:otuonyehenry@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yusuflateef077@gmail.com" TargetMode="External"/>
+<Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ansongfrancis21@gmail.com" TargetMode="External"/>
+<Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sylvesteridhighere@gmail.com" TargetMode="External"/>
+<Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bamidele58@gmail.com" TargetMode="External"/>
+<Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Nwenwehk@gmail.com" TargetMode="External"/>
+<Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:japhethkimutai01@gmail.com" TargetMode="External"/>
+<Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:badejoazeez2@gmail.com" TargetMode="External"/>
+<Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emmanuelgator6020@gmail.com" TargetMode="External"/>
+<Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nwolisehenry25@gmail.com" TargetMode="External"/>
+<Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lucyagyeiwaaatakorah11@gmail.com" TargetMode="External"/>
+<Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ericnsaahboakye@gmail.com" TargetMode="External"/>
+<Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:udeaghaebuka@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:boaduisaac246@gmail.com" TargetMode="External"/>
+<Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elizabeth2000nyambel@gmail.com" TargetMode="External"/>
+<Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:biancanneka098@gmail.com" TargetMode="External"/>
+<Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emekaogbodo062@gmail.com" TargetMode="External"/>
+<Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephenjimmyyusuf@gmail.com" TargetMode="External"/>
+<Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ezejifustinaangel@gmail.com" TargetMode="External"/>
+<Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:blaisegathere@gmail.com" TargetMode="External"/>
+<Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chigboogusunday@gmail.com" TargetMode="External"/>
+<Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oyebanjitolulope187@gmail.com" TargetMode="External"/>
+<Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tolulopeolayinka49@gmail.com" TargetMode="External"/>
+<Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:www.stephamakani@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshuaac72@gmail.com" TargetMode="External"/>
+<Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juniorjusticeofori@gmail.com" TargetMode="External"/>
+<Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obinnacharles95@outlook.com" TargetMode="External"/>
+<Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info.mgbakorjohnkenneth@gmail.com" TargetMode="External"/>
+<Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:antwimark2000@gmail.com" TargetMode="External"/>
+<Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:donderisr@gmail.com" TargetMode="External"/>
+<Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amoahowusu111@gmail.com" TargetMode="External"/>
+<Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Chinedummosesfirms@gmail.com" TargetMode="External"/>
+<Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:opoku.richard.odei@gmail.com" TargetMode="External"/>
+<Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tetejoel08@gmail.com" TargetMode="External"/>
+<Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gbemigababawale65@gmail.com" TargetMode="External"/>
+<Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arowolofiyinfoluwa@gmail.com" TargetMode="External"/>
+<Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fostero.kfosu111@gmail.com" TargetMode="External"/>
+<Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carolineej65@gmail.com" TargetMode="External"/>
+<Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tolulope4christ2001@gmail.com" TargetMode="External"/>
+<Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dejago27@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yinkafaddgreat@gmail.com" TargetMode="External"/>
+<Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:princefubbi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:teolusunde@gmail.com" TargetMode="External"/>
+<Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Seyi1264@gmail.com" TargetMode="External"/>
+<Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@intercontinentalpro.com.au" TargetMode="External"/>
+<Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:idaraoyinbo2002@yahoo.co.uk" TargetMode="External"/>
+<Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gloriakwakyewaa13@gmail.com" TargetMode="External"/>
+<Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:darboeomar71@gmail.com" TargetMode="External"/>
+<Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kwameasamoahsenyahjr@gmail.com" TargetMode="External"/>
+<Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dannyatlavidabien21@gmail.com" TargetMode="External"/>
+<Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amafrimpomaa3@gmail.com" TargetMode="External"/>
+<Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jislord2004@gmail.com" TargetMode="External"/>
+<Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ibrahimburuhanu.ib@gmail.com" TargetMode="External"/>
+<Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paulolatunde9@gmail.com" TargetMode="External"/>
+<Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hannahkoroma4@gmail.comh" TargetMode="External"/>
+<Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:odutayooj@funaab.edu.ng" TargetMode="External"/>
+<Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ewman009@gmail.com" TargetMode="External"/>
+<Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:johnuche4@gmail.com" TargetMode="External"/>
+<Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enyamdzefi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:khalifayussif01@gmail.com" TargetMode="External"/>
+<Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sanke.co@gmail.com" TargetMode="External"/>
+<Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:payejonathang18@gmail.com" TargetMode="External"/>
+<Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:naadededoris@gmail.com" TargetMode="External"/>
+<Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:naturindarinah5@gmail.com" TargetMode="External"/>
+<Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michaelnt35@gmail.com" TargetMode="External"/>
+<Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jokafoagu@gmail.com" TargetMode="External"/>
+<Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:babayod@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joy.adipah@gmail.com" TargetMode="External"/>
+<Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:uthadesh01@gmail.com" TargetMode="External"/>
+<Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oluwaloseyijohn10@gmail.com" TargetMode="External"/>
+<Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dennispretorias@gmail.com" TargetMode="External"/>
+<Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:otinidavid@gmail.com" TargetMode="External"/>
+<Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vickieako1@gmail.com" TargetMode="External"/>
+<Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ajibodeabosede54@gmail.com" TargetMode="External"/>
+<Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:achikida1@outlook.com" TargetMode="External"/>
+<Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:papamensah2012@gmail.com" TargetMode="External"/>
+<Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dasamuelbb@gmail.com" TargetMode="External"/>
+<Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chriscoker916@gmail.com" TargetMode="External"/>
+<Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cyndyslym1@gmail.com" TargetMode="External"/>
+<Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:talktochristian2018@gmail.com" TargetMode="External"/>
+<Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:covenantaderoju@gmail.com" TargetMode="External"/>
+<Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cok.oc22@gmail.com" TargetMode="External"/>
+<Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aderayo563@gmail.com" TargetMode="External"/>
+<Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ojbukola2019@gmail.com" TargetMode="External"/>
+<Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kipnelson1993@gmail.com" TargetMode="External"/>
+<Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ekponv@gmail.com" TargetMode="External"/>
+<Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mungasonje22@gmail.com" TargetMode="External"/>
+<Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sigey2014@gmail.com" TargetMode="External"/>
+<Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rubyolubodun@gmail.com" TargetMode="External"/>
+<Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murainamuhideen001@gmail.com" TargetMode="External"/>
+<Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:georgekombe2@gmail.com" TargetMode="External"/>
+<Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:m.abdullah55@aol.com" TargetMode="External"/>
+<Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:asarealbert1998@gmail.com" TargetMode="External"/>
+<Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abdullahimohammedsaani095@gmail.com" TargetMode="External"/>
+<Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joojojack24@gmail.com" TargetMode="External"/>
+<Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:soansah3@gmail.com" TargetMode="External"/>
+<Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enyaaunix@gmail.com" TargetMode="External"/>
+<Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gideonoduro321@gmail.com" TargetMode="External"/>
+<Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:olamideolu59@gmail.com" TargetMode="External"/>
+<Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gbadelawal67@gmail.com" TargetMode="External"/>
+<Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:user@gmail.com" TargetMode="External"/>
+<Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ilighcyril@gmail.com" TargetMode="External"/>
+<Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ebenezeradjei1989@gmail.com" TargetMode="External"/>
+<Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:okunniyiolawale@gmail.com" TargetMode="External"/>
+<Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sojbobby@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hn9675@gmail.com" TargetMode="External"/>
+<Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enoella2010@gmail.com" TargetMode="External"/>
+<Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stellalarbi81@gmail.com" TargetMode="External"/>
+<Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carolinekipkemboi123@gmail.com" TargetMode="External"/>
+<Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emmanuelmedewase@gmail.com" TargetMode="External"/>
+<Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amankwageorge180@gmail.com" TargetMode="External"/>
+<Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tuffourcoll@gmail.com" TargetMode="External"/>
+<Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:opeyemiadebayo439@gmail.com" TargetMode="External"/>
+<Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ayomikunwande@gmail.com" TargetMode="External"/>
+<Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ikpemosimem@gmail.com" TargetMode="External"/>
+<Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nurturemeafriqa@gmail.com" TargetMode="External"/>
+<Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paulescapemeetings@gmail.com" TargetMode="External"/>
+<Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adeleyemartinz@hotmail.com" TargetMode="External"/>
+<Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ellamaxwel@gmail.com" TargetMode="External"/>
+<Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Elijahsantous1@gmail.com" TargetMode="External"/>
+<Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tonysmith10181@gmail.com" TargetMode="External"/>
+<Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ngisajoseph3@gmail.com" TargetMode="External"/>
+<Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jacobgisore4@gmail.com" TargetMode="External"/>
+<Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elisha.igwe.241620@unn.edu.ng" TargetMode="External"/>
+<Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:busayoayobolu@gmail.com" TargetMode="External"/>
+<Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obedmalakwen@gmail.com" TargetMode="External"/>
+<Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kenuzkipruto85@gmail.com" TargetMode="External"/>
+<Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roshmari660@gmail.com" TargetMode="External"/>
+<Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obolnelson121@gmail.com" TargetMode="External"/>
+<Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:khaleefah902@gmail.com" TargetMode="External"/>
+<Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:katangadjafari@gmail.com" TargetMode="External"/>
+<Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:henryonwuatuegwu@gmail.com" TargetMode="External"/>
+<Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danielkdavid2000@gmail.com" TargetMode="External"/>
+<Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mariahbuuza34@gmail.com" TargetMode="External"/>
+<Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:blessed.andy@gmail.com" TargetMode="External"/>
+<Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vanessaodoemenam@gmail.com" TargetMode="External"/>
+<Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vanessaodoemenam@gmail.com" TargetMode="External"/>
+<Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bennywacchy359@gmail.com" TargetMode="External"/>
+<Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:desmondonyekachi4@gmail.com" TargetMode="External"/>
+<Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ezehwc@gmail.com" TargetMode="External"/>
+<Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nduwuakupatrick@gmail.com" TargetMode="External"/>
+<Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:niyijohn9@gmail.com" TargetMode="External"/>
+<Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:qeypchumba@gmail.com" TargetMode="External"/>
+<Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:msumaila880@gmail.com" TargetMode="External"/>
+<Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fidelappiahteddy@gmail.com" TargetMode="External"/>
+<Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:godswaydumenya001@gmail.com" TargetMode="External"/>
+<Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bismarkbaahadofo@gmail.com" TargetMode="External"/>
+<Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:meshackmasinde2030@gmail.com" TargetMode="External"/>
+<Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:affisolomon@gmail.com" TargetMode="External"/>
+<Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:justinhundersonsglobal@gmail.com" TargetMode="External"/>
+<Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smallsromans@gmail.com" TargetMode="External"/>
+<Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iddahanyango@gmail.com" TargetMode="External"/>
+<Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dennischepkwony40@gmail.com" TargetMode="External"/>
+<Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:annwamboi274@gmail.com" TargetMode="External"/>
+<Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ojotoyinfelix@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Edwintanuiedwin07@gmail.com" TargetMode="External"/>
+<Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:attahmaccornny@gmail.com" TargetMode="External"/>
+<Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jboakyeyiadom18@gmail.com" TargetMode="External"/>
+<Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:buabengt10@gmail.com" TargetMode="External"/>
+<Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lindahkemboi5@gmail.com" TargetMode="External"/>
+<Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kwizeradjafali@gmail.com" TargetMode="External"/>
+<Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ihegborochimezie@gmail.com" TargetMode="External"/>
+<Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chinemeremakalazu@gmail.com" TargetMode="External"/>
+<Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chinemeremakalazu@gmail.con" TargetMode="External"/>
+<Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dymayvonne@gmail.com" TargetMode="External"/>
+<Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:busayoaina3@gmail.com" TargetMode="External"/>
+<Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ebenuwavivian@gmail.com" TargetMode="External"/>
+<Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thokrielayai6@gmail.com" TargetMode="External"/>
+<Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cabdinasir8882@gmail.com" TargetMode="External"/>
+<Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sundaywisdom41@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jenninyambu@gmail.com" TargetMode="External"/>
+<Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kabekah5@gmail.com" TargetMode="External"/>
+<Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aanietie759@gmail.com" TargetMode="External"/>
+<Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apentengemma0@gmail.com" TargetMode="External"/>
+<Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ezeogumunachi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frankraw1991@gmail.com" TargetMode="External"/>
+<Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dorothynamirembe516@gmail.com" TargetMode="External"/>
+<Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:augustinejrsark@gmail.com" TargetMode="External"/>
+<Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nahomtedros543@gmail.com" TargetMode="External"/>
+<Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:m.benzagi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sukabaris70@gmail.com" TargetMode="External"/>
+<Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sundayfasasi3@gmail.com" TargetMode="External"/>
+<Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrmjoujou@gmail.com" TargetMode="External"/>
+<Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aliohadavid9@gmail.com" TargetMode="External"/>
+<Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lyntnana@gmail.com" TargetMode="External"/>
+<Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rodine@gmail.com" TargetMode="External"/>
+<Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gladomengich@gmail.com" TargetMode="External"/>
+<Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danielamagwula@gmail.com" TargetMode="External"/>
+<Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:godwinpadik@gmail.com" TargetMode="External"/>
+<Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:weddy017@gmail.com" TargetMode="External"/>
+<Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ameachijoseph888@gmail.com" TargetMode="External"/>
+<Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:akerelesolomon@gmail.com" TargetMode="External"/>
+<Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:v.uzodinma4@gmail.com" TargetMode="External"/>
+<Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anntomf@gmail.com" TargetMode="External"/>
+<Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gbadexy2007@gmail.com" TargetMode="External"/>
+<Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:namatovuprossy799@gmail.com" TargetMode="External"/>
+<Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bkajayi01@gmail.com" TargetMode="External"/>
+<Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jibumuhashaarsene@gmail.com" TargetMode="External"/>
+<Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kalistinaalaomap@gmail.com" TargetMode="External"/>
+<Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:peacemomoh48@gmail.com" TargetMode="External"/>
+<Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shuaibabiodun81@gmail.com" TargetMode="External"/>
+<Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:appiahagyeiemmanuel96@gmail.com" TargetMode="External"/>
+<Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:victorious_annie@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stan4god61@gmail.com" TargetMode="External"/>
+<Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:braqobi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:afeski14@gmail.com" TargetMode="External"/>
+<Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jite404@gmail.com" TargetMode="External"/>
+<Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gloriaodibo12@gmail.com" TargetMode="External"/>
+<Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adedayoademolake2@gmail.com" TargetMode="External"/>
+<Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:inioluwaolamide2006@gmail.com" TargetMode="External"/>
+<Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:namatovusara773pro@gmail.com" TargetMode="External"/>
+<Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laseedgal@gmail.com" TargetMode="External"/>
+<Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ayobanjofunsho@gmail.com" TargetMode="External"/>
+<Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bamisereprecious@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:okorieabrahambassey999@gmail.com" TargetMode="External"/>
+<Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arigbeese@gmail.com" TargetMode="External"/>
+<Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lekinzino@gmail.com" TargetMode="External"/>
+<Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vincentiad.asare@gmail.com" TargetMode="External"/>
+<Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dpamilerinfavour@gmail.com" TargetMode="External"/>
+<Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chikeziechima07@gmail.com" TargetMode="External"/>
+<Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chimaekeomai@gmail.com" TargetMode="External"/>
+<Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michaelsomtochukwu34@gmail.com" TargetMode="External"/>
+<Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:african_mart@hotmail.com" TargetMode="External"/>
+<Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:addyrytarh@gmail.com" TargetMode="External"/>
+<Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tettevid@gmail.com" TargetMode="External"/>
+<Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shakireigns@gmail.com" TargetMode="External"/>
+<Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emmanuelmoding@gmail.com" TargetMode="External"/>
+<Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:divinealimo23@gmail.com" TargetMode="External"/>
+<Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dedonprince66@gmail.com" TargetMode="External"/>
+<Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dareprophett@gmail.com" TargetMode="External"/>
+<Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ayoabiola146@gmail.com" TargetMode="External"/>
+<Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:uzairubilyaminushuaibu25@gmail.com" TargetMode="External"/>
+<Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chinonsosylvia101@gmail.com" TargetMode="External"/>
+<Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elvisonyeoyibo@gmail.com" TargetMode="External"/>
+<Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:templearthur@chevron.com" TargetMode="External"/>
+<Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:harmonyluvy@gmail.com" TargetMode="External"/>
+<Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oogunne@gmail.com" TargetMode="External"/>
+<Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:augustinenwaforn@gmail.com" TargetMode="External"/>
+<Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:irewunmiodunayo@gmail.com" TargetMode="External"/>
+<Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alabibusuyi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kwekuaddi99@gmail.com" TargetMode="External"/>
+<Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nikolaoskipkogei@gmail.com" TargetMode="External"/>
+<Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:immanuelbwaten@gmail.com" TargetMode="External"/>
+<Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aryeepsalm@gmail.com" TargetMode="External"/>
+<Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jennifereromosele037@gmail.com" TargetMode="External"/>
+<Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tetteykwamecharles@gmail.com" TargetMode="External"/>
+<Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:haryoursquare15@gmail.com" TargetMode="External"/>
+<Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anumewill@gmail.com" TargetMode="External"/>
+<Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prozy5u@hotmail.com" TargetMode="External"/>
+<Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arhinato04@gmail.com" TargetMode="External"/>
+<Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wnveronica2000@gmail.com" TargetMode="External"/>
+<Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fcengrfrancis@gmail.com" TargetMode="External"/>
+<Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martinfoden587@gmail.com" TargetMode="External"/>
+<Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:faculty4real2k@gmail.com" TargetMode="External"/>
+<Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anyimiahederale1@gmail.com" TargetMode="External"/>
+<Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yusakrofi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:znbrakib@gmail.com" TargetMode="External"/>
+<Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nenpinritmark@gmail.com" TargetMode="External"/>
+<Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:piusbungkib555@gmail.com" TargetMode="External"/>
+<Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gwanjiro66@gmail.com" TargetMode="External"/>
+<Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gwanjro66@gmail.com" TargetMode="External"/>
+<Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ekcheruiyots@gmail.com" TargetMode="External"/>
+<Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vincenterzoah@gmail.com" TargetMode="External"/>
+<Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rabiudamilare71@gmail.com" TargetMode="External"/>
+<Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tfresh2021@gmail.com" TargetMode="External"/>
+<Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:calebjuma454@gmail.com" TargetMode="External"/>
+<Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mpamokevin14@gmail.com" TargetMode="External"/>
+<Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abiolaseriki@gmail.com" TargetMode="External"/>
+<Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emekanwafor2019@gmail.com" TargetMode="External"/>
+<Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edaramola2006@gmail.com" TargetMode="External"/>
+<Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mizmunroe98@gmail.com" TargetMode="External"/>
+<Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kennethkobby05@gmail.com" TargetMode="External"/>
+<Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yvonneenajekpo@gmail.com" TargetMode="External"/>
+<Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:damienluyi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ekunga0@gmail.com" TargetMode="External"/>
+<Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shemoketch8@gmail.com" TargetMode="External"/>
+<Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saviolamens10@gmail.com" TargetMode="External"/>
+<Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chy_mary@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alabakelani@gmail.com" TargetMode="External"/>
+<Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cherrycherrylady781@gmail.com" TargetMode="External"/>
+<Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:onwunanzoedwin@gmail.com" TargetMode="External"/>
+<Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agozieagbams@gmail.com" TargetMode="External"/>
+<Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Muniratuwahab2021@gmail.com" TargetMode="External"/>
+<Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shirosmall7@gmail.com" TargetMode="External"/>
+<Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:asmelitus@gmail.com" TargetMode="External"/>
+<Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:melesekitu0@gmail.com" TargetMode="External"/>
+<Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:veralynchimamkpam@gmail.com" TargetMode="External"/>
+<Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ezinnepeace723@gmail.com" TargetMode="External"/>
+<Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ezinneigwe89@gmail.com" TargetMode="External"/>
+<Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adebayosanmi48@gmail.com" TargetMode="External"/>
+<Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sogomocaren@gmail.com" TargetMode="External"/>
+<Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:billykosiom845@gmail.com" TargetMode="External"/>
+<Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jobi8245@gmail.com" TargetMode="External"/>
+<Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mrwill022@outlook.com" TargetMode="External"/>
+<Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ageabagu@gmail.com" TargetMode="External"/>
+<Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:umarhabeebllahi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kennethyego12@gmail.com" TargetMode="External"/>
+<Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:komolafeboluwatife01@gmail.com" TargetMode="External"/>
+<Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ioluwadamilare277@gmail.com" TargetMode="External"/>
+<Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abeoluyemi61@gmail.com" TargetMode="External"/>
+<Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martealaika@gmail.com" TargetMode="External"/>
+<Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kimutaikelvin109@gmail.com" TargetMode="External"/>
+<Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Lorettaejike1@gmail.com" TargetMode="External"/>
+<Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chikwedavid55@gmail.com" TargetMode="External"/>
+<Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:faithoroniyi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ellotts87@gmail.com" TargetMode="External"/>
+<Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ibraheemofficial1@gmail.com" TargetMode="External"/>
+<Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Labake.familoni@gmail.com" TargetMode="External"/>
+<Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:onyiikeji@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ememgodwin01@gmail.com" TargetMode="External"/>
+<Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chigemezumarvellous@gmail.com" TargetMode="External"/>
+<Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adenledoyinsola@gmail.com" TargetMode="External"/>
+<Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obasihope01@gmail.com" TargetMode="External"/>
+<Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pshikanga2023@gmail.com" TargetMode="External"/>
+<Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:goajoagency@gmail.com" TargetMode="External"/>
+<Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marufalam93@gmail.com" TargetMode="External"/>
+<Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rosentours9@gmail.com" TargetMode="External"/>
+<Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Goajoagrncy@gmail.com" TargetMode="External"/>
+<Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mbmuhammad800@gmail.com" TargetMode="External"/>
+<Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:makycynthia27@gmail.com" TargetMode="External"/>
+<Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bdzunayedhassan@gmail.com" TargetMode="External"/>
+<Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bdzunayedhassan@gmail.com" TargetMode="External"/>
+<Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@aissng.com" TargetMode="External"/>
+<Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sibomanaanastase92@gmail.com" TargetMode="External"/>
+<Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:njiakponna@gmail.com" TargetMode="External"/>
+<Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kento4real11@gmail.com" TargetMode="External"/>
+<Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:evelynk409@gmail.com" TargetMode="External"/>
+<Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miruhojoseph9@gmail.com" TargetMode="External"/>
+<Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:isaacallwell2015@gmail.com" TargetMode="External"/>
+<Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ismaelniyo94@gmail.com" TargetMode="External"/>
+<Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agneswthk@gmail.com" TargetMode="External"/>
+<Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mchisangakelly@gmail.com" TargetMode="External"/>
+<Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:patrickiradukunda968@gmsil.com" TargetMode="External"/>
+<Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jasperesmith84@gmail.com" TargetMode="External"/>
+<Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gathungupeterson@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:olapadeoluseyi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ndayambajejackson9@gmail.com" TargetMode="External"/>
+<Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:onyanchaberkley@gmail.com" TargetMode="External"/>
+<Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aliukadri421@gmail.com" TargetMode="External"/>
+<Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alfredbett11@gmail.com" TargetMode="External"/>
+<Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:owenmwamba04@gmail.com" TargetMode="External"/>
+<Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yunvainnocent@gmail.com" TargetMode="External"/>
+<Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nwaforezinne5000@gmail.com" TargetMode="External"/>
+<Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:omartoiouilnadhir97@gmail.com" TargetMode="External"/>
+<Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:successnwosu50@gmail.com" TargetMode="External"/>
+<Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:okinyi33754201@gmail.com" TargetMode="External"/>
+<Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Lyndakerubo73@gmail.com" TargetMode="External"/>
+<Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:olaniranabiodunujunwa@gmail.com" TargetMode="External"/>
+<Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tylerjames787898@gmail.com" TargetMode="External"/>
+<Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sogeeahouse@gmail.com" TargetMode="External"/>
+<Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:odoemenauzo@gmail.com" TargetMode="External"/>
+<Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:khorbyclepson2018@gmail.com" TargetMode="External"/>
+<Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saratugrace77@gmail.com" TargetMode="External"/>
+<Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gbenusola01@gmail.com" TargetMode="External"/>
+<Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elijahchukwuemekaodu13@gmail.com" TargetMode="External"/>
+<Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vicentographix@gmail.com" TargetMode="External"/>
+<Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tordjolawrence@gmail.com" TargetMode="External"/>
+<Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hailumeraf@gmail.com" TargetMode="External"/>
+<Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mosesgibson48@gmail.com" TargetMode="External"/>
+<Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abrahamtansiu@gmail.com" TargetMode="External"/>
+<Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adeekomorenikeji@gmail.com" TargetMode="External"/>
+<Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eberedara@gmail.com" TargetMode="External"/>
+<Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:winnie.daniel@fulokoja.edu.ng" TargetMode="External"/>
+<Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:winnie.daniel@gmail.com" TargetMode="External"/>
+<Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:femiolayinka@gmail.com" TargetMode="External"/>
+<Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:menz4real@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:erickkahindu@gmail.com" TargetMode="External"/>
+<Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ibrahimkamaludeen040@gmail.com" TargetMode="External"/>
+<Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oluebubefaustina0@gmail.com" TargetMode="External"/>
+<Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iwejuouche@gmail.com" TargetMode="External"/>
+<Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enockboadu3006@gmail.com" TargetMode="External"/>
+<Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enockkip11@gmail.com" TargetMode="External"/>
+<Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:estherochei247@gmail.com" TargetMode="External"/>
+<Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emmanuelokanlawon02@gmail.com" TargetMode="External"/>
+<Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jadielndegwa7@gmail.com" TargetMode="External"/>
+<Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Brunongatia678@gmail.com" TargetMode="External"/>
+<Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iyanubukola@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ezenmajuliet2012@gmail.com" TargetMode="External"/>
+<Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:olowosogatantoluwa@gmail.com" TargetMode="External"/>
+<Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pinkypatelvekaria@gmail.com" TargetMode="External"/>
+<Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ebigboonyinyechi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chikaonyema17@gmail.com" TargetMode="External"/>
+<Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ikehfrancis60@gmail.com" TargetMode="External"/>
+<Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ejioforemelue90@gmail.com" TargetMode="External"/>
+<Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ejioforemelu90@gmail.com" TargetMode="External"/>
+<Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:daviesbarasa99@gmail.com" TargetMode="External"/>
+<Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tairiqremy@gmail.com" TargetMode="External"/>
+<Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:promiseayansola@gmail.com" TargetMode="External"/>
+<Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tochijohnpaul19@gmail.com" TargetMode="External"/>
+<Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ndukweesther20@gmail.com" TargetMode="External"/>
+<Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:upawoforall@gmail.com" TargetMode="External"/>
+<Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diamondel008@gmail.com" TargetMode="External"/>
+<Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aloysiusaloysius22@gmail.com" TargetMode="External"/>
+<Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lolapopoola95@gmail.com" TargetMode="External"/>
+<Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abigailfrank79@gmail.com" TargetMode="External"/>
+<Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:samsonegbinola@gmail.com" TargetMode="External"/>
+<Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:henrymuxty@gmail.com" TargetMode="External"/>
+<Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:koechcalvin281@gmail.com" TargetMode="External"/>
+<Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nwankpagentleman@gmail.com" TargetMode="External"/>
+<Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:osemwegieshalom@gmail.con" TargetMode="External"/>
+<Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fawazolamilekan2007@gmail.com" TargetMode="External"/>
+<Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ifeanyiigwe3@gmail.com" TargetMode="External"/>
+<Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luciagiel@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richardadongo16@gmail.com" TargetMode="External"/>
+<Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:awoyungbotaiwo0@gmail.com" TargetMode="External"/>
+<Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angelagachimbi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iam.ezeagu@gmail.com" TargetMode="External"/>
+<Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:delnyavor@gmail.com" TargetMode="External"/>
+<Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agyapongboatengemmanuel@gmail.com" TargetMode="External"/>
+<Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eddyesin@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ilesanmiolatundepaul@gmail.com" TargetMode="External"/>
+<Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dtiecologistics@gmail.com" TargetMode="External"/>
+<Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:collinsnagyekum@gmail.com" TargetMode="External"/>
+<Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kingsdikakeke@gmail.com" TargetMode="External"/>
+<Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mbakelechukwu@gmail.com" TargetMode="External"/>
+<Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aremublessing58@gmail.com" TargetMode="External"/>
+<Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amaka559@gmail.com" TargetMode="External"/>
+<Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joychinedu884@gmail.com" TargetMode="External"/>
+<Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tolulopeadewuyi283@gmail.com" TargetMode="External"/>
+<Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jlusaka45@gmail.com" TargetMode="External"/>
+<Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hibk1124@gmail.com" TargetMode="External"/>
+<Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adedamolahellen63@gmail.com" TargetMode="External"/>
+<Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:caleballotey23@gmail.com" TargetMode="External"/>
+<Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chepngenofaith83@gmail.com" TargetMode="External"/>
+<Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmbaya02@gmail.com" TargetMode="External"/>
+<Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:audacendikumana43@gmail.com" TargetMode="External"/>
+<Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:samuelaloke@gmail.com" TargetMode="External"/>
+<Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luthor3023@gmail.com" TargetMode="External"/>
+<Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bigbenbenjy@gmail.com" TargetMode="External"/>
+<Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:princessvanessa096@gmail.com" TargetMode="External"/>
+<Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tsemayeokoroh1@gmail.com" TargetMode="External"/>
+<Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosara@trav4college.com" TargetMode="External"/>
+<Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ireneanuamah@gmail.com" TargetMode="External"/>
+<Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marwafreddy93@gmail.com" TargetMode="External"/>
+<Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:samueliy185@gmail.com" TargetMode="External"/>
+<Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:inushman@gmail.com" TargetMode="External"/>
+<Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:imanifa30@gmail.com" TargetMode="External"/>
+<Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:naekumercieanne@gmail.com" TargetMode="External"/>
+<Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bafridi458@gmail.com" TargetMode="External"/>
+<Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kimk30968@gmail.com" TargetMode="External"/>
+<Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:henryonuohaogoo@gmail.com" TargetMode="External"/>
+<Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jesutomisinvictoria@gmail.com" TargetMode="External"/>
+<Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dadaolamide02@gmail.com" TargetMode="External"/>
+<Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ladayopjan@gmail.com" TargetMode="External"/>
+<Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stanlilyabbz@gmail.com" TargetMode="External"/>
+<Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:julietonyinyechi77@gmail.com" TargetMode="External"/>
+<Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gilbertkandie144@gmail.com" TargetMode="External"/>
+<Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:osundeelliot@gmail.com" TargetMode="External"/>
+<Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicokiplagatkoech@gmail.com" TargetMode="External"/>
+<Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:blessingmmuo@gmail.com" TargetMode="External"/>
+<Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ufomadupeaceodichinma@gmail.com" TargetMode="External"/>
+<Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enayorujoel4@gmail.com" TargetMode="External"/>
+<Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joelenayoru@gmail.com" TargetMode="External"/>
+<Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iremideseyi22@gmail.com" TargetMode="External"/>
+<Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anomasamson@gmail.com" TargetMode="External"/>
+<Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:freedomeze444@gmail.com" TargetMode="External"/>
+<Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:freedomeze434@gmail.com" TargetMode="External"/>
+<Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enayoruonefemefavour@gmail.com" TargetMode="External"/>
+<Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:idaraasia@gmail.com" TargetMode="External"/>
+<Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jamiub360@gmail.com" TargetMode="External"/>
+<Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:egedehariettaisioma@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:officialaboyo@gmail.com" TargetMode="External"/>
+<Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obengjoseph112@gmail.com" TargetMode="External"/>
+<Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anyanwubenedict@gmail.com" TargetMode="External"/>
+<Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ajibolaolugbodi112@gmail.com" TargetMode="External"/>
+<Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fatimatahir2145@gmail.com" TargetMode="External"/>
+<Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ikeraymond55@gmail.com" TargetMode="External"/>
+<Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alphamax192@gmail.com" TargetMode="External"/>
+<Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ajibolafarouq255@gmail.com" TargetMode="External"/>
+<Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bookbxy@gmail.com" TargetMode="External"/>
+<Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:winnyrotich94@gmail.com" TargetMode="External"/>
+<Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adedamolalegitan@gmail.com" TargetMode="External"/>
+<Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bethwelkipkemboi1998@gmail.com" TargetMode="External"/>
+<Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anyanwu.bob@gmail.com" TargetMode="External"/>
+<Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segunihinmikalu01@gmail.com" TargetMode="External"/>
+<Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ichebet883@gmail.com" TargetMode="External"/>
+<Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ruthnjoroge269@gmail.com" TargetMode="External"/>
+<Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emmanuelonyedika26@gmail.com" TargetMode="External"/>
+<Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hailmary.007@gmail.com" TargetMode="External"/>
+<Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kingsleywhiteomon94@gmail.com" TargetMode="External"/>
+<Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dominicchibuzor040@gmail.com" TargetMode="External"/>
+<Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:denissigei469@gmail.com" TargetMode="External"/>
+<Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Meekybrown@yahoo.co.uk" TargetMode="External"/>
+<Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ono.gate@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bramwelkiprotich05@gmail.com" TargetMode="External"/>
+<Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kofiamoasi39@gmail.com" TargetMode="External"/>
+<Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gduruem@gmail.com" TargetMode="External"/>
+<Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dammyqueen61@gmail.com" TargetMode="External"/>
+<Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ogedegbeehibor@gmail.com" TargetMode="External"/>
+<Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:motunrayo.onada@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cdkadione@gmail.com" TargetMode="External"/>
+<Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ayodeji.adeagbo@gmail.com" TargetMode="External"/>
+<Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fuseiniyahya967@gmail.com" TargetMode="External"/>
+<Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jamesm.kulliejr1992@gmail.com" TargetMode="External"/>
+<Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maduagwuchukwuebuka774@gmail.com" TargetMode="External"/>
+<Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bussyonline72@gmail.com" TargetMode="External"/>
+<Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ngozimalachy@gmail.com" TargetMode="External"/>
+<Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:i.durojaiye82@gmail.com" TargetMode="External"/>
+<Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carolinowiti002@gmail.com" TargetMode="External"/>
+<Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:blossomokoh1@gmail.com" TargetMode="External"/>
+<Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:okoyesylvester49@gmail.com" TargetMode="External"/>
+<Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obianujumyke@gmail.com" TargetMode="External"/>
+<Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:idreeesrahma1@gmail.com" TargetMode="External"/>
+<Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chijiokeanyasodor@gmail.com" TargetMode="External"/>
+<Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tayero2000@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:damondemba@gmail.com" TargetMode="External"/>
+<Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fadayinkus@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emmyigwee@gmail.com" TargetMode="External"/>
+<Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:soniavoke10@gmail.com" TargetMode="External"/>
+<Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ijeomaonyechi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:modest4sure@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:johnidoko217@gmail.com" TargetMode="External"/>
+<Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:moj07102000@gmail.com" TargetMode="External"/>
+<Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mosesobinnajohn@gmail.com" TargetMode="External"/>
+<Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:toyosilolade@gmail.com" TargetMode="External"/>
+<Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joanjemutai14@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:asquarerex@gmail.com" TargetMode="External"/>
+<Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bmwendwa829@gmail.com" TargetMode="External"/>
+<Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smarshciera@gmail.com" TargetMode="External"/>
+<Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adebisialimot38@gmail.com" TargetMode="External"/>
+<Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:morosuccess02@gmail.com" TargetMode="External"/>
+<Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michaeltemihdahyor@gmail.com" TargetMode="External"/>
+<Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ugwuanyiejike93@gmail.com" TargetMode="External"/>
+<Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adedunbayo@gmail.com" TargetMode="External"/>
+<Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:faithjepchumba@gmail.com" TargetMode="External"/>
+<Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luluonyi@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:voke70713@gmail.com" TargetMode="External"/>
+<Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emmanuelolabisi22@gmail.com" TargetMode="External"/>
+<Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ugwuanyabarrmaobi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:npaulabigail@gmail.com" TargetMode="External"/>
+<Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ayomiderachel06@gmail.com" TargetMode="External"/>
+<Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:salamaturoyaibrahim@gmail.com" TargetMode="External"/>
+<Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ambroseatsukofi@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:unikevelyn@gmail.com" TargetMode="External"/>
+<Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tv.nwosu@unizik.edu.ng" TargetMode="External"/>
+<Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:benarfah2009@gmail.com" TargetMode="External"/>
+<Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oluwaseunabiodun100@gmail.com" TargetMode="External"/>
+<Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aimablemucyo090@gmail.com" TargetMode="External"/>
+<Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:douglasmwape4@gmail.com" TargetMode="External"/>
+<Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rafikiroger395@gmail.com" TargetMode="External"/>
+<Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emmygnwodo@gmail.com" TargetMode="External"/>
+<Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:skiloaime078@gmail.com" TargetMode="External"/>
+<Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:murphysidaa@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adeadesanmi16@gmail.com" TargetMode="External"/>
+<Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ntezayazachrisostom@gmail.com" TargetMode="External"/>
+<Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tinashesango01@gmail.com" TargetMode="External"/>
+<Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:omoregie.gloria@yahoo.com.au" TargetMode="External"/>
+<Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ndahiriweinnocent433@gmail.com" TargetMode="External"/>
+<Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:igiranezakecynieken@gmail.com" TargetMode="External"/>
+<Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Dengl5559@gmail.com" TargetMode="External"/>
+<Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Emmanueljeremiah112@gmail.com" TargetMode="External"/>
+<Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jeaneliehakizimana@gmail.com" TargetMode="External"/>
+<Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enerstbhadha@gmail.com" TargetMode="External"/>
+<Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:princessopara52@gmail.com" TargetMode="External"/>
+<Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rwigirashafii04@gmail.com" TargetMode="External"/>
+<Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:levynyenyaz@icloud.com" TargetMode="External"/>
+<Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ibangaryayojackson@gmail.com" TargetMode="External"/>
+<Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mwenyakalililo2016@gmail.com" TargetMode="External"/>
+<Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:melissakthwala@gamail.com" TargetMode="External"/>
+<Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ymakapa@gmail.com" TargetMode="External"/>
+<Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ingabiref22@gmail.com" TargetMode="External"/>
+<Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bonganirrm@gmail.com" TargetMode="External"/>
+<Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:josueben962@gmail.com" TargetMode="External"/>
+<Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:igihozonada4@gmail.com" TargetMode="External"/>
+<Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angeumulisa30@gmail.com" TargetMode="External"/>
+<Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:umutesihope9@gmail.com" TargetMode="External"/>
+<Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:charston05@gmail.com" TargetMode="External"/>
+<Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yvann424@gmail.com" TargetMode="External"/>
+<Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kamikazie70@gmail.com" TargetMode="External"/>
+<Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:djuzunabioby001@gmail.com" TargetMode="External"/>
+<Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:musosereyiruvimbo898@gmail.com" TargetMode="External"/>
+<Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nshutibernis@gmail.com" TargetMode="External"/>
+<Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:www.aimablebuzzan008@gmail.com" TargetMode="External"/>
+<Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bblackx8@gmail.com" TargetMode="External"/>
+<Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bbiggiciousbubala@gmail.com" TargetMode="External"/>
+<Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stevewin019@gmail.com" TargetMode="External"/>
+<Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:etietopusoro704@gmail.com" TargetMode="External"/>
+<Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obviousmackenzie@icloud.com" TargetMode="External"/>
+<Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nancyokadigbo@gmail.com" TargetMode="External"/>
+<Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kendrickkennedy06@gmail.com" TargetMode="External"/>
+<Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chiksano@gmail.com" TargetMode="External"/>
+<Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jerotichsheila26@gmail.com" TargetMode="External"/>
+<Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alexnimirod@gmail.com" TargetMode="External"/>
+<Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:niyitegekaadeline80@gmail.com" TargetMode="External"/>
+<Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:okunadeadewumi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:samuelgwara832@gmail.com" TargetMode="External"/>
+<Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bhietha488@gmail.com" TargetMode="External"/>
+<Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:henry1kayiranga@gmail.com" TargetMode="External"/>
+<Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elyseemcbasic02@gmail.com" TargetMode="External"/>
+<Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:milbert.namiiro@gmail.com" TargetMode="External"/>
+<Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stanley.nwaizu@gmail.com" TargetMode="External"/>
+<Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bigmichaeltee@protonmail.com" TargetMode="External"/>
+<Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:email2zunayed@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:janetjerop2016@gmail.com" TargetMode="External"/>
+<Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ajuruchukwuv@gmail.com" TargetMode="External"/>
+<Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cezeazu@gmail.com" TargetMode="External"/>
+<Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chidexzy05@gmail.com" TargetMode="External"/>
+<Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AVENWABUEZE@GMAIL.COM" TargetMode="External"/>
+<Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lawrencedida@gmail.com" TargetMode="External"/>
+<Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ajaooladipupo@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:teemassah85@gmail.com" TargetMode="External"/>
+<Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tobechukwuokafor87@gmail.com" TargetMode="External"/>
+<Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:teemassah85@gmil.com" TargetMode="External"/>
+<Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jabbiemusa53@gmail.com" TargetMode="External"/>
+<Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chizzywizzy09@gmail.com" TargetMode="External"/>
+<Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Okenwaedmond@gmail.com" TargetMode="External"/>
+<Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lenoxoduor009@gmail.com" TargetMode="External"/>
+<Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cyscyrus58@gmail.com" TargetMode="External"/>
+<Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:georgeoahimin@gmail.com" TargetMode="External"/>
+<Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danielmaiyo63@gmail.com" TargetMode="External"/>
+<Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:faithoroniyi07@gmail.com" TargetMode="External"/>
+<Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hillarytumwet14@gmail.com" TargetMode="External"/>
+<Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:phionakhavere@gmail.com" TargetMode="External"/>
+<Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kimjvic@gmail.com" TargetMode="External"/>
+<Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lawnitatanui@gmail.com" TargetMode="External"/>
+<Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tolofinbinu@gmail.com" TargetMode="External"/>
+<Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ebenezeropoku4u@gmail.com" TargetMode="External"/>
+<Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ololade.abebi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jakandu@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:e.glowree24@gmail.com" TargetMode="External"/>
+<Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jacinthannumihe@gmail.com" TargetMode="External"/>
+<Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ngetichkp@gmail.com" TargetMode="External"/>
+<Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agovere4@gmail.com" TargetMode="External"/>
+<Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chingymy2@gmail.com" TargetMode="External"/>
+<Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:magnifiquemukadusenge@gmail.com" TargetMode="External"/>
+<Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:muhozaa123@gmail.com" TargetMode="External"/>
+<Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kiplimoalfonce@gmail.com" TargetMode="External"/>
+<Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edwardm2687646@gmail.com" TargetMode="External"/>
+<Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:harveylyon001@gmail.com" TargetMode="External"/>
+<Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ngamijebenjamib@821gmail.com" TargetMode="External"/>
+<Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:niyoyandikalie@gmail.com" TargetMode="External"/>
+<Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nzabonimpahussein410@gmail.com" TargetMode="External"/>
+<Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:niwemfuraariella@gmail.com" TargetMode="External"/>
+<Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rmugabogedeon@gmail.com" TargetMode="External"/>
+<Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tonnyrwogera17@gmail.com" TargetMode="External"/>
+<Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:godont320@gmail.com" TargetMode="External"/>
+<Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ngogachretien9@gmail.com" TargetMode="External"/>
+<Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ahimanaemmanuel@gmail.com" TargetMode="External"/>
+<Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fayizo1985@gmail.com" TargetMode="External"/>
+<Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adekeminifemiowolabi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bukurujonathan123@gmail.com" TargetMode="External"/>
+<Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:muvunyisteveno@gmail.com" TargetMode="External"/>
+<Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:muhirebonheur64@gmail.com" TargetMode="External"/>
+<Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gertrudekaunda36@gmail.com" TargetMode="External"/>
+<Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mitchellmutyambizi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pamah.lyn@gmail.com" TargetMode="External"/>
+<Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tkamangira17@gmail.com" TargetMode="External"/>
+<Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:victordowerowe@gmail.com" TargetMode="External"/>
+<Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:romeomuneza@gmail.com" TargetMode="External"/>
+<Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:imoisili_loveth@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:samuelkubata54@gmail.com" TargetMode="External"/>
+<Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ierenterna44@gmail.com" TargetMode="External"/>
+<Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nguni.taonga@gmail.com" TargetMode="External"/>
+<Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Timothynzirawa14@gmail.com" TargetMode="External"/>
+<Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:umarmuhsin1677@gmail.com" TargetMode="External"/>
+<Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obednzayisenga134@gmail.com" TargetMode="External"/>
+<Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharonmwiza02@gmail.com" TargetMode="External"/>
+<Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:challiamuzinga@gmail.com" TargetMode="External"/>
+<Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mugishafra6@gmail.com" TargetMode="External"/>
+<Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lrwasha@gmail.com" TargetMode="External"/>
+<Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:peaceikwuedu20@gmail.com" TargetMode="External"/>
+<Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:blessedmutoriti49@gmail.com" TargetMode="External"/>
+<Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kamsimichaeligbo@gmail.com" TargetMode="External"/>
+<Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ishimwesandra78@gmail.com" TargetMode="External"/>
+<Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ndivine64@gmail.com" TargetMode="External"/>
+<Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hamzazrussel@gmail.com" TargetMode="External"/>
+<Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Maybelle2ng@gmail.com" TargetMode="External"/>
+<Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ngabonzizageofrey97@gmail.com" TargetMode="External"/>
+<Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nyashamanhembe@gmail.com" TargetMode="External"/>
+<Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:louiseshema2@gmail.com" TargetMode="External"/>
+<Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kudzykaykay@gmail.com" TargetMode="External"/>
+<Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:geofreysakala05@gmail.com" TargetMode="External"/>
+<Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kizitoherman008@gmail.com" TargetMode="External"/>
+<Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:innocentecyusa@gmail.com" TargetMode="External"/>
+<Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mosesmunyarubuga@gmail.com" TargetMode="External"/>
+<Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:KAMUFOZIDJUNUDULLAH2005@GMAIL.COM" TargetMode="External"/>
+<Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ncubehezel3@gmail.com" TargetMode="External"/>
+<Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kbigabiro@gmail.com" TargetMode="External"/>
+<Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shimwagad@gmail.com" TargetMode="External"/>
+<Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oseiyaa260@gmail.com" TargetMode="External"/>
+<Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kinenedenniskizza@gmail.com" TargetMode="External"/>
+<Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gchristian487@gmail.com" TargetMode="External"/>
+<Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ericshem25@gmail.com" TargetMode="External"/>
+<Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ngabobenjamin06@gmail.com" TargetMode="External"/>
+<Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bendwin15@gmail.com" TargetMode="External"/>
+<Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sstarford76@gmail.com" TargetMode="External"/>
+<Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ndivin01@gmail.com" TargetMode="External"/>
+<Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zakgiz2018@gmail.com" TargetMode="External"/>
+<Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mnisline@gmail.com" TargetMode="External"/>
+<Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:uwerahadi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kevintaganira12@gmail.com" TargetMode="External"/>
+<Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fidelenta@gmail.com" TargetMode="External"/>
+<Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hanadeelaay1@gmail.com" TargetMode="External"/>
+<Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bryoryans@gmail.com" TargetMode="External"/>
+<Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:somtomichaeligbo@gmail.com" TargetMode="External"/>
+<Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rosinebudinga100@gmail.com" TargetMode="External"/>
+<Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:niyomugabotheo1@gmail.com" TargetMode="External"/>
+<Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richadom0544@gmail.com" TargetMode="External"/>
+<Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shadrackansah3@gmail.com" TargetMode="External"/>
+<Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mazvitalynn23@gmail.com" TargetMode="External"/>
+<Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nhovanicole@gmail.com" TargetMode="External"/>
+<Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:affoakwahshadrack@gmail.com" TargetMode="External"/>
+<Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ashfaqzagad@gmail.com" TargetMode="External"/>
+<Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:panfulbashiru101@gmail.com" TargetMode="External"/>
+<Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ngabo713@gmail.com" TargetMode="External"/>
+<Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Maybelle2ng@gmail.comMM" TargetMode="External"/>
+<Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:florenceababio215@gmail.com" TargetMode="External"/>
+<Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:augustinaababio1@gmail.com" TargetMode="External"/>
+<Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edithteley1@gmail.cim" TargetMode="External"/>
+<Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:balaaugustine21@gmail.com" TargetMode="External"/>
+<Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nwokoyefredrick@gmail.com" TargetMode="External"/>
+<Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:benonitweneboah06@gmail.com" TargetMode="External"/>
+<Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gdwdominics@gmail.com" TargetMode="External"/>
+<Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:naaamorkor39@gmail.com" TargetMode="External"/>
+<Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Rooseveltansaasare.raa@gmail.com" TargetMode="External"/>
+<Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oseilarbi3@gmail.com" TargetMode="External"/>
+<Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:salifuseidu45@gmail.com" TargetMode="External"/>
+<Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ernestagboado24@gmail.com" TargetMode="External"/>
+<Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bakrioguntowo@gmail.com" TargetMode="External"/>
+<Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:samuelonyebi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amissahoppong64@gmail.com" TargetMode="External"/>
+<Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amissahoppong64@gmail.com" TargetMode="External"/>
+<Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:atunuwaa@gmail.com" TargetMode="External"/>
+<Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:justiceodomene@gmail.com" TargetMode="External"/>
+<Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enihola99@gmail.com" TargetMode="External"/>
+<Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:reinaofobi1@gmail.com" TargetMode="External"/>
+<Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:johnnapier030@gmail.com" TargetMode="External"/>
+<Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obiodunancy@gmail.com" TargetMode="External"/>
+<Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:auwalahmadzaria@gmail.com" TargetMode="External"/>
+<Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pifeanyi7@gmail.com" TargetMode="External"/>
+<Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:corneliuschiamaka@gmail.com" TargetMode="External"/>
+<Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bwagasamantha@gmail.com" TargetMode="External"/>
+<Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:akintolamujeeb122@gmail.com" TargetMode="External"/>
+<Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:samueloguegbu6032@gmail.com" TargetMode="External"/>
+<Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rachealemate@gmail.com" TargetMode="External"/>
+<Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:silasdeson50@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emmydon1@gmail.com" TargetMode="External"/>
+<Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jimchukwuemekah@gmail.com" TargetMode="External"/>
+<Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oghenemaro@hotmail.com" TargetMode="External"/>
+<Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oseiwusuemmanuellas4@gmail.com" TargetMode="External"/>
+<Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:karomifinger@gmail.com" TargetMode="External"/>
+<Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:opiyorobin02@gmail.com" TargetMode="External"/>
+<Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shogunleidris123@gmail.com" TargetMode="External"/>
+<Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jojohnbu608@gmail.com" TargetMode="External"/>
+<Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:josephobiekezie1@gmail.com" TargetMode="External"/>
+<Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:acezekwesili@gmail.com" TargetMode="External"/>
+<Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:judenicholas11@gmail.com" TargetMode="External"/>
+<Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tettehe761@gmail.com" TargetMode="External"/>
+<Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:justiceeduom2020@gmail.com" TargetMode="External"/>
+<Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:achesaro94@gmail.com" TargetMode="External"/>
+<Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:titilopekamil@gmail.com" TargetMode="External"/>
+<Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ifunanyadoris76@gmail.com" TargetMode="External"/>
+<Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:azibodiiyaronin@gmail.com" TargetMode="External"/>
+<Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:igbosuahabisola@gmail.com" TargetMode="External"/>
+<Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:deboraholaleye598@gmail.com" TargetMode="External"/>
+<Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmohngozi2018@gmail.com" TargetMode="External"/>
+<Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:naturindarinah5@gmail.con" TargetMode="External"/>
+<Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:owakundab@gmail.com" TargetMode="External"/>
+<Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dithkash@gmail.com" TargetMode="External"/>
+<Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hadirolalekan123@gmail.com" TargetMode="External"/>
+<Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:samuelafeku96@gmail.com" TargetMode="External"/>
+<Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:firstusade35@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lazarnzem@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vvickiekiprop@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:majidlatif226@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:isaacdamiolu@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tosinfoks@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:olufokunbicharity@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jamilumohdfatika@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edgeskgevans@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:salimmuhammadsdm@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mackenziedaniels254@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jonadabuchenna@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abenidad@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mr.derrick100@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ucheokeke300@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:achurichard94@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bnainyabuah@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:haganraymondatojunior@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:okayboy4real@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:akinbolola7@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:imadefrank9@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anuoluwapokolawole81@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oyomfoiso@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Nwangumapeter@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carolynetalam@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gohzieh.charles@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:onup593@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ujubello@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emmanuelgoajo@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:godswilla948@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:princessreality65@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prettygiftessien@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dessymely6@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:drssalaudeen@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luckyjohnson659550@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mekacimnnaa@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmogbo@outlook.com" TargetMode="External"/>
+<Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:isaacolagoke96@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adeyinkaegbemode@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:olakunleibrahimladipo@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:baajikenana@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:moseskayode@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mirembefatiah1@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:somtochukwuenwelu4@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edwardode54@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ijeomaclara01@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Benedictusher1@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ojiakocollins4@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franktruth53@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:princejoe39@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abiodunnapoleon88@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ernestarinze39@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stanley4favour@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chioma.anyanwu94@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:victorkaf@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amoahbismark3@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:geochime@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:osasuyiosagiede@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vivienpetra15@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oluwatomiwaolopade@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:akpanowoc@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mwine360@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nyawaragak.tut@icloud.com" TargetMode="External"/>
+<Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:johnkayjohn08@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ugochiyere23@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:candidamoc2019@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adesylvester@live.com" TargetMode="External"/>
+<Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abigailechewune@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ligalibolanle1@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:susanmoiro1999@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chinenyeezenweke@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iyinogo@yahoo.co.uk" TargetMode="External"/>
+<Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kaitylnkharthie@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vivienpetra1@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephinemathew@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:toniao4u@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ebenshy4carl@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:olusesan2006@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ogloria4u@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mulben492@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:toppel29@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:suencanmakungu008@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adjeikwame187@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:petersonmakori02@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cynthiaomemgboji@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ugbeboremeka55@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:akintoyesylvester1996@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zinop96@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:akinyemiishola31@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:faithmikky71@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jonahbaidoo552@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:unbeatablejustyno43@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nadeltechnologies@aol.com" TargetMode="External"/>
+<Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mjuliet970@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bududankwa@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fuachiesly@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:afomaokonkwo@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bagwellfinch127@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nmaramlynda@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juliahmuriu@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Khalidtahirumar@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adesheriff16@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ivieribo1@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:senyoatatsi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ibiboabiye@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:omoyosoore@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nonsocyril@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chinazorjustin43@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eyemialuko@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marthaamo379@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nyawirajuliah3@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:evansobondo60@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aduragbemie85@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ashleynyakio37@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ssenyondoksadamnasser@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:reagantaff@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enehfabian@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:atinukeawoniyi15@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ddt4real@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gabrielnyinongo@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aaronmutekulwan1@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ouchechi235@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fafunwaayomide@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lubegaarnold07@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vicentlukyamuzi953@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emmanuel.eze.241204@unn.edu.ng" TargetMode="External"/>
+<Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kwikris08@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oluoha.stephen@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scalapinker@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aigbeeve23@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jendol2006@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kenechukwu.umeano@unn.edu.ng" TargetMode="External"/>
+<Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lianmarilyne@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fredtino11@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:josephbigjoe437@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:benedictmark38@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nprisciliayolanda@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aishatakia93@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amarachiude87@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:omowalegoajo@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obieditorials@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:naikazimad1@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:quessaysadat@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:katronie28@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saintv@rocketmail.com" TargetMode="External"/>
+<Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alex1234real@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:doranans72@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jenniferfaustina1996@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oladapo371@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pstfrancis2000@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adeleyetolulope26@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emmanuelbaba76@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roseanimamanu@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dadaopeyemi16@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kemdirimmartins@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emekamuojekwu4242@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leeroymquina1716@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ellen.chikalipo@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leeroymquina@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clementinaobah@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kemolak2@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:keneakagbusi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fathianiyi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:motunrayoadeyemo@outlook.com" TargetMode="External"/>
+<Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bbchilem@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:okwevictor@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sannitopsfortune@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Hilaryobikwelu5050@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:omotolaolaitan@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:belemkoabgamohamed226@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:uchennajude89@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yewandeoye@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:itiayoleke@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christianudemba260@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:okolimuna@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:noahwondimu42@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:donbeauty02@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:onyishi_omaureen686@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tosinkomolafe3@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:samexbrown@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:samson_netshares@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chinweanyanwu@myyahoo.com" TargetMode="External"/>
+<Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:famadevictor@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lexmerciful@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:habahmed99@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sommyhappinex@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:okwuokein@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Gabrieltessy648@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:samuelarcher360@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:philominachioman@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obasimercy1990@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:udu.a.ejeh@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ponomote@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:olayinkaakinrinde@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:okorietheodora@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dnai2016@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lizzyorizu@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danielafaith31@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tejumolaawolola@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nwokovictoria@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frederickakinola@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:faithogechi111@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jonesesther631613@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amaranancy2018@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mrxmile@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:talktoprecious24@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nwachukwuonyeisifrank@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arinzehenry358@yahoo.co.uk" TargetMode="External"/>
+<Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephenebubechukwu26@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:osazuwagodstime05@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:osazuwagodstime05@goajo.com" TargetMode="External"/>
+<Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:veronicaronke53@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matthewojo51@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zierawdgnomic@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:faithfulkinkin@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laoyeola@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mosesvictor622@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tecmayowe@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lydiaobidiebube@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bldremmanuelani@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sundaytiger64@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:beckybest05@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:okoyecyril2@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adeyeye.benjamin@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oonbanhna@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:evangelistoyesomi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:poseidapaah@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ericfiifiaikins89@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ladorprecious@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eosyshall@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:praisepillar1@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:akosuaossey@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:caystardgroup@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jibrilakinbode@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:victorayodejiolatunji@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cool9iggs@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ibegumaria@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chrisakole@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michaeleze7@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:henrynoble33@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cezeobioha@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kevomondy9@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:callmosomitoyin@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agu.ruthchidimma@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abid624@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adielehachikaru@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amosbill755@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:osayomorejoseph5@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nwozakufrancis@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oluwadamilolalawal10@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tlawsonjack@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iheanachorvivian@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tlawsonjack@gmail.comt" TargetMode="External"/>
+<Relationship Id="rId1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:egbougonna42@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:deborahoyeniyi550@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:khurramkhursheed5@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dammyserah31@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:benjaminodeleye1@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:giftokonkwo14@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aleekeysh@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ahwieh4real2c@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:onyekachukwudorcas86@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chrisheinz420@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ogoifuwe@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:olumidedare1125@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ugwufrankswazy@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bennyoleh@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richyanane10@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ajaodinaka@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:geraldineogo3@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ezeilokingsley25@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clarablack0123@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bmegaminds@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ochiderah@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lekpoabianu36@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tosn2004@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chinemichael10@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gopedola@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:festus.edwardosei@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:da.adedayo@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:itosmega@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ahmeedaina@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ladystar12@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vincentkelechi18@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:preciousohiawinike@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kamaloibrahim@outlook.com" TargetMode="External"/>
+<Relationship Id="rId1283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nwobichiamakacynthia@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jolsilver14@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hilary.cena@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ritachinaza5@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ifechukwudegeme@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:victoriaekwughe@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mumkim49@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maxhendris@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roydec81@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:welmergaiya1@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chiomaesther580@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:willimena.tamba@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:funmiameerah@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zubright2@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:valentineokwu@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monica.bensononaji@gmail.comm" TargetMode="External"/>
+<Relationship Id="rId1299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sahjohnson0@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ayodeleoluwabukunmi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tygajude100@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:folakafi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iamyawmax123@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:okwuchimark47@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:osazuwadon@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:akojisamuel01@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michaeldumebi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dammymanuel@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ajiloreseyi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:geneviveagyapong@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:idevelopafrica@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:akpaniquo.juliana@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tosybless55@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ozurumbablessedudochukwu@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ninaagbai@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abosdollars37@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abdullahajao7@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Torhukeolurotimiprecious@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:twum.michael22@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Chinedustanislaus@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chisomazubugwu@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ahmed_oyegbami@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ywcollins9@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:keji.kareem@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adeolakoiki2018@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:akinbamirach@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ugwufrancisobi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maxadelosoye@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:omobolanlebamgbola@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obiesierufus0@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dikeochajennifer@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:olabowale.ogunnubi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yuakator16@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hisgloryprince@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ajibolanathaniel69@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adaesther.egbo@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oyin.gbadeyanka@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:afeezmode@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sannizainaboluwatoyin@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:princewillaguele@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:merciful210@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:blosssjoe@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ogorjennifer@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ojwaxy@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ajayiadeyemo3@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:austinebrightauthor@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:qihemeje@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:healthofficer.ng@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vivienchebet@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:osawayejames@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gbaramoghopeace4@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:princessyemiza@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Boluwatifeikuoponiyi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bolucrown2000@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:melfahe@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oal.adigun@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ayoobisesanphotography@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:talvetsurgeon@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Nwachukwu14chido@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ndidi.obuegbunam@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:samsioenterltd@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mbachumaurice@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bartimaeush@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segunkayode4567@icloud.com" TargetMode="External"/>
+<Relationship Id="rId1365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alhassanissaka1994@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:d.kwaku@yahoo.com" TargetMode="External"/>
+<Relationship Id="rId1367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ihunanyachukwuonuoha@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:odetundemobolaji@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:onyejeudokaandrew@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anayo042@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:henryaiicoplc@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:henryparagon@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ikechukwuuzoma88@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:moses.k@goajo.com" TargetMode="External"/>
+<Relationship Id="rId1375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marufalam9773@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adenidayat8@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kingsleyv072@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stella.remigius90@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:destinyzaram2004@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Favournkemjika.fn@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anyanwuechefulachi@ymail.com" TargetMode="External"/>
+<Relationship Id="rId1382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oloniyogbenga@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gbengaoloniyo@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:basildellor@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bartimaeus@icloud.com" TargetMode="External"/>
+<Relationship Id="rId1386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bartimaeus@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emmanuelchiemezie95@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ifedudel@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ayan.ayanyemi@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jenniferogedegbe12@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nik@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bonamary2@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:omoleadedoyin10@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zunayedhassanbd@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mhassan@newconcepttechnologies.com" TargetMode="External"/>
+<Relationship Id="rId1396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admission@goajo.com" TargetMode="External"/>
+<Relationship Id="rId1397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:willwhiteapple@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pilaaustine@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:accra@goajo.com" TargetMode="External"/>
+<Relationship Id="rId1400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dikecynthia009@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gift@goajo.com" TargetMode="External"/>
+<Relationship Id="rId1402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nefigbills@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alexakinlaja12@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Peace.williams@goajo.com" TargetMode="External"/>
+<Relationship Id="rId1405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oroniyifaith@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adenijiarike@gmail.com" TargetMode="External"/>
+<Relationship Id="rId1407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Nwosudickson@yahoo.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G1409"/>
+  <dimension ref="A1:G1425"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="1"/>
     <col min="2" max="2" width="33" customWidth="1"/>
     <col min="3" max="3" width="42" customWidth="1"/>
     <col min="4" max="4" width="15" customWidth="1"/>
     <col min="5" max="5" width="60" customWidth="1"/>
     <col min="6" max="6" width="60" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s" s="2">
         <v>9</v>
       </c>
-      <c r="D2" t="s" s="3">
+      <c r="D2" s="3">
+        <v>254723442499</v>
+      </c>
+      <c r="E2" t="s">
         <v>10</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>12</v>
+      </c>
+      <c r="B3" t="s">
         <v>13</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s" s="2">
         <v>14</v>
       </c>
-      <c r="C3" t="s" s="2">
+      <c r="D3" s="3">
+        <v>233551678617</v>
+      </c>
+      <c r="E3" t="s">
         <v>15</v>
       </c>
-      <c r="D3" s="4">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="F3" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B4" t="s">
         <v>18</v>
       </c>
-      <c r="B4"/>
       <c r="C4" t="s" s="2">
         <v>19</v>
       </c>
-      <c r="D4"/>
+      <c r="D4" s="3">
+        <v>233245148570</v>
+      </c>
       <c r="E4" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F4"/>
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>254795608853</v>
+        <v>23</v>
+      </c>
+      <c r="C5" t="s" s="2">
+        <v>24</v>
+      </c>
+      <c r="D5" s="3">
+        <v>2348138662448</v>
       </c>
       <c r="E5" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="F5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B6" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C6" t="s" s="2">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>447572437257</v>
+        <v>29</v>
+      </c>
+      <c r="D6" t="s" s="4">
+        <v>30</v>
       </c>
       <c r="E6" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F6" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B7" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C7" t="s" s="2">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="D7" t="s" s="3">
+        <v>35</v>
+      </c>
+      <c r="D7" t="s" s="4">
+        <v>36</v>
+      </c>
+      <c r="E7" t="s">
+        <v>31</v>
+      </c>
+      <c r="F7" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B8" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C8" t="s" s="2">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="D8" s="3">
+        <v>233247643135</v>
       </c>
       <c r="E8" t="s">
+        <v>15</v>
+      </c>
+      <c r="F8" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>40</v>
       </c>
-      <c r="B9"/>
+      <c r="B9" t="s">
+        <v>41</v>
+      </c>
       <c r="C9" t="s" s="2">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="D9"/>
+        <v>42</v>
+      </c>
+      <c r="D9" s="3">
+        <v>233551679940</v>
+      </c>
       <c r="E9" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F9"/>
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B10" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C10" t="s" s="2">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>254728844488</v>
+        <v>45</v>
+      </c>
+      <c r="D10" s="3">
+        <v>23279994838</v>
       </c>
       <c r="E10" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="F10" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B11" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C11" t="s" s="2">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="D11"/>
+        <v>50</v>
+      </c>
+      <c r="D11" s="3">
+        <v>2347060788991</v>
+      </c>
       <c r="E11" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F11"/>
+        <v>31</v>
+      </c>
+      <c r="F11" t="s">
+        <v>51</v>
+      </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B12" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="C12" t="s" s="2">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>420737628757</v>
+        <v>54</v>
+      </c>
+      <c r="D12" s="3">
+        <v>2349078476721</v>
       </c>
       <c r="E12" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="F12" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
+        <v>56</v>
+      </c>
+      <c r="B13" t="s">
         <v>53</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s" s="2">
         <v>54</v>
       </c>
-      <c r="C13" t="s" s="2">
+      <c r="D13" s="3">
+        <v>2349078476721</v>
+      </c>
+      <c r="E13" t="s">
         <v>55</v>
       </c>
-      <c r="D13" s="4">
-[...4 lines deleted...]
-      </c>
       <c r="F13" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>57</v>
       </c>
       <c r="B14" t="s">
         <v>58</v>
       </c>
       <c r="C14" t="s" s="2">
         <v>59</v>
       </c>
-      <c r="D14" s="4">
-        <v>254745636953</v>
+      <c r="D14" s="3">
+        <v>2347065611692</v>
       </c>
       <c r="E14" t="s">
+        <v>25</v>
+      </c>
+      <c r="F14" t="s">
         <v>60</v>
       </c>
-      <c r="F14"/>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>61</v>
       </c>
       <c r="B15" t="s">
         <v>62</v>
       </c>
       <c r="C15" t="s" s="2">
         <v>63</v>
       </c>
-      <c r="D15" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="D15"/>
       <c r="E15" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F15"/>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>64</v>
       </c>
-      <c r="B16"/>
+      <c r="B16" t="s">
+        <v>65</v>
+      </c>
       <c r="C16" t="s" s="2">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="D16"/>
+        <v>66</v>
+      </c>
+      <c r="D16" s="3">
+        <v>233554141025</v>
+      </c>
       <c r="E16" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F16"/>
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="B17"/>
+        <v>67</v>
+      </c>
+      <c r="B17" t="s">
+        <v>68</v>
+      </c>
       <c r="C17" t="s" s="2">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="D17"/>
+        <v>69</v>
+      </c>
+      <c r="D17" s="3">
+        <v>233241163129</v>
+      </c>
       <c r="E17" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F17"/>
+        <v>15</v>
+      </c>
+      <c r="F17" t="s">
+        <v>70</v>
+      </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B18" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="C18" t="s" s="2">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>61452618570</v>
+        <v>73</v>
+      </c>
+      <c r="D18" s="3">
+        <v>233241396663</v>
       </c>
       <c r="E18" t="s">
-        <v>71</v>
+        <v>15</v>
       </c>
       <c r="F18" t="s">
-        <v>72</v>
+        <v>16</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B19" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C19" t="s" s="2">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>2348065903726</v>
+        <v>76</v>
+      </c>
+      <c r="D19" s="3">
+        <v>2348169416444</v>
       </c>
       <c r="E19" t="s">
+        <v>31</v>
+      </c>
+      <c r="F19" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B20" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C20" t="s" s="2">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>64210529019</v>
+        <v>79</v>
+      </c>
+      <c r="D20" t="s" s="4">
+        <v>80</v>
       </c>
       <c r="E20" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F20" t="s">
-        <v>79</v>
+        <v>32</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B21" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C21" t="s" s="2">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="D21" t="s" s="3">
         <v>83</v>
       </c>
+      <c r="D21" s="3">
+        <v>2348142261702</v>
+      </c>
       <c r="E21" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="F21" t="s">
-        <v>12</v>
+        <v>84</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="B22" t="s">
         <v>85</v>
       </c>
+      <c r="B22"/>
       <c r="C22" t="s" s="2">
         <v>86</v>
       </c>
       <c r="D22"/>
       <c r="E22" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F22"/>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>87</v>
       </c>
-      <c r="B23"/>
-      <c r="C23" t="s" s="2">
+      <c r="B23" t="s">
         <v>88</v>
       </c>
-      <c r="D23"/>
+      <c r="C23" t="s">
+        <v>89</v>
+      </c>
+      <c r="D23" s="3">
+        <v>254795608853</v>
+      </c>
       <c r="E23" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F23"/>
+        <v>90</v>
+      </c>
+      <c r="F23" t="s">
+        <v>91</v>
+      </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="B24" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C24" t="s" s="2">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>7780274948</v>
+        <v>94</v>
+      </c>
+      <c r="D24" s="3">
+        <v>447572437257</v>
       </c>
       <c r="E24" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F24" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="B25" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="C25" t="s" s="2">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>8801670474100</v>
+        <v>98</v>
+      </c>
+      <c r="D25" t="s" s="4">
+        <v>99</v>
       </c>
       <c r="E25" t="s">
-        <v>96</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="B26" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C26" t="s" s="2">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>101</v>
+        <v>103</v>
+      </c>
+      <c r="D26" t="s" s="4">
+        <v>104</v>
       </c>
       <c r="E26" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F26"/>
+        <v>55</v>
+      </c>
+      <c r="F26" t="s">
+        <v>105</v>
+      </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="B27"/>
       <c r="C27" t="s" s="2">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="D27"/>
       <c r="E27" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F27"/>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B28" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="C28" t="s" s="2">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>2348102846887</v>
+        <v>110</v>
+      </c>
+      <c r="D28" s="3">
+        <v>254728844488</v>
       </c>
       <c r="E28" t="s">
-        <v>11</v>
+        <v>90</v>
       </c>
       <c r="F28" t="s">
-        <v>12</v>
+        <v>111</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="B29" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="C29" t="s" s="2">
-        <v>110</v>
-[...3 lines deleted...]
-      </c>
+        <v>114</v>
+      </c>
+      <c r="D29"/>
       <c r="E29" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F29"/>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="B30"/>
+        <v>115</v>
+      </c>
+      <c r="B30" t="s">
+        <v>116</v>
+      </c>
       <c r="C30" t="s" s="2">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="D30"/>
+        <v>117</v>
+      </c>
+      <c r="D30" s="3">
+        <v>420737628757</v>
+      </c>
       <c r="E30" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F30"/>
+        <v>31</v>
+      </c>
+      <c r="F30" t="s">
+        <v>118</v>
+      </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>114</v>
-[...5 lines deleted...]
-      <c r="D31"/>
+        <v>119</v>
+      </c>
+      <c r="B31" t="s">
+        <v>120</v>
+      </c>
+      <c r="C31" t="s" s="2">
+        <v>121</v>
+      </c>
+      <c r="D31" s="3">
+        <v>2348162375708</v>
+      </c>
       <c r="E31" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F31"/>
+        <v>31</v>
+      </c>
+      <c r="F31" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>116</v>
-[...1 lines deleted...]
-      <c r="B32"/>
+        <v>122</v>
+      </c>
+      <c r="B32" t="s">
+        <v>123</v>
+      </c>
       <c r="C32" t="s" s="2">
-        <v>117</v>
-[...1 lines deleted...]
-      <c r="D32"/>
+        <v>124</v>
+      </c>
+      <c r="D32" s="3">
+        <v>254745636953</v>
+      </c>
       <c r="E32" t="s">
-        <v>118</v>
+        <v>10</v>
       </c>
       <c r="F32"/>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="B33" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="C33" t="s" s="2">
-        <v>121</v>
-[...2 lines deleted...]
-        <v>237677901371</v>
+        <v>127</v>
+      </c>
+      <c r="D33" s="3">
+        <v>8618762404667</v>
       </c>
       <c r="E33" t="s">
-        <v>122</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>123</v>
+        <v>47</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>124</v>
-[...3 lines deleted...]
-      </c>
+        <v>128</v>
+      </c>
+      <c r="B34"/>
       <c r="C34" t="s" s="2">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>129</v>
+      </c>
+      <c r="D34"/>
       <c r="E34" t="s">
-        <v>122</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F34"/>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-      </c>
+        <v>130</v>
+      </c>
+      <c r="B35"/>
       <c r="C35" t="s" s="2">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="D35"/>
       <c r="E35" t="s">
-        <v>130</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F35"/>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B36" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C36" t="s" s="2">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>2348131531662</v>
+        <v>134</v>
+      </c>
+      <c r="D36" s="3">
+        <v>61452618570</v>
       </c>
       <c r="E36" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F36" t="s">
-        <v>123</v>
+        <v>135</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B37" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C37" t="s" s="2">
-        <v>136</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>138</v>
+      </c>
+      <c r="D37" s="3">
+        <v>2348065903726</v>
       </c>
       <c r="E37" t="s">
-        <v>137</v>
+        <v>31</v>
       </c>
       <c r="F37" t="s">
-        <v>138</v>
+        <v>95</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>139</v>
       </c>
       <c r="B38" t="s">
         <v>140</v>
       </c>
       <c r="C38" t="s" s="2">
         <v>141</v>
       </c>
-      <c r="D38" s="4">
-        <v>233551273510</v>
+      <c r="D38" s="3">
+        <v>64210529019</v>
       </c>
       <c r="E38" t="s">
+        <v>31</v>
+      </c>
+      <c r="F38" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>143</v>
       </c>
       <c r="B39" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C39" t="s" s="2">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>233551273510</v>
+        <v>145</v>
+      </c>
+      <c r="D39" t="s" s="4">
+        <v>146</v>
       </c>
       <c r="E39" t="s">
-        <v>142</v>
+        <v>31</v>
       </c>
       <c r="F39" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B40" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C40" t="s" s="2">
-        <v>147</v>
-[...3 lines deleted...]
-      </c>
+        <v>149</v>
+      </c>
+      <c r="D40"/>
       <c r="E40" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F40"/>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>149</v>
-[...1 lines deleted...]
-      <c r="B41" t="s">
         <v>150</v>
       </c>
+      <c r="B41"/>
       <c r="C41" t="s" s="2">
         <v>151</v>
       </c>
-      <c r="D41">
-[...1 lines deleted...]
-      </c>
+      <c r="D41"/>
       <c r="E41" t="s">
-        <v>152</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F41"/>
     </row>
     <row r="42">
       <c r="A42" t="s">
+        <v>152</v>
+      </c>
+      <c r="B42" t="s">
+        <v>153</v>
+      </c>
+      <c r="C42" t="s" s="2">
         <v>154</v>
       </c>
-      <c r="B42"/>
-      <c r="C42" t="s" s="2">
+      <c r="D42">
+        <v>7780274948</v>
+      </c>
+      <c r="E42" t="s">
+        <v>31</v>
+      </c>
+      <c r="F42" t="s">
         <v>155</v>
       </c>
-      <c r="D42"/>
-[...3 lines deleted...]
-      <c r="F42"/>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>156</v>
       </c>
-      <c r="B43"/>
-      <c r="C43" t="s">
+      <c r="B43" t="s">
         <v>157</v>
       </c>
-      <c r="D43"/>
+      <c r="C43" t="s" s="2">
+        <v>158</v>
+      </c>
+      <c r="D43" s="3">
+        <v>8801670474100</v>
+      </c>
       <c r="E43" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F43"/>
+        <v>159</v>
+      </c>
+      <c r="F43" t="s">
+        <v>160</v>
+      </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="B44" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="C44" t="s" s="2">
-        <v>160</v>
-[...2 lines deleted...]
-        <v>256753594231</v>
+        <v>163</v>
+      </c>
+      <c r="D44" t="s" s="4">
+        <v>164</v>
       </c>
       <c r="E44" t="s">
-        <v>130</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F44"/>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>162</v>
-[...1 lines deleted...]
-      <c r="B45"/>
+        <v>165</v>
+      </c>
+      <c r="B45" t="s">
+        <v>166</v>
+      </c>
       <c r="C45" t="s" s="2">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="D45"/>
       <c r="E45" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F45"/>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>164</v>
-[...1 lines deleted...]
-      <c r="B46"/>
+        <v>168</v>
+      </c>
+      <c r="B46" t="s">
+        <v>169</v>
+      </c>
       <c r="C46" t="s" s="2">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="D46"/>
+        <v>170</v>
+      </c>
+      <c r="D46" s="3">
+        <v>2348102846887</v>
+      </c>
       <c r="E46" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F46"/>
+        <v>31</v>
+      </c>
+      <c r="F46" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>166</v>
-[...1 lines deleted...]
-      <c r="B47"/>
+        <v>171</v>
+      </c>
+      <c r="B47" t="s">
+        <v>172</v>
+      </c>
       <c r="C47" t="s" s="2">
-        <v>167</v>
-[...2 lines deleted...]
-        <v>8619123152701</v>
+        <v>173</v>
+      </c>
+      <c r="D47" s="3">
+        <v>2347065614300</v>
       </c>
       <c r="E47" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="F47" t="s">
-        <v>12</v>
+        <v>174</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>168</v>
-[...3 lines deleted...]
-      </c>
+        <v>175</v>
+      </c>
+      <c r="B48"/>
       <c r="C48" t="s" s="2">
-        <v>170</v>
-[...3 lines deleted...]
-      </c>
+        <v>176</v>
+      </c>
+      <c r="D48"/>
       <c r="E48" t="s">
-        <v>171</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F48"/>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>172</v>
-[...9 lines deleted...]
-      </c>
+        <v>177</v>
+      </c>
+      <c r="B49"/>
+      <c r="C49" t="s">
+        <v>178</v>
+      </c>
+      <c r="D49"/>
       <c r="E49" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F49"/>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>176</v>
-[...3 lines deleted...]
-      </c>
+        <v>179</v>
+      </c>
+      <c r="B50"/>
       <c r="C50" t="s" s="2">
-        <v>178</v>
-[...3 lines deleted...]
-      </c>
+        <v>180</v>
+      </c>
+      <c r="D50"/>
       <c r="E50" t="s">
-        <v>179</v>
-[...3 lines deleted...]
-      </c>
+        <v>181</v>
+      </c>
+      <c r="F50"/>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B51" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C51" t="s" s="2">
-        <v>182</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>184</v>
+      </c>
+      <c r="D51" s="3">
+        <v>237677901371</v>
       </c>
       <c r="E51" t="s">
-        <v>137</v>
+        <v>185</v>
       </c>
       <c r="F51" t="s">
-        <v>138</v>
+        <v>26</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B52" t="s">
+        <v>187</v>
+      </c>
+      <c r="C52" t="s" s="2">
+        <v>188</v>
+      </c>
+      <c r="D52" s="3">
+        <v>237676290543</v>
+      </c>
+      <c r="E52" t="s">
         <v>185</v>
       </c>
-      <c r="C52" t="s" s="2">
-[...7 lines deleted...]
-      </c>
       <c r="F52" t="s">
-        <v>188</v>
+        <v>32</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>189</v>
       </c>
       <c r="B53" t="s">
         <v>190</v>
       </c>
       <c r="C53" t="s" s="2">
         <v>191</v>
       </c>
-      <c r="D53" s="4">
-        <v>2347017451721</v>
+      <c r="D53" s="3">
+        <v>256783184050</v>
       </c>
       <c r="E53" t="s">
-        <v>11</v>
+        <v>192</v>
       </c>
       <c r="F53" t="s">
-        <v>123</v>
+        <v>26</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B54" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C54" t="s" s="2">
-        <v>194</v>
-[...2 lines deleted...]
-        <v>254727849374</v>
+        <v>195</v>
+      </c>
+      <c r="D54" s="3">
+        <v>2348131531662</v>
       </c>
       <c r="E54" t="s">
-        <v>60</v>
+        <v>31</v>
       </c>
       <c r="F54" t="s">
-        <v>195</v>
+        <v>26</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>196</v>
       </c>
-      <c r="B55"/>
+      <c r="B55" t="s">
+        <v>197</v>
+      </c>
       <c r="C55" t="s" s="2">
-        <v>197</v>
-[...1 lines deleted...]
-      <c r="D55"/>
+        <v>198</v>
+      </c>
+      <c r="D55">
+        <v>2</v>
+      </c>
       <c r="E55" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F55"/>
+        <v>199</v>
+      </c>
+      <c r="F55" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="B56"/>
+        <v>200</v>
+      </c>
+      <c r="B56" t="s">
+        <v>201</v>
+      </c>
       <c r="C56" t="s" s="2">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="D56"/>
+        <v>202</v>
+      </c>
+      <c r="D56" s="3">
+        <v>233551273510</v>
+      </c>
       <c r="E56" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F56"/>
+        <v>203</v>
+      </c>
+      <c r="F56" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="B57" t="s">
         <v>201</v>
       </c>
       <c r="C57" t="s" s="2">
-        <v>202</v>
-[...2 lines deleted...]
-        <v>2348066305815</v>
+        <v>205</v>
+      </c>
+      <c r="D57" s="3">
+        <v>233551273510</v>
       </c>
       <c r="E57" t="s">
-        <v>11</v>
+        <v>203</v>
       </c>
       <c r="F57" t="s">
-        <v>203</v>
+        <v>32</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B58" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="C58" t="s" s="2">
-        <v>206</v>
-[...2 lines deleted...]
-        <v>2348069375063</v>
+        <v>208</v>
+      </c>
+      <c r="D58" t="s" s="4">
+        <v>209</v>
       </c>
       <c r="E58" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="F58" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="B59" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="C59" t="s" s="2">
-        <v>209</v>
-[...2 lines deleted...]
-        <v>2349122544516</v>
+        <v>212</v>
+      </c>
+      <c r="D59">
+        <v>2207546513</v>
       </c>
       <c r="E59" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="F59" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>212</v>
-[...3 lines deleted...]
-      </c>
+        <v>215</v>
+      </c>
+      <c r="B60"/>
       <c r="C60" t="s" s="2">
-        <v>214</v>
-[...3 lines deleted...]
-      </c>
+        <v>216</v>
+      </c>
+      <c r="D60"/>
       <c r="E60" t="s">
-        <v>215</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F60"/>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="B61" t="s">
         <v>217</v>
       </c>
-      <c r="C61" t="s" s="2">
+      <c r="B61"/>
+      <c r="C61" t="s">
         <v>218</v>
       </c>
-      <c r="D61" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="D61"/>
       <c r="E61" t="s">
-        <v>142</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F61"/>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>219</v>
       </c>
       <c r="B62" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="C62" t="s" s="2">
-        <v>220</v>
-[...2 lines deleted...]
-        <v>2330241570211</v>
+        <v>221</v>
+      </c>
+      <c r="D62" s="3">
+        <v>256753594231</v>
       </c>
       <c r="E62" t="s">
-        <v>142</v>
+        <v>192</v>
       </c>
       <c r="F62" t="s">
-        <v>12</v>
+        <v>222</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>221</v>
-[...3 lines deleted...]
-      </c>
+        <v>223</v>
+      </c>
+      <c r="B63"/>
       <c r="C63" t="s" s="2">
-        <v>223</v>
-[...3 lines deleted...]
-      </c>
+        <v>224</v>
+      </c>
+      <c r="D63"/>
       <c r="E63" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F63"/>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B64"/>
       <c r="C64" t="s" s="2">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D64"/>
       <c r="E64" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F64"/>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B65"/>
-      <c r="C65" t="s">
-[...2 lines deleted...]
-      <c r="D65"/>
+      <c r="C65" t="s" s="2">
+        <v>228</v>
+      </c>
+      <c r="D65" s="3">
+        <v>8619123152701</v>
+      </c>
       <c r="E65" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F65"/>
+        <v>25</v>
+      </c>
+      <c r="F65" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B66" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C66" t="s" s="2">
-        <v>230</v>
-[...2 lines deleted...]
-        <v>256744800489</v>
+        <v>231</v>
+      </c>
+      <c r="D66" s="3">
+        <v>2347055484726</v>
       </c>
       <c r="E66" t="s">
-        <v>130</v>
+        <v>232</v>
       </c>
       <c r="F66" t="s">
-        <v>231</v>
+        <v>155</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B67" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C67" t="s" s="2">
-        <v>234</v>
-[...1 lines deleted...]
-      <c r="D67" t="s" s="3">
         <v>235</v>
       </c>
+      <c r="D67" s="3">
+        <v>2348107887715</v>
+      </c>
       <c r="E67" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F67" t="s">
-        <v>12</v>
+        <v>236</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B68" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C68" t="s" s="2">
-        <v>238</v>
-[...2 lines deleted...]
-        <v>702346235</v>
+        <v>239</v>
+      </c>
+      <c r="D68" s="3">
+        <v>233548951892</v>
       </c>
       <c r="E68" t="s">
-        <v>60</v>
+        <v>15</v>
       </c>
       <c r="F68" t="s">
-        <v>12</v>
+        <v>47</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>239</v>
-[...1 lines deleted...]
-      <c r="B69"/>
+        <v>240</v>
+      </c>
+      <c r="B69" t="s">
+        <v>241</v>
+      </c>
       <c r="C69" t="s" s="2">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="D69"/>
+        <v>242</v>
+      </c>
+      <c r="D69" t="s" s="4">
+        <v>243</v>
+      </c>
       <c r="E69" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F69"/>
+        <v>199</v>
+      </c>
+      <c r="F69" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>241</v>
-[...1 lines deleted...]
-      <c r="B70"/>
+        <v>244</v>
+      </c>
+      <c r="B70" t="s">
+        <v>245</v>
+      </c>
       <c r="C70" t="s" s="2">
-        <v>242</v>
-[...1 lines deleted...]
-      <c r="D70"/>
+        <v>246</v>
+      </c>
+      <c r="D70" t="s" s="4">
+        <v>247</v>
+      </c>
       <c r="E70" t="s">
-        <v>118</v>
-[...1 lines deleted...]
-      <c r="F70"/>
+        <v>199</v>
+      </c>
+      <c r="F70" t="s">
+        <v>248</v>
+      </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="B71" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="C71" t="s" s="2">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>2349021719130</v>
+        <v>251</v>
+      </c>
+      <c r="D71" s="3">
+        <v>2347017451721</v>
       </c>
       <c r="E71" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F71" t="s">
-        <v>211</v>
+        <v>26</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="B72" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="C72" t="s" s="2">
-        <v>248</v>
-[...2 lines deleted...]
-        <v>249</v>
+        <v>254</v>
+      </c>
+      <c r="D72" s="3">
+        <v>254727849374</v>
       </c>
       <c r="E72" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F72" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>251</v>
-[...3 lines deleted...]
-      </c>
+        <v>256</v>
+      </c>
+      <c r="B73"/>
       <c r="C73" t="s" s="2">
-        <v>253</v>
-[...3 lines deleted...]
-      </c>
+        <v>257</v>
+      </c>
+      <c r="D73"/>
       <c r="E73" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F73"/>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>255</v>
-[...3 lines deleted...]
-      </c>
+        <v>258</v>
+      </c>
+      <c r="B74"/>
       <c r="C74" t="s" s="2">
-        <v>257</v>
-[...3 lines deleted...]
-      </c>
+        <v>259</v>
+      </c>
+      <c r="D74"/>
       <c r="E74" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F74"/>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B75" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C75" t="s" s="2">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="D75" t="s" s="3">
         <v>262</v>
       </c>
+      <c r="D75" s="3">
+        <v>2348066305815</v>
+      </c>
       <c r="E75" t="s">
-        <v>130</v>
+        <v>31</v>
       </c>
       <c r="F75" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>264</v>
       </c>
       <c r="B76" t="s">
         <v>265</v>
       </c>
       <c r="C76" t="s" s="2">
         <v>266</v>
       </c>
-      <c r="D76" s="4">
-        <v>254717440422</v>
+      <c r="D76" s="3">
+        <v>2348069375063</v>
       </c>
       <c r="E76" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="F76" t="s">
-        <v>267</v>
+        <v>105</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
+        <v>267</v>
+      </c>
+      <c r="B77" t="s">
         <v>268</v>
       </c>
-      <c r="B77" t="s">
+      <c r="C77" t="s" s="2">
         <v>269</v>
       </c>
-      <c r="C77" t="s" s="2">
+      <c r="D77" s="3">
+        <v>2349122544516</v>
+      </c>
+      <c r="E77" t="s">
         <v>270</v>
       </c>
-      <c r="D77" t="s" s="3">
+      <c r="F77" t="s">
         <v>271</v>
-      </c>
-[...4 lines deleted...]
-        <v>273</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
+        <v>272</v>
+      </c>
+      <c r="B78" t="s">
+        <v>273</v>
+      </c>
+      <c r="C78" t="s" s="2">
         <v>274</v>
       </c>
-      <c r="B78" t="s">
+      <c r="D78" s="3">
+        <v>233549950350</v>
+      </c>
+      <c r="E78" t="s">
         <v>275</v>
       </c>
-      <c r="C78" t="s" s="2">
-[...7 lines deleted...]
-      </c>
       <c r="F78" t="s">
-        <v>278</v>
+        <v>16</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="B79" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="C79" t="s" s="2">
-        <v>281</v>
-[...2 lines deleted...]
-        <v>282</v>
+        <v>278</v>
+      </c>
+      <c r="D79" s="3">
+        <v>2330241570211</v>
       </c>
       <c r="E79" t="s">
-        <v>33</v>
+        <v>203</v>
       </c>
       <c r="F79" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="B80" t="s">
-        <v>284</v>
+        <v>277</v>
       </c>
       <c r="C80" t="s" s="2">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>286</v>
+        <v>280</v>
+      </c>
+      <c r="D80" s="3">
+        <v>2330241570211</v>
       </c>
       <c r="E80" t="s">
-        <v>16</v>
+        <v>203</v>
       </c>
       <c r="F80" t="s">
-        <v>287</v>
+        <v>32</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>288</v>
-[...1 lines deleted...]
-      <c r="B81"/>
+        <v>281</v>
+      </c>
+      <c r="B81" t="s">
+        <v>282</v>
+      </c>
       <c r="C81" t="s" s="2">
-        <v>289</v>
-[...1 lines deleted...]
-      <c r="D81"/>
+        <v>283</v>
+      </c>
+      <c r="D81" s="3">
+        <v>2348132244624</v>
+      </c>
       <c r="E81" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F81"/>
+        <v>25</v>
+      </c>
+      <c r="F81" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>290</v>
-[...3 lines deleted...]
-      </c>
+        <v>284</v>
+      </c>
+      <c r="B82"/>
       <c r="C82" t="s" s="2">
-        <v>292</v>
-[...3 lines deleted...]
-      </c>
+        <v>285</v>
+      </c>
+      <c r="D82"/>
       <c r="E82" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F82"/>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>293</v>
-[...9 lines deleted...]
-      </c>
+        <v>286</v>
+      </c>
+      <c r="B83"/>
+      <c r="C83" t="s">
+        <v>287</v>
+      </c>
+      <c r="D83"/>
       <c r="E83" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F83"/>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>296</v>
+        <v>288</v>
       </c>
       <c r="B84" t="s">
-        <v>297</v>
+        <v>289</v>
       </c>
       <c r="C84" t="s" s="2">
-        <v>298</v>
-[...2 lines deleted...]
-        <v>299</v>
+        <v>290</v>
+      </c>
+      <c r="D84" s="3">
+        <v>256744800489</v>
       </c>
       <c r="E84" t="s">
-        <v>300</v>
+        <v>192</v>
       </c>
       <c r="F84" t="s">
-        <v>301</v>
+        <v>291</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>302</v>
+        <v>292</v>
       </c>
       <c r="B85" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="C85" t="s" s="2">
-        <v>303</v>
-[...2 lines deleted...]
-        <v>299</v>
+        <v>294</v>
+      </c>
+      <c r="D85" t="s" s="4">
+        <v>295</v>
       </c>
       <c r="E85" t="s">
-        <v>300</v>
+        <v>31</v>
       </c>
       <c r="F85" t="s">
-        <v>301</v>
+        <v>32</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>304</v>
+        <v>296</v>
       </c>
       <c r="B86" t="s">
-        <v>305</v>
+        <v>297</v>
       </c>
       <c r="C86" t="s" s="2">
-        <v>306</v>
-[...2 lines deleted...]
-        <v>307</v>
+        <v>298</v>
+      </c>
+      <c r="D86">
+        <v>702346235</v>
       </c>
       <c r="E86" t="s">
-        <v>308</v>
+        <v>10</v>
       </c>
       <c r="F86" t="s">
-        <v>309</v>
+        <v>32</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>310</v>
-[...3 lines deleted...]
-      </c>
+        <v>299</v>
+      </c>
+      <c r="B87"/>
       <c r="C87" t="s" s="2">
-        <v>312</v>
-[...3 lines deleted...]
-      </c>
+        <v>300</v>
+      </c>
+      <c r="D87"/>
       <c r="E87" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F87"/>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>313</v>
-[...3 lines deleted...]
-      </c>
+        <v>301</v>
+      </c>
+      <c r="B88"/>
       <c r="C88" t="s" s="2">
-        <v>315</v>
-[...3 lines deleted...]
-      </c>
+        <v>302</v>
+      </c>
+      <c r="D88"/>
       <c r="E88" t="s">
-        <v>96</v>
-[...3 lines deleted...]
-      </c>
+        <v>181</v>
+      </c>
+      <c r="F88"/>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>317</v>
+        <v>303</v>
       </c>
       <c r="B89" t="s">
-        <v>318</v>
+        <v>304</v>
       </c>
       <c r="C89" t="s" s="2">
-        <v>319</v>
-[...2 lines deleted...]
-        <v>2349030696334</v>
+        <v>305</v>
+      </c>
+      <c r="D89" s="3">
+        <v>2349021719130</v>
       </c>
       <c r="E89" t="s">
-        <v>320</v>
+        <v>31</v>
       </c>
       <c r="F89" t="s">
-        <v>34</v>
+        <v>271</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>321</v>
-[...1 lines deleted...]
-      <c r="B90"/>
+        <v>306</v>
+      </c>
+      <c r="B90" t="s">
+        <v>307</v>
+      </c>
       <c r="C90" t="s" s="2">
-        <v>322</v>
-[...1 lines deleted...]
-      <c r="D90"/>
+        <v>308</v>
+      </c>
+      <c r="D90" t="s" s="4">
+        <v>309</v>
+      </c>
       <c r="E90" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F90"/>
+        <v>31</v>
+      </c>
+      <c r="F90" t="s">
+        <v>310</v>
+      </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>323</v>
+        <v>311</v>
       </c>
       <c r="B91" t="s">
-        <v>324</v>
+        <v>312</v>
       </c>
       <c r="C91" t="s" s="2">
-        <v>325</v>
-[...2 lines deleted...]
-        <v>326</v>
+        <v>313</v>
+      </c>
+      <c r="D91" s="3">
+        <v>254711610431</v>
       </c>
       <c r="E91" t="s">
-        <v>11</v>
+        <v>90</v>
       </c>
       <c r="F91" t="s">
-        <v>327</v>
+        <v>314</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>328</v>
+        <v>315</v>
       </c>
       <c r="B92" t="s">
-        <v>329</v>
+        <v>316</v>
       </c>
       <c r="C92" t="s" s="2">
-        <v>330</v>
-[...2 lines deleted...]
-        <v>2349132633332</v>
+        <v>317</v>
+      </c>
+      <c r="D92" s="3">
+        <v>254759201984</v>
       </c>
       <c r="E92" t="s">
-        <v>331</v>
+        <v>10</v>
       </c>
       <c r="F92" t="s">
-        <v>332</v>
+        <v>318</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>333</v>
+        <v>319</v>
       </c>
       <c r="B93" t="s">
-        <v>334</v>
+        <v>320</v>
       </c>
       <c r="C93" t="s" s="2">
-        <v>335</v>
-[...2 lines deleted...]
-        <v>2348038097545</v>
+        <v>321</v>
+      </c>
+      <c r="D93" t="s" s="4">
+        <v>322</v>
       </c>
       <c r="E93" t="s">
-        <v>11</v>
+        <v>192</v>
       </c>
       <c r="F93" t="s">
-        <v>336</v>
+        <v>323</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>337</v>
-[...1 lines deleted...]
-      <c r="B94"/>
+        <v>324</v>
+      </c>
+      <c r="B94" t="s">
+        <v>325</v>
+      </c>
       <c r="C94" t="s" s="2">
-        <v>338</v>
-[...2 lines deleted...]
-        <v>2347032178165</v>
+        <v>326</v>
+      </c>
+      <c r="D94" s="3">
+        <v>254717440422</v>
       </c>
       <c r="E94" t="s">
-        <v>16</v>
+        <v>90</v>
       </c>
       <c r="F94" t="s">
-        <v>339</v>
+        <v>327</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>340</v>
+        <v>328</v>
       </c>
       <c r="B95" t="s">
-        <v>341</v>
+        <v>329</v>
       </c>
       <c r="C95" t="s" s="2">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>7065314170</v>
+        <v>330</v>
+      </c>
+      <c r="D95" t="s" s="4">
+        <v>331</v>
       </c>
       <c r="E95" t="s">
-        <v>71</v>
+        <v>332</v>
       </c>
       <c r="F95" t="s">
-        <v>343</v>
+        <v>333</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>344</v>
+        <v>334</v>
       </c>
       <c r="B96" t="s">
-        <v>345</v>
+        <v>335</v>
       </c>
       <c r="C96" t="s" s="2">
-        <v>346</v>
-[...2 lines deleted...]
-        <v>347</v>
+        <v>336</v>
+      </c>
+      <c r="D96" t="s" s="4">
+        <v>337</v>
       </c>
       <c r="E96" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="F96" t="s">
-        <v>327</v>
+        <v>338</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>348</v>
+        <v>339</v>
       </c>
       <c r="B97" t="s">
-        <v>349</v>
+        <v>340</v>
       </c>
       <c r="C97" t="s" s="2">
-        <v>350</v>
-[...2 lines deleted...]
-        <v>2348100832287</v>
+        <v>341</v>
+      </c>
+      <c r="D97" t="s" s="4">
+        <v>342</v>
       </c>
       <c r="E97" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F97" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>351</v>
+        <v>343</v>
       </c>
       <c r="B98" t="s">
-        <v>352</v>
+        <v>344</v>
       </c>
       <c r="C98" t="s" s="2">
-        <v>353</v>
-[...2 lines deleted...]
-        <v>2349055916408</v>
+        <v>345</v>
+      </c>
+      <c r="D98" t="s" s="4">
+        <v>346</v>
       </c>
       <c r="E98" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F98"/>
+        <v>55</v>
+      </c>
+      <c r="F98" t="s">
+        <v>347</v>
+      </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>354</v>
-[...3 lines deleted...]
-      </c>
+        <v>348</v>
+      </c>
+      <c r="B99"/>
       <c r="C99" t="s" s="2">
-        <v>356</v>
-[...3 lines deleted...]
-      </c>
+        <v>349</v>
+      </c>
+      <c r="D99"/>
       <c r="E99" t="s">
-        <v>179</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F99"/>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>358</v>
+        <v>350</v>
       </c>
       <c r="B100" t="s">
-        <v>359</v>
+        <v>351</v>
       </c>
       <c r="C100" t="s" s="2">
-        <v>360</v>
-[...2 lines deleted...]
-        <v>256702980274</v>
+        <v>352</v>
+      </c>
+      <c r="D100" s="3">
+        <v>84363636834</v>
       </c>
       <c r="E100" t="s">
-        <v>361</v>
+        <v>20</v>
       </c>
       <c r="F100" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>362</v>
+        <v>353</v>
       </c>
       <c r="B101" t="s">
-        <v>363</v>
+        <v>354</v>
       </c>
       <c r="C101" t="s" s="2">
-        <v>364</v>
-[...2 lines deleted...]
-        <v>250787161722</v>
+        <v>355</v>
+      </c>
+      <c r="D101" s="3">
+        <v>2349018892344</v>
       </c>
       <c r="E101" t="s">
-        <v>365</v>
+        <v>25</v>
       </c>
       <c r="F101" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>366</v>
+        <v>356</v>
       </c>
       <c r="B102" t="s">
-        <v>367</v>
+        <v>357</v>
       </c>
       <c r="C102" t="s" s="2">
-        <v>368</v>
-[...2 lines deleted...]
-        <v>250739301107</v>
+        <v>358</v>
+      </c>
+      <c r="D102" t="s" s="4">
+        <v>359</v>
       </c>
       <c r="E102" t="s">
-        <v>369</v>
+        <v>360</v>
       </c>
       <c r="F102" t="s">
-        <v>370</v>
+        <v>361</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>371</v>
+        <v>362</v>
       </c>
       <c r="B103" t="s">
-        <v>372</v>
+        <v>357</v>
       </c>
       <c r="C103" t="s" s="2">
-        <v>373</v>
-[...2 lines deleted...]
-        <v>2347065942792</v>
+        <v>363</v>
+      </c>
+      <c r="D103" t="s" s="4">
+        <v>359</v>
       </c>
       <c r="E103" t="s">
-        <v>11</v>
+        <v>360</v>
       </c>
       <c r="F103" t="s">
-        <v>12</v>
+        <v>361</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>374</v>
+        <v>364</v>
       </c>
       <c r="B104" t="s">
-        <v>375</v>
+        <v>365</v>
       </c>
       <c r="C104" t="s" s="2">
-        <v>376</v>
-[...2 lines deleted...]
-        <v>233506812624</v>
+        <v>366</v>
+      </c>
+      <c r="D104" t="s" s="4">
+        <v>367</v>
       </c>
       <c r="E104" t="s">
-        <v>377</v>
+        <v>368</v>
       </c>
       <c r="F104" t="s">
-        <v>12</v>
+        <v>369</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>378</v>
+        <v>370</v>
       </c>
       <c r="B105" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
       <c r="C105" t="s" s="2">
-        <v>380</v>
-[...2 lines deleted...]
-        <v>2348166797776</v>
+        <v>372</v>
+      </c>
+      <c r="D105" s="3">
+        <v>2349133353180</v>
       </c>
       <c r="E105" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>258</v>
+        <v>25</v>
+      </c>
+      <c r="F105" s="5">
+        <v>1.76</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>381</v>
-[...1 lines deleted...]
-      <c r="B106"/>
+        <v>373</v>
+      </c>
+      <c r="B106" t="s">
+        <v>374</v>
+      </c>
       <c r="C106" t="s" s="2">
-        <v>382</v>
-[...1 lines deleted...]
-      <c r="D106"/>
+        <v>375</v>
+      </c>
+      <c r="D106" s="3">
+        <v>233535545585</v>
+      </c>
       <c r="E106" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F106"/>
+        <v>159</v>
+      </c>
+      <c r="F106" t="s">
+        <v>376</v>
+      </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="B107" t="s">
-        <v>384</v>
+        <v>378</v>
       </c>
       <c r="C107" t="s" s="2">
-        <v>385</v>
-[...2 lines deleted...]
-        <v>254792155010</v>
+        <v>379</v>
+      </c>
+      <c r="D107" s="3">
+        <v>2349030696334</v>
       </c>
       <c r="E107" t="s">
-        <v>23</v>
+        <v>380</v>
       </c>
       <c r="F107" t="s">
-        <v>138</v>
+        <v>100</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>386</v>
-[...3 lines deleted...]
-      </c>
+        <v>381</v>
+      </c>
+      <c r="B108"/>
       <c r="C108" t="s" s="2">
-        <v>388</v>
-[...3 lines deleted...]
-      </c>
+        <v>382</v>
+      </c>
+      <c r="D108"/>
       <c r="E108" t="s">
-        <v>389</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F108"/>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>390</v>
+        <v>383</v>
       </c>
       <c r="B109" t="s">
-        <v>391</v>
+        <v>384</v>
       </c>
       <c r="C109" t="s" s="2">
-        <v>392</v>
-[...2 lines deleted...]
-        <v>393</v>
+        <v>385</v>
+      </c>
+      <c r="D109" t="s" s="4">
+        <v>386</v>
       </c>
       <c r="E109" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F109" t="s">
-        <v>12</v>
+        <v>387</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="B110" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="C110" t="s" s="2">
-        <v>396</v>
-[...2 lines deleted...]
-        <v>2347043022222</v>
+        <v>390</v>
+      </c>
+      <c r="D110" s="3">
+        <v>2349132633332</v>
       </c>
       <c r="E110" t="s">
-        <v>11</v>
+        <v>391</v>
       </c>
       <c r="F110" t="s">
-        <v>123</v>
+        <v>392</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="B111" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="C111" t="s" s="2">
-        <v>399</v>
-[...2 lines deleted...]
-        <v>27813688863</v>
+        <v>395</v>
+      </c>
+      <c r="D111" s="3">
+        <v>2348038097545</v>
       </c>
       <c r="E111" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F111" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>401</v>
-[...3 lines deleted...]
-      </c>
+        <v>397</v>
+      </c>
+      <c r="B112"/>
       <c r="C112" t="s" s="2">
-        <v>403</v>
-[...2 lines deleted...]
-        <v>404</v>
+        <v>398</v>
+      </c>
+      <c r="D112" s="3">
+        <v>2347032178165</v>
       </c>
       <c r="E112" t="s">
-        <v>402</v>
+        <v>55</v>
       </c>
       <c r="F112" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="B113" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
       <c r="C113" t="s" s="2">
-        <v>407</v>
-[...2 lines deleted...]
-        <v>2348039230038</v>
+        <v>402</v>
+      </c>
+      <c r="D113">
+        <v>7065314170</v>
       </c>
       <c r="E113" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F113" t="s">
-        <v>123</v>
+        <v>403</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="B114" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="C114" t="s" s="2">
-        <v>410</v>
-[...2 lines deleted...]
-        <v>231776188824</v>
+        <v>406</v>
+      </c>
+      <c r="D114" t="s" s="4">
+        <v>407</v>
       </c>
       <c r="E114" t="s">
-        <v>118</v>
+        <v>159</v>
       </c>
       <c r="F114" t="s">
-        <v>411</v>
+        <v>387</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>412</v>
+        <v>408</v>
       </c>
       <c r="B115" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
       <c r="C115" t="s" s="2">
-        <v>414</v>
-[...2 lines deleted...]
-        <v>46734888217</v>
+        <v>410</v>
+      </c>
+      <c r="D115" s="3">
+        <v>2348100832287</v>
       </c>
       <c r="E115" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="F115" t="s">
-        <v>415</v>
+        <v>32</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>416</v>
-[...1 lines deleted...]
-      <c r="B116"/>
+        <v>411</v>
+      </c>
+      <c r="B116" t="s">
+        <v>412</v>
+      </c>
       <c r="C116" t="s" s="2">
-        <v>417</v>
-[...1 lines deleted...]
-      <c r="D116"/>
+        <v>413</v>
+      </c>
+      <c r="D116" s="3">
+        <v>2349055916408</v>
+      </c>
       <c r="E116" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F116"/>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="B117" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
       <c r="C117" t="s" s="2">
-        <v>420</v>
-[...2 lines deleted...]
-        <v>421</v>
+        <v>416</v>
+      </c>
+      <c r="D117" s="3">
+        <v>233550318380</v>
       </c>
       <c r="E117" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F117" t="s">
-        <v>422</v>
+        <v>70</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>423</v>
+        <v>417</v>
       </c>
       <c r="B118" t="s">
-        <v>424</v>
+        <v>418</v>
       </c>
       <c r="C118" t="s" s="2">
-        <v>425</v>
-[...2 lines deleted...]
-        <v>97433906410</v>
+        <v>419</v>
+      </c>
+      <c r="D118" s="3">
+        <v>256702980274</v>
       </c>
       <c r="E118" t="s">
-        <v>33</v>
+        <v>420</v>
       </c>
       <c r="F118" t="s">
-        <v>138</v>
+        <v>32</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="B119" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="C119" t="s" s="2">
-        <v>428</v>
-[...2 lines deleted...]
-        <v>429</v>
+        <v>423</v>
+      </c>
+      <c r="D119" s="3">
+        <v>250787161722</v>
       </c>
       <c r="E119" t="s">
-        <v>430</v>
+        <v>424</v>
       </c>
       <c r="F119" t="s">
-        <v>431</v>
+        <v>32</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="B120" t="s">
-        <v>433</v>
+        <v>426</v>
       </c>
       <c r="C120" t="s" s="2">
-        <v>434</v>
-[...2 lines deleted...]
-        <v>2348036102281</v>
+        <v>427</v>
+      </c>
+      <c r="D120" s="3">
+        <v>250739301107</v>
       </c>
       <c r="E120" t="s">
-        <v>11</v>
+        <v>428</v>
       </c>
       <c r="F120" t="s">
-        <v>332</v>
+        <v>429</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>435</v>
+        <v>430</v>
       </c>
       <c r="B121" t="s">
-        <v>436</v>
+        <v>431</v>
       </c>
       <c r="C121" t="s" s="2">
-        <v>437</v>
-[...2 lines deleted...]
-        <v>23349776540</v>
+        <v>432</v>
+      </c>
+      <c r="D121" s="3">
+        <v>2347065942792</v>
       </c>
       <c r="E121" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F121" t="s">
-        <v>123</v>
+        <v>32</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>438</v>
+        <v>433</v>
       </c>
       <c r="B122" t="s">
-        <v>439</v>
+        <v>434</v>
       </c>
       <c r="C122" t="s" s="2">
-        <v>440</v>
-[...2 lines deleted...]
-        <v>2347044450338</v>
+        <v>435</v>
+      </c>
+      <c r="D122" s="3">
+        <v>233506812624</v>
       </c>
       <c r="E122" t="s">
-        <v>11</v>
+        <v>436</v>
       </c>
       <c r="F122" t="s">
-        <v>441</v>
+        <v>32</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>442</v>
+        <v>437</v>
       </c>
       <c r="B123" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="C123" t="s" s="2">
-        <v>444</v>
-[...2 lines deleted...]
-        <v>233202206380</v>
+        <v>439</v>
+      </c>
+      <c r="D123" s="3">
+        <v>2348166797776</v>
       </c>
       <c r="E123" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F123" t="s">
-        <v>12</v>
+        <v>318</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>445</v>
-[...3 lines deleted...]
-      </c>
+        <v>440</v>
+      </c>
+      <c r="B124"/>
       <c r="C124" t="s" s="2">
-        <v>447</v>
-[...3 lines deleted...]
-      </c>
+        <v>441</v>
+      </c>
+      <c r="D124"/>
       <c r="E124" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F124"/>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>450</v>
+        <v>442</v>
       </c>
       <c r="B125" t="s">
-        <v>451</v>
+        <v>443</v>
       </c>
       <c r="C125" t="s" s="2">
-        <v>452</v>
-[...2 lines deleted...]
-        <v>233247855638</v>
+        <v>444</v>
+      </c>
+      <c r="D125" s="3">
+        <v>254792155010</v>
       </c>
       <c r="E125" t="s">
-        <v>179</v>
+        <v>90</v>
       </c>
       <c r="F125" t="s">
-        <v>453</v>
+        <v>16</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>454</v>
-[...1 lines deleted...]
-      <c r="B126"/>
+        <v>445</v>
+      </c>
+      <c r="B126" t="s">
+        <v>446</v>
+      </c>
       <c r="C126" t="s" s="2">
-        <v>455</v>
-[...1 lines deleted...]
-      <c r="D126"/>
+        <v>447</v>
+      </c>
+      <c r="D126" s="3">
+        <v>256777263072</v>
+      </c>
       <c r="E126" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F126"/>
+        <v>448</v>
+      </c>
+      <c r="F126" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>456</v>
+        <v>449</v>
       </c>
       <c r="B127" t="s">
-        <v>457</v>
+        <v>450</v>
       </c>
       <c r="C127" t="s" s="2">
-        <v>458</v>
-[...2 lines deleted...]
-        <v>2348063147609</v>
+        <v>451</v>
+      </c>
+      <c r="D127" t="s" s="4">
+        <v>452</v>
       </c>
       <c r="E127" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F127" t="s">
-        <v>459</v>
+        <v>32</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>460</v>
+        <v>453</v>
       </c>
       <c r="B128" t="s">
-        <v>461</v>
+        <v>454</v>
       </c>
       <c r="C128" t="s" s="2">
-        <v>462</v>
-[...2 lines deleted...]
-        <v>2348068270109</v>
+        <v>455</v>
+      </c>
+      <c r="D128" s="3">
+        <v>2347043022222</v>
       </c>
       <c r="E128" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F128" t="s">
-        <v>463</v>
+        <v>26</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>464</v>
+        <v>456</v>
       </c>
       <c r="B129" t="s">
-        <v>465</v>
+        <v>457</v>
       </c>
       <c r="C129" t="s" s="2">
-        <v>466</v>
-[...2 lines deleted...]
-        <v>233242326275</v>
+        <v>458</v>
+      </c>
+      <c r="D129" s="3">
+        <v>27813688863</v>
       </c>
       <c r="E129" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F129" t="s">
-        <v>138</v>
+        <v>459</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>467</v>
+        <v>460</v>
       </c>
       <c r="B130" t="s">
-        <v>468</v>
+        <v>461</v>
       </c>
       <c r="C130" t="s" s="2">
-        <v>469</v>
-[...2 lines deleted...]
-        <v>2348069268818</v>
+        <v>462</v>
+      </c>
+      <c r="D130" t="s" s="4">
+        <v>463</v>
       </c>
       <c r="E130" t="s">
-        <v>11</v>
+        <v>461</v>
       </c>
       <c r="F130" t="s">
-        <v>12</v>
+        <v>461</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>470</v>
+        <v>464</v>
       </c>
       <c r="B131" t="s">
-        <v>471</v>
+        <v>465</v>
       </c>
       <c r="C131" t="s" s="2">
-        <v>472</v>
-[...2 lines deleted...]
-        <v>473</v>
+        <v>466</v>
+      </c>
+      <c r="D131" s="3">
+        <v>2348039230038</v>
       </c>
       <c r="E131" t="s">
-        <v>474</v>
+        <v>31</v>
       </c>
       <c r="F131" t="s">
-        <v>475</v>
+        <v>26</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>476</v>
+        <v>467</v>
       </c>
       <c r="B132" t="s">
-        <v>477</v>
+        <v>468</v>
       </c>
       <c r="C132" t="s" s="2">
-        <v>478</v>
-[...2 lines deleted...]
-        <v>251929523655</v>
+        <v>469</v>
+      </c>
+      <c r="D132" s="3">
+        <v>231776188824</v>
       </c>
       <c r="E132" t="s">
-        <v>479</v>
+        <v>181</v>
       </c>
       <c r="F132" t="s">
-        <v>357</v>
+        <v>470</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>480</v>
+        <v>471</v>
       </c>
       <c r="B133" t="s">
-        <v>481</v>
+        <v>472</v>
       </c>
       <c r="C133" t="s" s="2">
-        <v>482</v>
-[...2 lines deleted...]
-        <v>483</v>
+        <v>473</v>
+      </c>
+      <c r="D133" s="3">
+        <v>46734888217</v>
       </c>
       <c r="E133" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F133" t="s">
-        <v>72</v>
+        <v>474</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>484</v>
-[...3 lines deleted...]
-      </c>
+        <v>475</v>
+      </c>
+      <c r="B134"/>
       <c r="C134" t="s" s="2">
-        <v>486</v>
-[...3 lines deleted...]
-      </c>
+        <v>476</v>
+      </c>
+      <c r="D134"/>
       <c r="E134" t="s">
-        <v>130</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F134"/>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>488</v>
+        <v>477</v>
       </c>
       <c r="B135" t="s">
-        <v>489</v>
+        <v>478</v>
       </c>
       <c r="C135" t="s" s="2">
-        <v>490</v>
-[...2 lines deleted...]
-        <v>491</v>
+        <v>479</v>
+      </c>
+      <c r="D135" t="s" s="4">
+        <v>480</v>
       </c>
       <c r="E135" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="F135" t="s">
-        <v>492</v>
+        <v>481</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>493</v>
+        <v>482</v>
       </c>
       <c r="B136" t="s">
-        <v>494</v>
+        <v>483</v>
       </c>
       <c r="C136" t="s" s="2">
-        <v>495</v>
-[...2 lines deleted...]
-        <v>496</v>
+        <v>484</v>
+      </c>
+      <c r="D136" s="3">
+        <v>97433906410</v>
       </c>
       <c r="E136" t="s">
+        <v>20</v>
+      </c>
+      <c r="F136" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>497</v>
+        <v>485</v>
       </c>
       <c r="B137" t="s">
-        <v>498</v>
+        <v>486</v>
       </c>
       <c r="C137" t="s" s="2">
-        <v>499</v>
-[...2 lines deleted...]
-        <v>233246191460</v>
+        <v>487</v>
+      </c>
+      <c r="D137" t="s" s="4">
+        <v>488</v>
       </c>
       <c r="E137" t="s">
-        <v>179</v>
+        <v>489</v>
       </c>
       <c r="F137" t="s">
-        <v>12</v>
+        <v>490</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>500</v>
+        <v>491</v>
       </c>
       <c r="B138" t="s">
-        <v>501</v>
+        <v>492</v>
       </c>
       <c r="C138" t="s" s="2">
-        <v>502</v>
-[...2 lines deleted...]
-        <v>233209042078</v>
+        <v>493</v>
+      </c>
+      <c r="D138" s="3">
+        <v>2348036102281</v>
       </c>
       <c r="E138" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F138" t="s">
-        <v>503</v>
+        <v>392</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>504</v>
+        <v>494</v>
       </c>
       <c r="B139" t="s">
-        <v>505</v>
+        <v>495</v>
       </c>
       <c r="C139" t="s" s="2">
-        <v>506</v>
-[...2 lines deleted...]
-        <v>507</v>
+        <v>496</v>
+      </c>
+      <c r="D139" s="3">
+        <v>23349776540</v>
       </c>
       <c r="E139" t="s">
-        <v>508</v>
+        <v>20</v>
       </c>
       <c r="F139" t="s">
-        <v>508</v>
+        <v>26</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
-        <v>509</v>
+        <v>497</v>
       </c>
       <c r="B140" t="s">
-        <v>510</v>
+        <v>498</v>
       </c>
       <c r="C140" t="s" s="2">
-        <v>511</v>
-[...2 lines deleted...]
-        <v>233595593228</v>
+        <v>499</v>
+      </c>
+      <c r="D140" s="3">
+        <v>2347044450338</v>
       </c>
       <c r="E140" t="s">
-        <v>179</v>
+        <v>31</v>
       </c>
       <c r="F140" t="s">
-        <v>512</v>
+        <v>500</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>513</v>
+        <v>501</v>
       </c>
       <c r="B141" t="s">
-        <v>514</v>
+        <v>502</v>
       </c>
       <c r="C141" t="s" s="2">
-        <v>515</v>
-[...2 lines deleted...]
-        <v>516</v>
+        <v>503</v>
+      </c>
+      <c r="D141" s="3">
+        <v>233202206380</v>
       </c>
       <c r="E141" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F141" t="s">
-        <v>517</v>
+        <v>32</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>518</v>
+        <v>504</v>
       </c>
       <c r="B142" t="s">
-        <v>519</v>
+        <v>505</v>
       </c>
       <c r="C142" t="s" s="2">
-        <v>520</v>
-[...2 lines deleted...]
-        <v>521</v>
+        <v>506</v>
+      </c>
+      <c r="D142" t="s" s="4">
+        <v>507</v>
       </c>
       <c r="E142" t="s">
-        <v>522</v>
+        <v>55</v>
       </c>
       <c r="F142" t="s">
-        <v>487</v>
+        <v>508</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>523</v>
+        <v>509</v>
       </c>
       <c r="B143" t="s">
-        <v>524</v>
+        <v>510</v>
       </c>
       <c r="C143" t="s" s="2">
-        <v>525</v>
-[...2 lines deleted...]
-        <v>233247635888</v>
+        <v>511</v>
+      </c>
+      <c r="D143" s="3">
+        <v>233247855638</v>
       </c>
       <c r="E143" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="F143" t="s">
-        <v>258</v>
+        <v>11</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>526</v>
-[...3 lines deleted...]
-      </c>
+        <v>512</v>
+      </c>
+      <c r="B144"/>
       <c r="C144" t="s" s="2">
-        <v>528</v>
-[...3 lines deleted...]
-      </c>
+        <v>513</v>
+      </c>
+      <c r="D144"/>
       <c r="E144" t="s">
-        <v>530</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F144"/>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>531</v>
+        <v>514</v>
       </c>
       <c r="B145" t="s">
-        <v>527</v>
+        <v>515</v>
       </c>
       <c r="C145" t="s" s="2">
-        <v>528</v>
-[...2 lines deleted...]
-        <v>529</v>
+        <v>516</v>
+      </c>
+      <c r="D145" s="3">
+        <v>2348068270109</v>
       </c>
       <c r="E145" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>31</v>
+      </c>
+      <c r="F145" t="s">
+        <v>517</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>532</v>
+        <v>518</v>
       </c>
       <c r="B146" t="s">
-        <v>533</v>
+        <v>519</v>
       </c>
       <c r="C146" t="s" s="2">
-        <v>534</v>
-[...2 lines deleted...]
-        <v>2348115737271</v>
+        <v>520</v>
+      </c>
+      <c r="D146" s="3">
+        <v>233242326275</v>
       </c>
       <c r="E146" t="s">
-        <v>71</v>
+        <v>20</v>
       </c>
       <c r="F146" t="s">
-        <v>535</v>
+        <v>16</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>536</v>
+        <v>521</v>
       </c>
       <c r="B147" t="s">
-        <v>537</v>
+        <v>522</v>
       </c>
       <c r="C147" t="s" s="2">
-        <v>538</v>
-[...2 lines deleted...]
-        <v>539</v>
+        <v>523</v>
+      </c>
+      <c r="D147" s="3">
+        <v>2348069268818</v>
       </c>
       <c r="E147" t="s">
-        <v>130</v>
+        <v>31</v>
       </c>
       <c r="F147" t="s">
-        <v>540</v>
+        <v>32</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>541</v>
+        <v>524</v>
       </c>
       <c r="B148" t="s">
-        <v>542</v>
+        <v>525</v>
       </c>
       <c r="C148" t="s" s="2">
-        <v>543</v>
-[...2 lines deleted...]
-        <v>544</v>
+        <v>526</v>
+      </c>
+      <c r="D148" t="s" s="4">
+        <v>527</v>
       </c>
       <c r="E148" t="s">
-        <v>23</v>
+        <v>528</v>
       </c>
       <c r="F148" t="s">
-        <v>545</v>
+        <v>529</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
-        <v>546</v>
+        <v>530</v>
       </c>
       <c r="B149" t="s">
-        <v>547</v>
+        <v>531</v>
       </c>
       <c r="C149" t="s" s="2">
-        <v>548</v>
-[...2 lines deleted...]
-        <v>549</v>
+        <v>532</v>
+      </c>
+      <c r="D149" s="3">
+        <v>251929523655</v>
       </c>
       <c r="E149" t="s">
-        <v>16</v>
+        <v>533</v>
       </c>
       <c r="F149" t="s">
-        <v>550</v>
+        <v>70</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
-        <v>551</v>
+        <v>534</v>
       </c>
       <c r="B150" t="s">
-        <v>552</v>
+        <v>535</v>
       </c>
       <c r="C150" t="s" s="2">
-        <v>553</v>
-[...1 lines deleted...]
-      <c r="D150"/>
+        <v>536</v>
+      </c>
+      <c r="D150" t="s" s="4">
+        <v>537</v>
+      </c>
       <c r="E150" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F150"/>
+        <v>31</v>
+      </c>
+      <c r="F150" t="s">
+        <v>135</v>
+      </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
-        <v>554</v>
+        <v>538</v>
       </c>
       <c r="B151" t="s">
-        <v>555</v>
+        <v>539</v>
       </c>
       <c r="C151" t="s" s="2">
-        <v>556</v>
-[...2 lines deleted...]
-        <v>2348065626232</v>
+        <v>540</v>
+      </c>
+      <c r="D151" s="3">
+        <v>256705917912</v>
       </c>
       <c r="E151" t="s">
-        <v>16</v>
+        <v>192</v>
       </c>
       <c r="F151" t="s">
-        <v>557</v>
+        <v>541</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
-        <v>558</v>
+        <v>542</v>
       </c>
       <c r="B152" t="s">
-        <v>559</v>
+        <v>543</v>
       </c>
       <c r="C152" t="s" s="2">
-        <v>560</v>
-[...2 lines deleted...]
-        <v>561</v>
+        <v>544</v>
+      </c>
+      <c r="D152" t="s" s="4">
+        <v>545</v>
       </c>
       <c r="E152" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F152" t="s">
-        <v>562</v>
+        <v>546</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
-        <v>563</v>
-[...1 lines deleted...]
-      <c r="B153"/>
+        <v>547</v>
+      </c>
+      <c r="B153" t="s">
+        <v>548</v>
+      </c>
       <c r="C153" t="s" s="2">
-        <v>564</v>
-[...1 lines deleted...]
-      <c r="D153"/>
+        <v>549</v>
+      </c>
+      <c r="D153" t="s" s="4">
+        <v>550</v>
+      </c>
       <c r="E153" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F153"/>
+        <v>55</v>
+      </c>
+      <c r="F153" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
-        <v>565</v>
+        <v>551</v>
       </c>
       <c r="B154" t="s">
-        <v>566</v>
+        <v>552</v>
       </c>
       <c r="C154" t="s" s="2">
-        <v>567</v>
-[...2 lines deleted...]
-        <v>2349130370954</v>
+        <v>553</v>
+      </c>
+      <c r="D154" s="3">
+        <v>233246191460</v>
       </c>
       <c r="E154" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F154" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
-        <v>568</v>
+        <v>554</v>
       </c>
       <c r="B155" t="s">
-        <v>569</v>
+        <v>555</v>
       </c>
       <c r="C155" t="s" s="2">
-        <v>570</v>
-[...2 lines deleted...]
-        <v>2349161026111</v>
+        <v>556</v>
+      </c>
+      <c r="D155" s="3">
+        <v>233209042078</v>
       </c>
       <c r="E155" t="s">
-        <v>71</v>
+        <v>20</v>
       </c>
       <c r="F155" t="s">
-        <v>138</v>
+        <v>557</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
-        <v>571</v>
+        <v>558</v>
       </c>
       <c r="B156" t="s">
-        <v>572</v>
+        <v>559</v>
       </c>
       <c r="C156" t="s" s="2">
-        <v>573</v>
-[...2 lines deleted...]
-        <v>231776255806</v>
+        <v>560</v>
+      </c>
+      <c r="D156" t="s" s="4">
+        <v>561</v>
       </c>
       <c r="E156" t="s">
-        <v>118</v>
+        <v>562</v>
       </c>
       <c r="F156" t="s">
-        <v>12</v>
+        <v>562</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
-        <v>574</v>
+        <v>563</v>
       </c>
       <c r="B157" t="s">
-        <v>575</v>
+        <v>564</v>
       </c>
       <c r="C157" t="s" s="2">
-        <v>576</v>
-[...2 lines deleted...]
-        <v>233591837562</v>
+        <v>565</v>
+      </c>
+      <c r="D157" s="3">
+        <v>233595593228</v>
       </c>
       <c r="E157" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="F157" t="s">
-        <v>123</v>
+        <v>566</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
-        <v>577</v>
+        <v>567</v>
       </c>
       <c r="B158" t="s">
-        <v>578</v>
+        <v>568</v>
       </c>
       <c r="C158" t="s" s="2">
-        <v>579</v>
-[...2 lines deleted...]
-        <v>233591837562</v>
+        <v>569</v>
+      </c>
+      <c r="D158" t="s" s="4">
+        <v>570</v>
       </c>
       <c r="E158" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F158" t="s">
-        <v>138</v>
+        <v>571</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
-        <v>580</v>
+        <v>572</v>
       </c>
       <c r="B159" t="s">
-        <v>581</v>
+        <v>573</v>
       </c>
       <c r="C159" t="s" s="2">
-        <v>582</v>
-[...2 lines deleted...]
-        <v>2348148398041</v>
+        <v>574</v>
+      </c>
+      <c r="D159" t="s" s="4">
+        <v>575</v>
       </c>
       <c r="E159" t="s">
-        <v>11</v>
+        <v>576</v>
       </c>
       <c r="F159" t="s">
-        <v>12</v>
+        <v>541</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
-        <v>583</v>
+        <v>577</v>
       </c>
       <c r="B160" t="s">
-        <v>584</v>
+        <v>578</v>
       </c>
       <c r="C160" t="s" s="2">
-        <v>585</v>
-[...2 lines deleted...]
-        <v>586</v>
+        <v>579</v>
+      </c>
+      <c r="D160" s="3">
+        <v>233247635888</v>
       </c>
       <c r="E160" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F160" t="s">
-        <v>453</v>
+        <v>318</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="B161"/>
+        <v>580</v>
+      </c>
+      <c r="B161" t="s">
+        <v>581</v>
+      </c>
       <c r="C161" t="s" s="2">
-        <v>588</v>
-[...1 lines deleted...]
-      <c r="D161"/>
+        <v>582</v>
+      </c>
+      <c r="D161" t="s" s="4">
+        <v>583</v>
+      </c>
       <c r="E161" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="F161"/>
+        <v>584</v>
+      </c>
+      <c r="F161">
+        <v>100</v>
+      </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
-        <v>589</v>
+        <v>585</v>
       </c>
       <c r="B162" t="s">
-        <v>590</v>
+        <v>581</v>
       </c>
       <c r="C162" t="s" s="2">
-        <v>591</v>
-[...2 lines deleted...]
-        <v>592</v>
+        <v>582</v>
+      </c>
+      <c r="D162" t="s" s="4">
+        <v>583</v>
       </c>
       <c r="E162" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>123</v>
+        <v>584</v>
+      </c>
+      <c r="F162">
+        <v>100</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
-        <v>593</v>
-[...1 lines deleted...]
-      <c r="B163"/>
+        <v>586</v>
+      </c>
+      <c r="B163" t="s">
+        <v>587</v>
+      </c>
       <c r="C163" t="s" s="2">
-        <v>594</v>
-[...1 lines deleted...]
-      <c r="D163"/>
+        <v>588</v>
+      </c>
+      <c r="D163" s="3">
+        <v>2348115737271</v>
+      </c>
       <c r="E163" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="F163"/>
+        <v>25</v>
+      </c>
+      <c r="F163" t="s">
+        <v>589</v>
+      </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
-        <v>595</v>
+        <v>590</v>
       </c>
       <c r="B164" t="s">
-        <v>596</v>
+        <v>591</v>
       </c>
       <c r="C164" t="s" s="2">
-        <v>597</v>
-[...2 lines deleted...]
-        <v>598</v>
+        <v>592</v>
+      </c>
+      <c r="D164" t="s" s="4">
+        <v>593</v>
       </c>
       <c r="E164" t="s">
-        <v>389</v>
+        <v>192</v>
       </c>
       <c r="F164" t="s">
-        <v>599</v>
+        <v>594</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
-        <v>600</v>
-[...1 lines deleted...]
-      <c r="B165"/>
+        <v>595</v>
+      </c>
+      <c r="B165" t="s">
+        <v>596</v>
+      </c>
       <c r="C165" t="s" s="2">
-        <v>601</v>
-[...1 lines deleted...]
-      <c r="D165"/>
+        <v>597</v>
+      </c>
+      <c r="D165" t="s" s="4">
+        <v>598</v>
+      </c>
       <c r="E165" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F165"/>
+        <v>90</v>
+      </c>
+      <c r="F165" t="s">
+        <v>599</v>
+      </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
+        <v>600</v>
+      </c>
+      <c r="B166" t="s">
+        <v>601</v>
+      </c>
+      <c r="C166" t="s" s="2">
         <v>602</v>
       </c>
-      <c r="B166"/>
-      <c r="C166" t="s" s="2">
+      <c r="D166" t="s" s="4">
         <v>603</v>
       </c>
-      <c r="D166"/>
       <c r="E166" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F166"/>
+        <v>55</v>
+      </c>
+      <c r="F166" t="s">
+        <v>604</v>
+      </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
-        <v>604</v>
-[...1 lines deleted...]
-      <c r="B167"/>
+        <v>605</v>
+      </c>
+      <c r="B167" t="s">
+        <v>606</v>
+      </c>
       <c r="C167" t="s" s="2">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="D167"/>
       <c r="E167" t="s">
-        <v>606</v>
+        <v>31</v>
       </c>
       <c r="F167"/>
     </row>
     <row r="168">
       <c r="A168" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="B168" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C168" t="s" s="2">
-        <v>609</v>
-[...2 lines deleted...]
-        <v>2347067140860</v>
+        <v>610</v>
+      </c>
+      <c r="D168" s="3">
+        <v>2348065626232</v>
       </c>
       <c r="E168" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="F168" t="s">
-        <v>12</v>
+        <v>611</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="B169" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="C169" t="s" s="2">
-        <v>612</v>
-[...2 lines deleted...]
-        <v>233249566287</v>
+        <v>614</v>
+      </c>
+      <c r="D169" t="s" s="4">
+        <v>615</v>
       </c>
       <c r="E169" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F169" t="s">
-        <v>12</v>
+        <v>616</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
-        <v>613</v>
-[...3 lines deleted...]
-      </c>
+        <v>617</v>
+      </c>
+      <c r="B170"/>
       <c r="C170" t="s" s="2">
-        <v>615</v>
-[...3 lines deleted...]
-      </c>
+        <v>618</v>
+      </c>
+      <c r="D170"/>
       <c r="E170" t="s">
-        <v>530</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F170"/>
     </row>
     <row r="171">
       <c r="A171" t="s">
-        <v>617</v>
-[...1 lines deleted...]
-      <c r="B171"/>
+        <v>619</v>
+      </c>
+      <c r="B171" t="s">
+        <v>620</v>
+      </c>
       <c r="C171" t="s" s="2">
-        <v>618</v>
-[...1 lines deleted...]
-      <c r="D171"/>
+        <v>621</v>
+      </c>
+      <c r="D171" s="3">
+        <v>2349130370954</v>
+      </c>
       <c r="E171" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F171"/>
+        <v>31</v>
+      </c>
+      <c r="F171" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="B172" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
       <c r="C172" t="s" s="2">
-        <v>621</v>
-[...2 lines deleted...]
-        <v>233596070204</v>
+        <v>624</v>
+      </c>
+      <c r="D172" s="3">
+        <v>2349161026111</v>
       </c>
       <c r="E172" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="F172" t="s">
-        <v>622</v>
+        <v>16</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="B173" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="C173" t="s" s="2">
-        <v>625</v>
-[...1 lines deleted...]
-      <c r="D173"/>
+        <v>627</v>
+      </c>
+      <c r="D173" s="3">
+        <v>231776255806</v>
+      </c>
       <c r="E173" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F173"/>
+        <v>181</v>
+      </c>
+      <c r="F173" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="B174" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="C174" t="s" s="2">
-        <v>627</v>
-[...1 lines deleted...]
-      <c r="D174"/>
+        <v>630</v>
+      </c>
+      <c r="D174" s="3">
+        <v>233591837562</v>
+      </c>
       <c r="E174" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F174"/>
+        <v>20</v>
+      </c>
+      <c r="F174" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="B175" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="C175" t="s" s="2">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>2349114299540</v>
+        <v>633</v>
+      </c>
+      <c r="D175" s="3">
+        <v>233591837562</v>
       </c>
       <c r="E175" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F175" t="s">
-        <v>52</v>
+        <v>16</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="B176" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="C176" t="s" s="2">
-        <v>633</v>
-[...2 lines deleted...]
-        <v>8023440024</v>
+        <v>636</v>
+      </c>
+      <c r="D176" s="3">
+        <v>2348148398041</v>
       </c>
       <c r="E176" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F176" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="B177" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="C177" t="s" s="2">
-        <v>636</v>
-[...2 lines deleted...]
-        <v>2349030387298</v>
+        <v>639</v>
+      </c>
+      <c r="D177" t="s" s="4">
+        <v>640</v>
       </c>
       <c r="E177" t="s">
+        <v>31</v>
+      </c>
+      <c r="F177" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
-        <v>637</v>
-[...3 lines deleted...]
-      </c>
+        <v>641</v>
+      </c>
+      <c r="B178"/>
       <c r="C178" t="s" s="2">
-        <v>639</v>
-[...3 lines deleted...]
-      </c>
+        <v>642</v>
+      </c>
+      <c r="D178"/>
       <c r="E178" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="F178"/>
     </row>
     <row r="179">
       <c r="A179" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="B179" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="C179" t="s" s="2">
-        <v>643</v>
-[...2 lines deleted...]
-        <v>2348165341697</v>
+        <v>645</v>
+      </c>
+      <c r="D179" t="s" s="4">
+        <v>646</v>
       </c>
       <c r="E179" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F179" t="s">
-        <v>97</v>
+        <v>26</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
-        <v>644</v>
-[...3 lines deleted...]
-      </c>
+        <v>647</v>
+      </c>
+      <c r="B180"/>
       <c r="C180" t="s" s="2">
-        <v>646</v>
-[...3 lines deleted...]
-      </c>
+        <v>648</v>
+      </c>
+      <c r="D180"/>
       <c r="E180" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>185</v>
+      </c>
+      <c r="F180"/>
     </row>
     <row r="181">
       <c r="A181" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="B181" t="s">
-        <v>632</v>
+        <v>650</v>
       </c>
       <c r="C181" t="s" s="2">
-        <v>649</v>
-[...2 lines deleted...]
-        <v>2347036488578</v>
+        <v>651</v>
+      </c>
+      <c r="D181" t="s" s="4">
+        <v>652</v>
       </c>
       <c r="E181" t="s">
-        <v>11</v>
+        <v>448</v>
       </c>
       <c r="F181" t="s">
-        <v>453</v>
+        <v>653</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
       <c r="B182"/>
       <c r="C182" t="s" s="2">
-        <v>651</v>
+        <v>655</v>
       </c>
       <c r="D182"/>
       <c r="E182" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F182"/>
     </row>
     <row r="183">
       <c r="A183" t="s">
-        <v>652</v>
-[...3 lines deleted...]
-      </c>
+        <v>656</v>
+      </c>
+      <c r="B183"/>
       <c r="C183" t="s" s="2">
-        <v>654</v>
-[...3 lines deleted...]
-      </c>
+        <v>657</v>
+      </c>
+      <c r="D183"/>
       <c r="E183" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F183"/>
     </row>
     <row r="184">
       <c r="A184" t="s">
-        <v>656</v>
-[...3 lines deleted...]
-      </c>
+        <v>658</v>
+      </c>
+      <c r="B184"/>
       <c r="C184" t="s" s="2">
-        <v>658</v>
-[...3 lines deleted...]
-      </c>
+        <v>659</v>
+      </c>
+      <c r="D184"/>
       <c r="E184" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>660</v>
+      </c>
+      <c r="F184"/>
     </row>
     <row r="185">
       <c r="A185" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="B185" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="C185" t="s" s="2">
-        <v>661</v>
-[...1 lines deleted...]
-      <c r="D185"/>
+        <v>663</v>
+      </c>
+      <c r="D185" s="3">
+        <v>2347067140860</v>
+      </c>
       <c r="E185" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F185"/>
+        <v>31</v>
+      </c>
+      <c r="F185" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="B186" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="C186" t="s" s="2">
-        <v>664</v>
-[...2 lines deleted...]
-        <v>2348080130413</v>
+        <v>666</v>
+      </c>
+      <c r="D186" s="3">
+        <v>233249566287</v>
       </c>
       <c r="E186" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F186" t="s">
-        <v>332</v>
+        <v>32</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="B187" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="C187" t="s" s="2">
-        <v>667</v>
-[...2 lines deleted...]
-        <v>668</v>
+        <v>669</v>
+      </c>
+      <c r="D187">
+        <v>9112335200</v>
       </c>
       <c r="E187" t="s">
-        <v>11</v>
+        <v>584</v>
       </c>
       <c r="F187" t="s">
-        <v>123</v>
+        <v>670</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
-        <v>669</v>
-[...3 lines deleted...]
-      </c>
+        <v>671</v>
+      </c>
+      <c r="B188"/>
       <c r="C188" t="s" s="2">
-        <v>671</v>
-[...3 lines deleted...]
-      </c>
+        <v>672</v>
+      </c>
+      <c r="D188"/>
       <c r="E188" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F188"/>
     </row>
     <row r="189">
       <c r="A189" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="B189" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="C189" t="s" s="2">
-        <v>674</v>
-[...2 lines deleted...]
-        <v>231778166741</v>
+        <v>675</v>
+      </c>
+      <c r="D189" s="3">
+        <v>233596070204</v>
       </c>
       <c r="E189" t="s">
-        <v>118</v>
+        <v>20</v>
       </c>
       <c r="F189" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
-        <v>676</v>
-[...1 lines deleted...]
-      <c r="B190"/>
+        <v>677</v>
+      </c>
+      <c r="B190" t="s">
+        <v>678</v>
+      </c>
       <c r="C190" t="s" s="2">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="D190"/>
       <c r="E190" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F190"/>
     </row>
     <row r="191">
       <c r="A191" t="s">
+        <v>680</v>
+      </c>
+      <c r="B191" t="s">
         <v>678</v>
       </c>
-      <c r="B191" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C191" t="s" s="2">
-        <v>680</v>
-[...3 lines deleted...]
-      </c>
+        <v>681</v>
+      </c>
+      <c r="D191"/>
       <c r="E191" t="s">
-        <v>179</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F191"/>
     </row>
     <row r="192">
       <c r="A192" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="B192" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="C192" t="s" s="2">
-        <v>683</v>
-[...1 lines deleted...]
-      <c r="D192" t="s" s="3">
         <v>684</v>
       </c>
+      <c r="D192" s="3">
+        <v>2349114299540</v>
+      </c>
       <c r="E192" t="s">
-        <v>179</v>
+        <v>31</v>
       </c>
       <c r="F192" t="s">
-        <v>685</v>
+        <v>118</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
+        <v>685</v>
+      </c>
+      <c r="B193" t="s">
         <v>686</v>
       </c>
-      <c r="B193" t="s">
+      <c r="C193" t="s" s="2">
         <v>687</v>
       </c>
-      <c r="C193" t="s" s="2">
-[...3 lines deleted...]
-        <v>254712679115</v>
+      <c r="D193">
+        <v>8023440024</v>
       </c>
       <c r="E193" t="s">
-        <v>689</v>
+        <v>31</v>
       </c>
       <c r="F193" t="s">
-        <v>12</v>
+        <v>105</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
+        <v>688</v>
+      </c>
+      <c r="B194" t="s">
+        <v>689</v>
+      </c>
+      <c r="C194" t="s" s="2">
         <v>690</v>
       </c>
-      <c r="B194" t="s">
-[...6 lines deleted...]
-        <v>2349035004398</v>
+      <c r="D194" s="3">
+        <v>2349030387298</v>
       </c>
       <c r="E194" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F194" t="s">
-        <v>12</v>
+        <v>160</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
+        <v>691</v>
+      </c>
+      <c r="B195" t="s">
+        <v>692</v>
+      </c>
+      <c r="C195" t="s" s="2">
         <v>693</v>
       </c>
-      <c r="B195" t="s">
+      <c r="D195" s="3">
+        <v>97577429385</v>
+      </c>
+      <c r="E195" t="s">
+        <v>55</v>
+      </c>
+      <c r="F195" t="s">
         <v>694</v>
-      </c>
-[...10 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="B196" t="s">
-        <v>699</v>
+        <v>696</v>
       </c>
       <c r="C196" t="s" s="2">
-        <v>700</v>
-[...2 lines deleted...]
-        <v>2347031901530</v>
+        <v>697</v>
+      </c>
+      <c r="D196" s="3">
+        <v>2348165341697</v>
       </c>
       <c r="E196" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F196" t="s">
-        <v>52</v>
+        <v>160</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
+        <v>698</v>
+      </c>
+      <c r="B197" t="s">
+        <v>699</v>
+      </c>
+      <c r="C197" t="s" s="2">
+        <v>700</v>
+      </c>
+      <c r="D197" t="s" s="4">
         <v>701</v>
       </c>
-      <c r="B197" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E197" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F197" t="s">
-        <v>123</v>
+        <v>429</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
-        <v>705</v>
-[...1 lines deleted...]
-      <c r="B198"/>
+        <v>702</v>
+      </c>
+      <c r="B198" t="s">
+        <v>686</v>
+      </c>
       <c r="C198" t="s" s="2">
-        <v>706</v>
-[...1 lines deleted...]
-      <c r="D198"/>
+        <v>703</v>
+      </c>
+      <c r="D198" s="3">
+        <v>2347036488578</v>
+      </c>
       <c r="E198" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="F198"/>
+        <v>31</v>
+      </c>
+      <c r="F198" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
-        <v>707</v>
-[...3 lines deleted...]
-      </c>
+        <v>704</v>
+      </c>
+      <c r="B199"/>
       <c r="C199" t="s" s="2">
-        <v>709</v>
-[...3 lines deleted...]
-      </c>
+        <v>705</v>
+      </c>
+      <c r="D199"/>
       <c r="E199" t="s">
-        <v>179</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F199"/>
     </row>
     <row r="200">
       <c r="A200" t="s">
-        <v>711</v>
+        <v>706</v>
       </c>
       <c r="B200" t="s">
-        <v>712</v>
+        <v>707</v>
       </c>
       <c r="C200" t="s" s="2">
-        <v>713</v>
-[...2 lines deleted...]
-        <v>2348077671718</v>
+        <v>708</v>
+      </c>
+      <c r="D200" s="3">
+        <v>233558094048</v>
       </c>
       <c r="E200" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F200" t="s">
-        <v>138</v>
+        <v>709</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="B201" t="s">
-        <v>715</v>
+        <v>711</v>
       </c>
       <c r="C201" t="s" s="2">
-        <v>716</v>
-[...2 lines deleted...]
-        <v>717</v>
+        <v>712</v>
+      </c>
+      <c r="D201" s="3">
+        <v>2347078183219</v>
       </c>
       <c r="E201" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F201" t="s">
-        <v>718</v>
+        <v>11</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
-        <v>719</v>
+        <v>713</v>
       </c>
       <c r="B202" t="s">
-        <v>720</v>
+        <v>714</v>
       </c>
       <c r="C202" t="s" s="2">
-        <v>721</v>
-[...3 lines deleted...]
-      </c>
+        <v>715</v>
+      </c>
+      <c r="D202"/>
       <c r="E202" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F202"/>
     </row>
     <row r="203">
       <c r="A203" t="s">
-        <v>723</v>
+        <v>716</v>
       </c>
       <c r="B203" t="s">
-        <v>724</v>
+        <v>717</v>
       </c>
       <c r="C203" t="s" s="2">
-        <v>725</v>
-[...2 lines deleted...]
-        <v>254790493762</v>
+        <v>718</v>
+      </c>
+      <c r="D203" s="3">
+        <v>2348080130413</v>
       </c>
       <c r="E203" t="s">
-        <v>60</v>
+        <v>31</v>
       </c>
       <c r="F203" t="s">
-        <v>726</v>
+        <v>392</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s">
-        <v>727</v>
+        <v>719</v>
       </c>
       <c r="B204" t="s">
-        <v>728</v>
+        <v>720</v>
       </c>
       <c r="C204" t="s" s="2">
-        <v>729</v>
-[...2 lines deleted...]
-        <v>730</v>
+        <v>721</v>
+      </c>
+      <c r="D204" t="s" s="4">
+        <v>722</v>
       </c>
       <c r="E204" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F204" t="s">
-        <v>463</v>
+        <v>26</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s">
-        <v>731</v>
-[...1 lines deleted...]
-      <c r="B205"/>
+        <v>723</v>
+      </c>
+      <c r="B205" t="s">
+        <v>724</v>
+      </c>
       <c r="C205" t="s" s="2">
-        <v>732</v>
-[...1 lines deleted...]
-      <c r="D205"/>
+        <v>725</v>
+      </c>
+      <c r="D205" s="3">
+        <v>2348166098339</v>
+      </c>
       <c r="E205" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F205"/>
+        <v>31</v>
+      </c>
+      <c r="F205" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="206">
       <c r="A206" t="s">
-        <v>733</v>
+        <v>726</v>
       </c>
       <c r="B206" t="s">
-        <v>734</v>
+        <v>727</v>
       </c>
       <c r="C206" t="s" s="2">
-        <v>735</v>
-[...2 lines deleted...]
-        <v>256706929674</v>
+        <v>728</v>
+      </c>
+      <c r="D206" s="3">
+        <v>231778166741</v>
       </c>
       <c r="E206" t="s">
-        <v>130</v>
+        <v>181</v>
       </c>
       <c r="F206" t="s">
-        <v>736</v>
+        <v>729</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s">
-        <v>737</v>
-[...3 lines deleted...]
-      </c>
+        <v>730</v>
+      </c>
+      <c r="B207"/>
       <c r="C207" t="s" s="2">
-        <v>739</v>
-[...3 lines deleted...]
-      </c>
+        <v>731</v>
+      </c>
+      <c r="D207"/>
       <c r="E207" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F207"/>
     </row>
     <row r="208">
       <c r="A208" t="s">
-        <v>741</v>
+        <v>732</v>
       </c>
       <c r="B208" t="s">
-        <v>742</v>
+        <v>733</v>
       </c>
       <c r="C208" t="s" s="2">
-        <v>743</v>
-[...2 lines deleted...]
-        <v>2348136663220</v>
+        <v>734</v>
+      </c>
+      <c r="D208" s="3">
+        <v>233247101459</v>
       </c>
       <c r="E208" t="s">
+        <v>15</v>
+      </c>
+      <c r="F208" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>744</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s">
-        <v>745</v>
+        <v>735</v>
       </c>
       <c r="B209" t="s">
-        <v>746</v>
+        <v>736</v>
       </c>
       <c r="C209" t="s" s="2">
-        <v>747</v>
-[...2 lines deleted...]
-        <v>2348121744062</v>
+        <v>737</v>
+      </c>
+      <c r="D209" t="s" s="4">
+        <v>738</v>
       </c>
       <c r="E209" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F209" t="s">
-        <v>744</v>
+        <v>21</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s">
-        <v>748</v>
+        <v>739</v>
       </c>
       <c r="B210" t="s">
-        <v>749</v>
+        <v>740</v>
       </c>
       <c r="C210" t="s" s="2">
-        <v>750</v>
-[...2 lines deleted...]
-        <v>254706591788</v>
+        <v>741</v>
+      </c>
+      <c r="D210" s="3">
+        <v>254712679115</v>
       </c>
       <c r="E210" t="s">
-        <v>23</v>
+        <v>742</v>
       </c>
       <c r="F210" t="s">
-        <v>138</v>
+        <v>32</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s">
-        <v>751</v>
+        <v>743</v>
       </c>
       <c r="B211" t="s">
-        <v>752</v>
+        <v>744</v>
       </c>
       <c r="C211" t="s" s="2">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="D211"/>
+        <v>745</v>
+      </c>
+      <c r="D211" s="3">
+        <v>2349035004398</v>
+      </c>
       <c r="E211" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F211"/>
+        <v>31</v>
+      </c>
+      <c r="F211" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="212">
       <c r="A212" t="s">
-        <v>754</v>
+        <v>746</v>
       </c>
       <c r="B212" t="s">
-        <v>755</v>
-[...5 lines deleted...]
-        <v>923099340738</v>
+        <v>747</v>
+      </c>
+      <c r="C212" t="s" s="2">
+        <v>748</v>
+      </c>
+      <c r="D212" t="s" s="4">
+        <v>749</v>
       </c>
       <c r="E212" t="s">
-        <v>756</v>
+        <v>750</v>
       </c>
       <c r="F212" t="s">
-        <v>756</v>
+        <v>323</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s">
-        <v>757</v>
+        <v>751</v>
       </c>
       <c r="B213" t="s">
-        <v>758</v>
+        <v>752</v>
       </c>
       <c r="C213" t="s" s="2">
-        <v>759</v>
-[...2 lines deleted...]
-        <v>2347020464331</v>
+        <v>753</v>
+      </c>
+      <c r="D213" s="3">
+        <v>2347031901530</v>
       </c>
       <c r="E213" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F213" t="s">
-        <v>760</v>
+        <v>118</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s">
-        <v>761</v>
-[...1 lines deleted...]
-      <c r="B214"/>
+        <v>754</v>
+      </c>
+      <c r="B214" t="s">
+        <v>755</v>
+      </c>
       <c r="C214" t="s" s="2">
-        <v>762</v>
-[...1 lines deleted...]
-      <c r="D214"/>
+        <v>756</v>
+      </c>
+      <c r="D214" t="s" s="4">
+        <v>757</v>
+      </c>
       <c r="E214" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F214"/>
+        <v>31</v>
+      </c>
+      <c r="F214" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="215">
       <c r="A215" t="s">
-        <v>763</v>
-[...3 lines deleted...]
-      </c>
+        <v>758</v>
+      </c>
+      <c r="B215"/>
       <c r="C215" t="s" s="2">
-        <v>765</v>
-[...3 lines deleted...]
-      </c>
+        <v>759</v>
+      </c>
+      <c r="D215"/>
       <c r="E215" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="F215"/>
     </row>
     <row r="216">
       <c r="A216" t="s">
-        <v>767</v>
+        <v>760</v>
       </c>
       <c r="B216" t="s">
-        <v>768</v>
+        <v>761</v>
       </c>
       <c r="C216" t="s" s="2">
-        <v>769</v>
-[...1 lines deleted...]
-      <c r="D216"/>
+        <v>762</v>
+      </c>
+      <c r="D216" s="3">
+        <v>233540895683</v>
+      </c>
       <c r="E216" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F216"/>
+        <v>15</v>
+      </c>
+      <c r="F216" t="s">
+        <v>763</v>
+      </c>
     </row>
     <row r="217">
       <c r="A217" t="s">
-        <v>770</v>
+        <v>764</v>
       </c>
       <c r="B217" t="s">
-        <v>771</v>
+        <v>765</v>
       </c>
       <c r="C217" t="s" s="2">
-        <v>772</v>
-[...2 lines deleted...]
-        <v>773</v>
+        <v>766</v>
+      </c>
+      <c r="D217" s="3">
+        <v>2348077671718</v>
       </c>
       <c r="E217" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F217"/>
+        <v>31</v>
+      </c>
+      <c r="F217" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="218">
       <c r="A218" t="s">
-        <v>774</v>
+        <v>767</v>
       </c>
       <c r="B218" t="s">
-        <v>775</v>
+        <v>768</v>
       </c>
       <c r="C218" t="s" s="2">
-        <v>776</v>
-[...2 lines deleted...]
-        <v>233245199616</v>
+        <v>769</v>
+      </c>
+      <c r="D218" t="s" s="4">
+        <v>770</v>
       </c>
       <c r="E218" t="s">
-        <v>33</v>
+        <v>55</v>
       </c>
       <c r="F218" t="s">
-        <v>138</v>
+        <v>771</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="s">
-        <v>777</v>
+        <v>772</v>
       </c>
       <c r="B219" t="s">
-        <v>778</v>
+        <v>773</v>
       </c>
       <c r="C219" t="s" s="2">
-        <v>779</v>
-[...2 lines deleted...]
-        <v>233544122534</v>
+        <v>774</v>
+      </c>
+      <c r="D219" s="3">
+        <v>447424466521</v>
       </c>
       <c r="E219" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F219"/>
+        <v>20</v>
+      </c>
+      <c r="F219" t="s">
+        <v>775</v>
+      </c>
     </row>
     <row r="220">
       <c r="A220" t="s">
-        <v>780</v>
+        <v>776</v>
       </c>
       <c r="B220" t="s">
-        <v>781</v>
+        <v>777</v>
       </c>
       <c r="C220" t="s" s="2">
-        <v>782</v>
-[...2 lines deleted...]
-        <v>783</v>
+        <v>778</v>
+      </c>
+      <c r="D220" s="3">
+        <v>254790493762</v>
       </c>
       <c r="E220" t="s">
-        <v>784</v>
+        <v>10</v>
       </c>
       <c r="F220" t="s">
-        <v>785</v>
+        <v>779</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="s">
-        <v>786</v>
+        <v>780</v>
       </c>
       <c r="B221" t="s">
-        <v>787</v>
+        <v>781</v>
       </c>
       <c r="C221" t="s" s="2">
-        <v>788</v>
-[...2 lines deleted...]
-        <v>2348147250423</v>
+        <v>782</v>
+      </c>
+      <c r="D221" t="s" s="4">
+        <v>783</v>
       </c>
       <c r="E221" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F221" t="s">
-        <v>34</v>
+        <v>517</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="s">
-        <v>789</v>
+        <v>784</v>
       </c>
       <c r="B222"/>
       <c r="C222" t="s" s="2">
-        <v>790</v>
+        <v>785</v>
       </c>
       <c r="D222"/>
       <c r="E222" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F222"/>
     </row>
     <row r="223">
       <c r="A223" t="s">
-        <v>791</v>
+        <v>786</v>
       </c>
       <c r="B223" t="s">
-        <v>792</v>
+        <v>787</v>
       </c>
       <c r="C223" t="s" s="2">
-        <v>793</v>
-[...2 lines deleted...]
-        <v>2348135836454</v>
+        <v>788</v>
+      </c>
+      <c r="D223" s="3">
+        <v>256706929674</v>
       </c>
       <c r="E223" t="s">
-        <v>11</v>
+        <v>192</v>
       </c>
       <c r="F223" t="s">
-        <v>211</v>
+        <v>789</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="s">
-        <v>794</v>
-[...1 lines deleted...]
-      <c r="B224"/>
+        <v>790</v>
+      </c>
+      <c r="B224" t="s">
+        <v>791</v>
+      </c>
       <c r="C224" t="s" s="2">
-        <v>795</v>
-[...1 lines deleted...]
-      <c r="D224"/>
+        <v>792</v>
+      </c>
+      <c r="D224" t="s" s="4">
+        <v>793</v>
+      </c>
       <c r="E224" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F224"/>
+        <v>55</v>
+      </c>
+      <c r="F224" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="225">
       <c r="A225" t="s">
+        <v>794</v>
+      </c>
+      <c r="B225" t="s">
+        <v>795</v>
+      </c>
+      <c r="C225" t="s" s="2">
         <v>796</v>
       </c>
-      <c r="B225" t="s">
+      <c r="D225" s="3">
+        <v>2348136663220</v>
+      </c>
+      <c r="E225" t="s">
+        <v>31</v>
+      </c>
+      <c r="F225" t="s">
         <v>797</v>
-      </c>
-[...10 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="s">
+        <v>798</v>
+      </c>
+      <c r="B226" t="s">
         <v>799</v>
       </c>
-      <c r="B226"/>
       <c r="C226" t="s" s="2">
         <v>800</v>
       </c>
-      <c r="D226"/>
+      <c r="D226" s="3">
+        <v>2348121744062</v>
+      </c>
       <c r="E226" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F226"/>
+        <v>31</v>
+      </c>
+      <c r="F226" t="s">
+        <v>797</v>
+      </c>
     </row>
     <row r="227">
       <c r="A227" t="s">
         <v>801</v>
       </c>
       <c r="B227" t="s">
         <v>802</v>
       </c>
       <c r="C227" t="s" s="2">
         <v>803</v>
       </c>
-      <c r="D227" s="4">
-        <v>2348067745184</v>
+      <c r="D227" s="3">
+        <v>254706591788</v>
       </c>
       <c r="E227" t="s">
-        <v>11</v>
+        <v>90</v>
       </c>
       <c r="F227" t="s">
-        <v>804</v>
+        <v>16</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="s">
+        <v>804</v>
+      </c>
+      <c r="B228" t="s">
         <v>805</v>
       </c>
-      <c r="B228"/>
       <c r="C228" t="s" s="2">
         <v>806</v>
       </c>
       <c r="D228"/>
       <c r="E228" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F228"/>
     </row>
     <row r="229">
       <c r="A229" t="s">
         <v>807</v>
       </c>
       <c r="B229" t="s">
         <v>808</v>
       </c>
-      <c r="C229" t="s" s="2">
+      <c r="C229">
+        <v>1234</v>
+      </c>
+      <c r="D229" s="3">
+        <v>923099340738</v>
+      </c>
+      <c r="E229" t="s">
         <v>809</v>
       </c>
-      <c r="D229" s="4">
-[...4 lines deleted...]
-      </c>
       <c r="F229" t="s">
-        <v>810</v>
+        <v>809</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="s">
+        <v>810</v>
+      </c>
+      <c r="B230" t="s">
         <v>811</v>
       </c>
-      <c r="B230" t="s">
+      <c r="C230" t="s" s="2">
         <v>812</v>
       </c>
-      <c r="C230" t="s" s="2">
+      <c r="D230" s="3">
+        <v>2347020464331</v>
+      </c>
+      <c r="E230" t="s">
+        <v>31</v>
+      </c>
+      <c r="F230" t="s">
         <v>813</v>
-      </c>
-[...7 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="s">
         <v>814</v>
       </c>
-      <c r="B231" t="s">
+      <c r="B231"/>
+      <c r="C231" t="s" s="2">
         <v>815</v>
       </c>
-      <c r="C231" t="s" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="D231"/>
       <c r="E231" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F231"/>
     </row>
     <row r="232">
       <c r="A232" t="s">
+        <v>816</v>
+      </c>
+      <c r="B232" t="s">
         <v>817</v>
       </c>
-      <c r="B232" t="s">
+      <c r="C232" t="s" s="2">
         <v>818</v>
       </c>
-      <c r="C232" t="s" s="2">
+      <c r="D232" s="3">
+        <v>2347067452982</v>
+      </c>
+      <c r="E232" t="s">
+        <v>31</v>
+      </c>
+      <c r="F232" t="s">
         <v>819</v>
-      </c>
-[...7 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="s">
+        <v>820</v>
+      </c>
+      <c r="B233" t="s">
         <v>821</v>
       </c>
-      <c r="B233" t="s">
+      <c r="C233" t="s" s="2">
         <v>822</v>
       </c>
-      <c r="C233" t="s" s="2">
+      <c r="D233" t="s" s="4">
         <v>823</v>
       </c>
-      <c r="D233"/>
       <c r="E233" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F233"/>
     </row>
     <row r="234">
       <c r="A234" t="s">
         <v>824</v>
       </c>
       <c r="B234" t="s">
         <v>825</v>
       </c>
       <c r="C234" t="s" s="2">
         <v>826</v>
       </c>
-      <c r="D234"/>
+      <c r="D234" s="3">
+        <v>233245199616</v>
+      </c>
       <c r="E234" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F234"/>
+        <v>20</v>
+      </c>
+      <c r="F234" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="235">
       <c r="A235" t="s">
         <v>827</v>
       </c>
       <c r="B235" t="s">
         <v>828</v>
       </c>
       <c r="C235" t="s" s="2">
         <v>829</v>
       </c>
-      <c r="D235" t="s" s="3">
-        <v>830</v>
+      <c r="D235" s="3">
+        <v>233544122534</v>
       </c>
       <c r="E235" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F235"/>
     </row>
     <row r="236">
       <c r="A236" t="s">
+        <v>830</v>
+      </c>
+      <c r="B236" t="s">
         <v>831</v>
       </c>
-      <c r="B236" t="s">
+      <c r="C236" t="s" s="2">
         <v>832</v>
       </c>
-      <c r="C236" t="s" s="2">
+      <c r="D236" t="s" s="4">
         <v>833</v>
       </c>
-      <c r="D236" t="s" s="3">
+      <c r="E236" t="s">
         <v>834</v>
       </c>
-      <c r="E236" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F236" t="s">
-        <v>12</v>
+        <v>835</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="B237" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="C237" t="s" s="2">
-        <v>837</v>
-[...2 lines deleted...]
-        <v>233548355021</v>
+        <v>838</v>
+      </c>
+      <c r="D237" s="3">
+        <v>2348147250423</v>
       </c>
       <c r="E237" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F237" t="s">
-        <v>12</v>
+        <v>100</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="s">
-        <v>838</v>
-[...1 lines deleted...]
-      <c r="B238" t="s">
         <v>839</v>
       </c>
+      <c r="B238"/>
       <c r="C238" t="s" s="2">
         <v>840</v>
       </c>
-      <c r="D238" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="D238"/>
       <c r="E238" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F238"/>
     </row>
     <row r="239">
       <c r="A239" t="s">
+        <v>841</v>
+      </c>
+      <c r="B239" t="s">
         <v>842</v>
       </c>
-      <c r="B239" t="s">
+      <c r="C239" t="s" s="2">
         <v>843</v>
       </c>
-      <c r="C239" t="s" s="2">
-[...3 lines deleted...]
-        <v>845</v>
+      <c r="D239" s="3">
+        <v>2348135836454</v>
       </c>
       <c r="E239" t="s">
-        <v>179</v>
+        <v>31</v>
       </c>
       <c r="F239" t="s">
-        <v>138</v>
+        <v>271</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="s">
-        <v>846</v>
-[...3 lines deleted...]
-      </c>
+        <v>844</v>
+      </c>
+      <c r="B240"/>
       <c r="C240" t="s" s="2">
-        <v>848</v>
-[...3 lines deleted...]
-      </c>
+        <v>845</v>
+      </c>
+      <c r="D240"/>
       <c r="E240" t="s">
-        <v>179</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F240"/>
     </row>
     <row r="241">
       <c r="A241" t="s">
-        <v>850</v>
+        <v>846</v>
       </c>
       <c r="B241" t="s">
-        <v>851</v>
+        <v>847</v>
       </c>
       <c r="C241" t="s" s="2">
-        <v>852</v>
-[...2 lines deleted...]
-        <v>853</v>
+        <v>848</v>
+      </c>
+      <c r="D241" s="3">
+        <v>2348149443386</v>
       </c>
       <c r="E241" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F241" t="s">
-        <v>12</v>
+        <v>318</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="s">
-        <v>854</v>
-[...3 lines deleted...]
-      </c>
+        <v>849</v>
+      </c>
+      <c r="B242"/>
       <c r="C242" t="s" s="2">
-        <v>856</v>
-[...3 lines deleted...]
-      </c>
+        <v>850</v>
+      </c>
+      <c r="D242"/>
       <c r="E242" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F242"/>
     </row>
     <row r="243">
       <c r="A243" t="s">
-        <v>857</v>
-[...1 lines deleted...]
-      <c r="B243"/>
+        <v>851</v>
+      </c>
+      <c r="B243" t="s">
+        <v>852</v>
+      </c>
       <c r="C243" t="s" s="2">
-        <v>858</v>
-[...1 lines deleted...]
-      <c r="D243"/>
+        <v>853</v>
+      </c>
+      <c r="D243" s="3">
+        <v>2348067745184</v>
+      </c>
       <c r="E243" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F243"/>
+        <v>31</v>
+      </c>
+      <c r="F243" t="s">
+        <v>854</v>
+      </c>
     </row>
     <row r="244">
       <c r="A244" t="s">
-        <v>859</v>
-[...3 lines deleted...]
-      </c>
+        <v>855</v>
+      </c>
+      <c r="B244"/>
       <c r="C244" t="s" s="2">
-        <v>861</v>
-[...3 lines deleted...]
-      </c>
+        <v>856</v>
+      </c>
+      <c r="D244"/>
       <c r="E244" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F244"/>
     </row>
     <row r="245">
       <c r="A245" t="s">
-        <v>862</v>
+        <v>857</v>
       </c>
       <c r="B245" t="s">
-        <v>863</v>
+        <v>858</v>
       </c>
       <c r="C245" t="s" s="2">
-        <v>864</v>
-[...2 lines deleted...]
-        <v>254705642949</v>
+        <v>859</v>
+      </c>
+      <c r="D245" s="3">
+        <v>2349077379611</v>
       </c>
       <c r="E245" t="s">
-        <v>60</v>
+        <v>31</v>
       </c>
       <c r="F245" t="s">
-        <v>138</v>
+        <v>860</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="s">
-        <v>865</v>
+        <v>861</v>
       </c>
       <c r="B246" t="s">
-        <v>866</v>
+        <v>862</v>
       </c>
       <c r="C246" t="s" s="2">
-        <v>867</v>
-[...2 lines deleted...]
-        <v>868</v>
+        <v>863</v>
+      </c>
+      <c r="D246">
+        <v>8038350695</v>
       </c>
       <c r="E246" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F246" t="s">
-        <v>97</v>
+        <v>32</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="s">
-        <v>869</v>
-[...1 lines deleted...]
-      <c r="B247"/>
+        <v>864</v>
+      </c>
+      <c r="B247" t="s">
+        <v>865</v>
+      </c>
       <c r="C247" t="s" s="2">
-        <v>870</v>
-[...1 lines deleted...]
-      <c r="D247"/>
+        <v>866</v>
+      </c>
+      <c r="D247" s="3">
+        <v>2347063604283</v>
+      </c>
       <c r="E247" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="F247"/>
+        <v>55</v>
+      </c>
+      <c r="F247" t="s">
+        <v>604</v>
+      </c>
     </row>
     <row r="248">
       <c r="A248" t="s">
-        <v>871</v>
+        <v>867</v>
       </c>
       <c r="B248" t="s">
-        <v>872</v>
+        <v>868</v>
       </c>
       <c r="C248" t="s" s="2">
-        <v>873</v>
-[...2 lines deleted...]
-        <v>2347037886074</v>
+        <v>869</v>
+      </c>
+      <c r="D248" t="s" s="4">
+        <v>870</v>
       </c>
       <c r="E248" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F248" t="s">
-        <v>12</v>
+        <v>314</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="s">
-        <v>874</v>
+        <v>871</v>
       </c>
       <c r="B249" t="s">
-        <v>875</v>
+        <v>872</v>
       </c>
       <c r="C249" t="s" s="2">
-        <v>876</v>
-[...3 lines deleted...]
-      </c>
+        <v>873</v>
+      </c>
+      <c r="D249"/>
       <c r="E249" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F249"/>
     </row>
     <row r="250">
       <c r="A250" t="s">
-        <v>877</v>
+        <v>874</v>
       </c>
       <c r="B250" t="s">
-        <v>878</v>
+        <v>875</v>
       </c>
       <c r="C250" t="s" s="2">
-        <v>879</v>
-[...3 lines deleted...]
-      </c>
+        <v>876</v>
+      </c>
+      <c r="D250"/>
       <c r="E250" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F250"/>
     </row>
     <row r="251">
       <c r="A251" t="s">
-        <v>881</v>
-[...1 lines deleted...]
-      <c r="B251"/>
+        <v>877</v>
+      </c>
+      <c r="B251" t="s">
+        <v>878</v>
+      </c>
       <c r="C251" t="s" s="2">
-        <v>882</v>
-[...1 lines deleted...]
-      <c r="D251"/>
+        <v>879</v>
+      </c>
+      <c r="D251" t="s" s="4">
+        <v>880</v>
+      </c>
       <c r="E251" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F251"/>
+        <v>31</v>
+      </c>
+      <c r="F251" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="252">
       <c r="A252" t="s">
+        <v>881</v>
+      </c>
+      <c r="B252" t="s">
+        <v>882</v>
+      </c>
+      <c r="C252" t="s" s="2">
         <v>883</v>
       </c>
-      <c r="B252" t="s">
+      <c r="D252" t="s" s="4">
         <v>884</v>
       </c>
-      <c r="C252" t="s" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="E252" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F252" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="s">
+        <v>885</v>
+      </c>
+      <c r="B253" t="s">
         <v>886</v>
       </c>
-      <c r="B253" t="s">
+      <c r="C253" t="s" s="2">
         <v>887</v>
       </c>
-      <c r="C253" t="s" s="2">
-[...3 lines deleted...]
-        <v>447473806654</v>
+      <c r="D253" s="3">
+        <v>233548355021</v>
       </c>
       <c r="E253" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F253" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="s">
+        <v>888</v>
+      </c>
+      <c r="B254" t="s">
         <v>889</v>
       </c>
-      <c r="B254" t="s">
+      <c r="C254" t="s" s="2">
         <v>890</v>
       </c>
-      <c r="C254" t="s" s="2">
+      <c r="D254" s="3">
+        <v>2347031476303</v>
+      </c>
+      <c r="E254" t="s">
+        <v>31</v>
+      </c>
+      <c r="F254" t="s">
         <v>891</v>
-      </c>
-[...7 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="s">
+        <v>892</v>
+      </c>
+      <c r="B255" t="s">
         <v>893</v>
       </c>
-      <c r="B255" t="s">
+      <c r="C255" t="s" s="2">
         <v>894</v>
       </c>
-      <c r="C255" t="s" s="2">
+      <c r="D255" t="s" s="4">
         <v>895</v>
       </c>
-      <c r="D255" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="E255" t="s">
-        <v>896</v>
+        <v>15</v>
       </c>
       <c r="F255" t="s">
-        <v>897</v>
+        <v>16</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="s">
+        <v>896</v>
+      </c>
+      <c r="B256" t="s">
+        <v>897</v>
+      </c>
+      <c r="C256" t="s" s="2">
         <v>898</v>
       </c>
-      <c r="B256" t="s">
+      <c r="D256" t="s" s="4">
         <v>899</v>
       </c>
-      <c r="C256" t="s" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="E256" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="F256" t="s">
-        <v>901</v>
+        <v>26</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="s">
+        <v>900</v>
+      </c>
+      <c r="B257" t="s">
+        <v>901</v>
+      </c>
+      <c r="C257" t="s" s="2">
         <v>902</v>
       </c>
-      <c r="B257" t="s">
+      <c r="D257" t="s" s="4">
         <v>903</v>
       </c>
-      <c r="C257" t="s" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="E257" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F257" t="s">
-        <v>905</v>
+        <v>32</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="s">
+        <v>904</v>
+      </c>
+      <c r="B258" t="s">
+        <v>905</v>
+      </c>
+      <c r="C258" t="s" s="2">
         <v>906</v>
       </c>
-      <c r="B258" t="s">
-[...6 lines deleted...]
-        <v>233541092474</v>
+      <c r="D258" s="3">
+        <v>2348107723288</v>
       </c>
       <c r="E258" t="s">
-        <v>33</v>
+        <v>55</v>
       </c>
       <c r="F258" t="s">
-        <v>12</v>
+        <v>47</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="s">
-        <v>909</v>
-[...3 lines deleted...]
-      </c>
+        <v>907</v>
+      </c>
+      <c r="B259"/>
       <c r="C259" t="s" s="2">
-        <v>911</v>
-[...3 lines deleted...]
-      </c>
+        <v>908</v>
+      </c>
+      <c r="D259"/>
       <c r="E259" t="s">
-        <v>913</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F259"/>
     </row>
     <row r="260">
       <c r="A260" t="s">
-        <v>915</v>
+        <v>909</v>
       </c>
       <c r="B260" t="s">
-        <v>916</v>
+        <v>910</v>
       </c>
       <c r="C260" t="s" s="2">
-        <v>917</v>
-[...2 lines deleted...]
-        <v>995555591475</v>
+        <v>911</v>
+      </c>
+      <c r="D260" s="3">
+        <v>234810440899</v>
       </c>
       <c r="E260" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="F260" t="s">
-        <v>918</v>
+        <v>529</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="s">
-        <v>919</v>
+        <v>912</v>
       </c>
       <c r="B261" t="s">
-        <v>920</v>
+        <v>913</v>
       </c>
       <c r="C261" t="s" s="2">
-        <v>921</v>
-[...2 lines deleted...]
-        <v>2347064369964</v>
+        <v>914</v>
+      </c>
+      <c r="D261" s="3">
+        <v>254705642949</v>
       </c>
       <c r="E261" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F261" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="s">
-        <v>922</v>
+        <v>915</v>
       </c>
       <c r="B262" t="s">
-        <v>923</v>
+        <v>916</v>
       </c>
       <c r="C262" t="s" s="2">
-        <v>924</v>
-[...2 lines deleted...]
-        <v>233271845778</v>
+        <v>917</v>
+      </c>
+      <c r="D262" t="s" s="4">
+        <v>918</v>
       </c>
       <c r="E262" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F262" t="s">
-        <v>475</v>
+        <v>160</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="s">
-        <v>925</v>
-[...3 lines deleted...]
-      </c>
+        <v>919</v>
+      </c>
+      <c r="B263"/>
       <c r="C263" t="s" s="2">
-        <v>927</v>
-[...3 lines deleted...]
-      </c>
+        <v>920</v>
+      </c>
+      <c r="D263"/>
       <c r="E263" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="F263"/>
     </row>
     <row r="264">
       <c r="A264" t="s">
-        <v>928</v>
+        <v>921</v>
       </c>
       <c r="B264" t="s">
-        <v>929</v>
+        <v>922</v>
       </c>
       <c r="C264" t="s" s="2">
-        <v>930</v>
-[...2 lines deleted...]
-        <v>9032282233</v>
+        <v>923</v>
+      </c>
+      <c r="D264" s="3">
+        <v>2347037886074</v>
       </c>
       <c r="E264" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F264" t="s">
-        <v>562</v>
+        <v>32</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="s">
-        <v>931</v>
+        <v>924</v>
       </c>
       <c r="B265" t="s">
-        <v>932</v>
+        <v>925</v>
       </c>
       <c r="C265" t="s" s="2">
-        <v>933</v>
-[...2 lines deleted...]
-        <v>934</v>
+        <v>926</v>
+      </c>
+      <c r="D265" s="3">
+        <v>2349075121458</v>
       </c>
       <c r="E265" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F265" t="s">
-        <v>12</v>
+        <v>95</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="s">
-        <v>935</v>
+        <v>927</v>
       </c>
       <c r="B266" t="s">
-        <v>936</v>
+        <v>928</v>
       </c>
       <c r="C266" t="s" s="2">
-        <v>937</v>
-[...2 lines deleted...]
-        <v>2348034189720</v>
+        <v>929</v>
+      </c>
+      <c r="D266" t="s" s="4">
+        <v>930</v>
       </c>
       <c r="E266" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F266" t="s">
-        <v>123</v>
+        <v>255</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="s">
-        <v>938</v>
-[...3 lines deleted...]
-      </c>
+        <v>931</v>
+      </c>
+      <c r="B267"/>
       <c r="C267" t="s" s="2">
-        <v>940</v>
-[...3 lines deleted...]
-      </c>
+        <v>932</v>
+      </c>
+      <c r="D267"/>
       <c r="E267" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F267"/>
     </row>
     <row r="268">
       <c r="A268" t="s">
-        <v>941</v>
+        <v>933</v>
       </c>
       <c r="B268" t="s">
-        <v>942</v>
+        <v>934</v>
       </c>
       <c r="C268" t="s" s="2">
-        <v>943</v>
-[...2 lines deleted...]
-        <v>944</v>
+        <v>935</v>
+      </c>
+      <c r="D268" s="3">
+        <v>2347065389271</v>
       </c>
       <c r="E268" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F268" t="s">
-        <v>945</v>
+        <v>32</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="s">
-        <v>946</v>
+        <v>936</v>
       </c>
       <c r="B269" t="s">
-        <v>947</v>
+        <v>937</v>
       </c>
       <c r="C269" t="s" s="2">
-        <v>948</v>
-[...2 lines deleted...]
-        <v>2347054588642</v>
+        <v>938</v>
+      </c>
+      <c r="D269" s="3">
+        <v>447473806654</v>
       </c>
       <c r="E269" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F269" t="s">
-        <v>123</v>
+        <v>32</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="s">
-        <v>949</v>
+        <v>939</v>
       </c>
       <c r="B270" t="s">
-        <v>950</v>
+        <v>940</v>
       </c>
       <c r="C270" t="s" s="2">
-        <v>951</v>
-[...2 lines deleted...]
-        <v>952</v>
+        <v>941</v>
+      </c>
+      <c r="D270" t="s" s="4">
+        <v>942</v>
       </c>
       <c r="E270" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F270" t="s">
-        <v>953</v>
+        <v>16</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="s">
-        <v>954</v>
+        <v>943</v>
       </c>
       <c r="B271" t="s">
-        <v>955</v>
+        <v>944</v>
       </c>
       <c r="C271" t="s" s="2">
-        <v>956</v>
-[...2 lines deleted...]
-        <v>2347063422074</v>
+        <v>945</v>
+      </c>
+      <c r="D271" s="3">
+        <v>27784925908</v>
       </c>
       <c r="E271" t="s">
-        <v>11</v>
+        <v>946</v>
       </c>
       <c r="F271" t="s">
-        <v>957</v>
+        <v>947</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="s">
-        <v>958</v>
-[...1 lines deleted...]
-      <c r="B272"/>
+        <v>948</v>
+      </c>
+      <c r="B272" t="s">
+        <v>949</v>
+      </c>
       <c r="C272" t="s" s="2">
-        <v>959</v>
-[...1 lines deleted...]
-      <c r="D272"/>
+        <v>950</v>
+      </c>
+      <c r="D272" s="3">
+        <v>233240714077</v>
+      </c>
       <c r="E272" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F272"/>
+        <v>20</v>
+      </c>
+      <c r="F272" t="s">
+        <v>951</v>
+      </c>
     </row>
     <row r="273">
       <c r="A273" t="s">
-        <v>960</v>
+        <v>952</v>
       </c>
       <c r="B273" t="s">
-        <v>961</v>
+        <v>953</v>
       </c>
       <c r="C273" t="s" s="2">
-        <v>962</v>
-[...2 lines deleted...]
-        <v>2205156626</v>
+        <v>954</v>
+      </c>
+      <c r="D273" s="3">
+        <v>61413107612</v>
       </c>
       <c r="E273" t="s">
-        <v>963</v>
+        <v>55</v>
       </c>
       <c r="F273" t="s">
-        <v>34</v>
+        <v>955</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="s">
-        <v>964</v>
+        <v>956</v>
       </c>
       <c r="B274" t="s">
-        <v>965</v>
+        <v>957</v>
       </c>
       <c r="C274" t="s" s="2">
-        <v>966</v>
-[...2 lines deleted...]
-        <v>233593142901</v>
+        <v>958</v>
+      </c>
+      <c r="D274" s="3">
+        <v>233541092474</v>
       </c>
       <c r="E274" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F274" t="s">
-        <v>138</v>
+        <v>32</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="s">
-        <v>967</v>
+        <v>959</v>
       </c>
       <c r="B275" t="s">
-        <v>968</v>
+        <v>960</v>
       </c>
       <c r="C275" t="s" s="2">
-        <v>969</v>
-[...2 lines deleted...]
-        <v>233541923182</v>
+        <v>961</v>
+      </c>
+      <c r="D275" t="s" s="4">
+        <v>962</v>
       </c>
       <c r="E275" t="s">
-        <v>142</v>
+        <v>963</v>
       </c>
       <c r="F275" t="s">
-        <v>12</v>
+        <v>964</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="s">
-        <v>970</v>
+        <v>965</v>
       </c>
       <c r="B276" t="s">
-        <v>971</v>
+        <v>966</v>
       </c>
       <c r="C276" t="s" s="2">
-        <v>972</v>
-[...2 lines deleted...]
-        <v>973</v>
+        <v>967</v>
+      </c>
+      <c r="D276" s="3">
+        <v>995555591475</v>
       </c>
       <c r="E276" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F276" t="s">
-        <v>974</v>
+        <v>968</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="s">
-        <v>975</v>
+        <v>969</v>
       </c>
       <c r="B277" t="s">
-        <v>976</v>
+        <v>970</v>
       </c>
       <c r="C277" t="s" s="2">
-        <v>977</v>
-[...2 lines deleted...]
-        <v>27796440008</v>
+        <v>971</v>
+      </c>
+      <c r="D277" s="3">
+        <v>2347064369964</v>
       </c>
       <c r="E277" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F277" t="s">
-        <v>138</v>
+        <v>32</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="s">
-        <v>978</v>
+        <v>972</v>
       </c>
       <c r="B278" t="s">
-        <v>979</v>
+        <v>973</v>
       </c>
       <c r="C278" t="s" s="2">
-        <v>980</v>
-[...2 lines deleted...]
-        <v>981</v>
+        <v>974</v>
+      </c>
+      <c r="D278" s="3">
+        <v>233271845778</v>
       </c>
       <c r="E278" t="s">
-        <v>142</v>
+        <v>20</v>
       </c>
       <c r="F278" t="s">
-        <v>263</v>
+        <v>529</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="s">
-        <v>982</v>
+        <v>975</v>
       </c>
       <c r="B279" t="s">
-        <v>983</v>
+        <v>976</v>
       </c>
       <c r="C279" t="s" s="2">
-        <v>984</v>
-[...2 lines deleted...]
-        <v>2348120084668</v>
+        <v>977</v>
+      </c>
+      <c r="D279" s="3">
+        <v>447876836125</v>
       </c>
       <c r="E279" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F279" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="s">
-        <v>985</v>
+        <v>978</v>
       </c>
       <c r="B280" t="s">
-        <v>986</v>
+        <v>979</v>
       </c>
       <c r="C280" t="s" s="2">
-        <v>987</v>
-[...2 lines deleted...]
-        <v>988</v>
+        <v>980</v>
+      </c>
+      <c r="D280">
+        <v>9032282233</v>
       </c>
       <c r="E280" t="s">
-        <v>989</v>
+        <v>31</v>
       </c>
       <c r="F280" t="s">
-        <v>990</v>
+        <v>616</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="s">
-        <v>991</v>
+        <v>981</v>
       </c>
       <c r="B281" t="s">
-        <v>992</v>
+        <v>982</v>
       </c>
       <c r="C281" t="s" s="2">
-        <v>993</v>
-[...2 lines deleted...]
-        <v>994</v>
+        <v>983</v>
+      </c>
+      <c r="D281" t="s" s="4">
+        <v>984</v>
       </c>
       <c r="E281" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F281" t="s">
-        <v>995</v>
+        <v>32</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="s">
-        <v>996</v>
+        <v>985</v>
       </c>
       <c r="B282" t="s">
-        <v>997</v>
+        <v>986</v>
       </c>
       <c r="C282" t="s" s="2">
-        <v>998</v>
-[...2 lines deleted...]
-        <v>999</v>
+        <v>987</v>
+      </c>
+      <c r="D282" s="3">
+        <v>2348034189720</v>
       </c>
       <c r="E282" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F282" t="s">
-        <v>123</v>
+        <v>26</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="s">
-        <v>1000</v>
+        <v>988</v>
       </c>
       <c r="B283" t="s">
-        <v>1001</v>
+        <v>989</v>
       </c>
       <c r="C283" t="s" s="2">
-        <v>1002</v>
-[...2 lines deleted...]
-        <v>2348162789287</v>
+        <v>990</v>
+      </c>
+      <c r="D283" s="3">
+        <v>2349055853040</v>
       </c>
       <c r="E283" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="F283" t="s">
-        <v>1003</v>
+        <v>105</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="s">
-        <v>1004</v>
+        <v>991</v>
       </c>
       <c r="B284" t="s">
-        <v>1005</v>
+        <v>992</v>
       </c>
       <c r="C284" t="s" s="2">
-        <v>1006</v>
-[...2 lines deleted...]
-        <v>1007</v>
+        <v>993</v>
+      </c>
+      <c r="D284" t="s" s="4">
+        <v>994</v>
       </c>
       <c r="E284" t="s">
-        <v>179</v>
+        <v>31</v>
       </c>
       <c r="F284" t="s">
-        <v>123</v>
+        <v>995</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="s">
-        <v>1008</v>
+        <v>996</v>
       </c>
       <c r="B285" t="s">
-        <v>1009</v>
+        <v>997</v>
       </c>
       <c r="C285" t="s" s="2">
-        <v>1010</v>
-[...2 lines deleted...]
-        <v>233554365477</v>
+        <v>998</v>
+      </c>
+      <c r="D285" s="3">
+        <v>2347054588642</v>
       </c>
       <c r="E285" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F285" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="s">
-        <v>1011</v>
+        <v>999</v>
       </c>
       <c r="B286" t="s">
-        <v>1012</v>
+        <v>1000</v>
       </c>
       <c r="C286" t="s" s="2">
-        <v>1013</v>
-[...2 lines deleted...]
-        <v>23409020585509</v>
+        <v>1001</v>
+      </c>
+      <c r="D286" t="s" s="4">
+        <v>1002</v>
       </c>
       <c r="E286" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F286" t="s">
-        <v>1014</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="s">
-        <v>1015</v>
+        <v>1004</v>
       </c>
       <c r="B287" t="s">
-        <v>1016</v>
+        <v>1005</v>
       </c>
       <c r="C287" t="s" s="2">
-        <v>1017</v>
-[...2 lines deleted...]
-        <v>231880114643</v>
+        <v>1006</v>
+      </c>
+      <c r="D287" s="3">
+        <v>2347063422074</v>
       </c>
       <c r="E287" t="s">
-        <v>118</v>
+        <v>31</v>
       </c>
       <c r="F287" t="s">
-        <v>1018</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="s">
-        <v>1019</v>
-[...3 lines deleted...]
-      </c>
+        <v>1008</v>
+      </c>
+      <c r="B288"/>
       <c r="C288" t="s" s="2">
-        <v>1021</v>
-[...3 lines deleted...]
-      </c>
+        <v>1009</v>
+      </c>
+      <c r="D288"/>
       <c r="E288" t="s">
-        <v>179</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F288"/>
     </row>
     <row r="289">
       <c r="A289" t="s">
-        <v>1023</v>
+        <v>1010</v>
       </c>
       <c r="B289" t="s">
-        <v>1024</v>
+        <v>1011</v>
       </c>
       <c r="C289" t="s" s="2">
-        <v>1025</v>
+        <v>1012</v>
       </c>
       <c r="D289">
-        <v>703956764</v>
+        <v>2205156626</v>
       </c>
       <c r="E289" t="s">
-        <v>130</v>
+        <v>1013</v>
       </c>
       <c r="F289" t="s">
-        <v>1026</v>
+        <v>100</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="s">
-        <v>1027</v>
-[...1 lines deleted...]
-      <c r="B290"/>
+        <v>1014</v>
+      </c>
+      <c r="B290" t="s">
+        <v>1015</v>
+      </c>
       <c r="C290" t="s" s="2">
-        <v>1028</v>
-[...1 lines deleted...]
-      <c r="D290"/>
+        <v>1016</v>
+      </c>
+      <c r="D290" s="3">
+        <v>233593142901</v>
+      </c>
       <c r="E290" t="s">
-        <v>1029</v>
-[...1 lines deleted...]
-      <c r="F290"/>
+        <v>20</v>
+      </c>
+      <c r="F290" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="291">
       <c r="A291" t="s">
-        <v>1030</v>
+        <v>1017</v>
       </c>
       <c r="B291" t="s">
-        <v>1031</v>
+        <v>1018</v>
       </c>
       <c r="C291" t="s" s="2">
-        <v>1032</v>
-[...2 lines deleted...]
-        <v>2348149027584</v>
+        <v>1019</v>
+      </c>
+      <c r="D291" s="3">
+        <v>233541923182</v>
       </c>
       <c r="E291" t="s">
-        <v>11</v>
+        <v>203</v>
       </c>
       <c r="F291" t="s">
-        <v>918</v>
+        <v>32</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="s">
-        <v>1033</v>
+        <v>1020</v>
       </c>
       <c r="B292" t="s">
-        <v>1034</v>
+        <v>1021</v>
       </c>
       <c r="C292" t="s" s="2">
-        <v>1035</v>
-[...2 lines deleted...]
-        <v>2348069424477</v>
+        <v>1022</v>
+      </c>
+      <c r="D292" t="s" s="4">
+        <v>1023</v>
       </c>
       <c r="E292" t="s">
-        <v>71</v>
+        <v>20</v>
       </c>
       <c r="F292" t="s">
-        <v>45</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="s">
-        <v>1036</v>
+        <v>1025</v>
       </c>
       <c r="B293" t="s">
-        <v>1037</v>
+        <v>1026</v>
       </c>
       <c r="C293" t="s" s="2">
-        <v>1038</v>
-[...2 lines deleted...]
-        <v>233243153780</v>
+        <v>1027</v>
+      </c>
+      <c r="D293" s="3">
+        <v>27796440008</v>
       </c>
       <c r="E293" t="s">
-        <v>179</v>
+        <v>31</v>
       </c>
       <c r="F293" t="s">
-        <v>138</v>
+        <v>16</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="s">
-        <v>1039</v>
+        <v>1028</v>
       </c>
       <c r="B294" t="s">
-        <v>1040</v>
+        <v>1029</v>
       </c>
       <c r="C294" t="s" s="2">
-        <v>1041</v>
-[...2 lines deleted...]
-        <v>971559079984</v>
+        <v>1030</v>
+      </c>
+      <c r="D294" t="s" s="4">
+        <v>1031</v>
       </c>
       <c r="E294" t="s">
-        <v>16</v>
+        <v>203</v>
       </c>
       <c r="F294" t="s">
-        <v>12</v>
+        <v>323</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="s">
-        <v>1042</v>
+        <v>1032</v>
       </c>
       <c r="B295" t="s">
-        <v>1043</v>
+        <v>1033</v>
       </c>
       <c r="C295" t="s" s="2">
-        <v>1044</v>
-[...2 lines deleted...]
-        <v>1045</v>
+        <v>1034</v>
+      </c>
+      <c r="D295" s="3">
+        <v>2348120084668</v>
       </c>
       <c r="E295" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F295" t="s">
-        <v>1046</v>
+        <v>32</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="s">
-        <v>1047</v>
+        <v>1035</v>
       </c>
       <c r="B296" t="s">
-        <v>1048</v>
+        <v>1036</v>
       </c>
       <c r="C296" t="s" s="2">
-        <v>1049</v>
-[...2 lines deleted...]
-        <v>726374948</v>
+        <v>1037</v>
+      </c>
+      <c r="D296" t="s" s="4">
+        <v>1038</v>
       </c>
       <c r="E296" t="s">
-        <v>60</v>
+        <v>1039</v>
       </c>
       <c r="F296" t="s">
-        <v>1050</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="s">
-        <v>1051</v>
+        <v>1041</v>
       </c>
       <c r="B297" t="s">
-        <v>1052</v>
+        <v>1042</v>
       </c>
       <c r="C297" t="s" s="2">
-        <v>1053</v>
-[...2 lines deleted...]
-        <v>1054</v>
+        <v>1043</v>
+      </c>
+      <c r="D297" t="s" s="4">
+        <v>1044</v>
       </c>
       <c r="E297" t="s">
-        <v>23</v>
+        <v>55</v>
       </c>
       <c r="F297" t="s">
-        <v>138</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="s">
-        <v>1055</v>
+        <v>1046</v>
       </c>
       <c r="B298" t="s">
-        <v>1056</v>
+        <v>1047</v>
       </c>
       <c r="C298" t="s" s="2">
-        <v>1057</v>
-[...2 lines deleted...]
-        <v>2348079147054</v>
+        <v>1048</v>
+      </c>
+      <c r="D298" t="s" s="4">
+        <v>1049</v>
       </c>
       <c r="E298" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F298" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="s">
-        <v>1058</v>
+        <v>1050</v>
       </c>
       <c r="B299" t="s">
-        <v>1059</v>
+        <v>1051</v>
       </c>
       <c r="C299" t="s" s="2">
-        <v>1060</v>
-[...2 lines deleted...]
-        <v>1061</v>
+        <v>1052</v>
+      </c>
+      <c r="D299" s="3">
+        <v>2348162789287</v>
       </c>
       <c r="E299" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F299" t="s">
-        <v>492</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="s">
-        <v>1062</v>
+        <v>1054</v>
       </c>
       <c r="B300" t="s">
-        <v>1063</v>
+        <v>1055</v>
       </c>
       <c r="C300" t="s" s="2">
-        <v>1064</v>
-[...2 lines deleted...]
-        <v>233245002461</v>
+        <v>1056</v>
+      </c>
+      <c r="D300" t="s" s="4">
+        <v>1057</v>
       </c>
       <c r="E300" t="s">
-        <v>179</v>
+        <v>15</v>
       </c>
       <c r="F300" t="s">
-        <v>332</v>
+        <v>26</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="s">
-        <v>1065</v>
+        <v>1058</v>
       </c>
       <c r="B301" t="s">
-        <v>1066</v>
+        <v>1059</v>
       </c>
       <c r="C301" t="s" s="2">
-        <v>1067</v>
-[...2 lines deleted...]
-        <v>233541145994</v>
+        <v>1060</v>
+      </c>
+      <c r="D301" s="3">
+        <v>233554365477</v>
       </c>
       <c r="E301" t="s">
-        <v>179</v>
+        <v>20</v>
       </c>
       <c r="F301" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="s">
-        <v>1068</v>
+        <v>1061</v>
       </c>
       <c r="B302" t="s">
-        <v>1069</v>
+        <v>1062</v>
       </c>
       <c r="C302" t="s" s="2">
-        <v>1070</v>
-[...2 lines deleted...]
-        <v>2348165564217</v>
+        <v>1063</v>
+      </c>
+      <c r="D302" s="3">
+        <v>23409020585509</v>
       </c>
       <c r="E302" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F302" t="s">
-        <v>263</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="s">
-        <v>1071</v>
+        <v>1065</v>
       </c>
       <c r="B303" t="s">
-        <v>1072</v>
+        <v>1066</v>
       </c>
       <c r="C303" t="s" s="2">
-        <v>1073</v>
-[...2 lines deleted...]
-        <v>2348068444666</v>
+        <v>1067</v>
+      </c>
+      <c r="D303" s="3">
+        <v>231880114643</v>
       </c>
       <c r="E303" t="s">
-        <v>11</v>
+        <v>181</v>
       </c>
       <c r="F303" t="s">
-        <v>1074</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="s">
-        <v>1075</v>
-[...1 lines deleted...]
-      <c r="B304"/>
+        <v>1069</v>
+      </c>
+      <c r="B304" t="s">
+        <v>1070</v>
+      </c>
       <c r="C304" t="s" s="2">
-        <v>1076</v>
-[...1 lines deleted...]
-      <c r="D304"/>
+        <v>1071</v>
+      </c>
+      <c r="D304" s="3">
+        <v>233246011182</v>
+      </c>
       <c r="E304" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F304"/>
+        <v>15</v>
+      </c>
+      <c r="F304" t="s">
+        <v>1072</v>
+      </c>
     </row>
     <row r="305">
       <c r="A305" t="s">
-        <v>1077</v>
+        <v>1073</v>
       </c>
       <c r="B305" t="s">
-        <v>1078</v>
+        <v>1074</v>
       </c>
       <c r="C305" t="s" s="2">
-        <v>1079</v>
-[...2 lines deleted...]
-        <v>1080</v>
+        <v>1075</v>
+      </c>
+      <c r="D305">
+        <v>703956764</v>
       </c>
       <c r="E305" t="s">
-        <v>16</v>
+        <v>192</v>
       </c>
       <c r="F305" t="s">
-        <v>12</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="s">
-        <v>1081</v>
-[...3 lines deleted...]
-      </c>
+        <v>1077</v>
+      </c>
+      <c r="B306"/>
       <c r="C306" t="s" s="2">
-        <v>1083</v>
-[...3 lines deleted...]
-      </c>
+        <v>1078</v>
+      </c>
+      <c r="D306"/>
       <c r="E306" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>1079</v>
+      </c>
+      <c r="F306"/>
     </row>
     <row r="307">
       <c r="A307" t="s">
-        <v>1084</v>
+        <v>1080</v>
       </c>
       <c r="B307" t="s">
-        <v>1085</v>
+        <v>1081</v>
       </c>
       <c r="C307" t="s" s="2">
-        <v>1086</v>
-[...2 lines deleted...]
-        <v>233548169602</v>
+        <v>1082</v>
+      </c>
+      <c r="D307" s="3">
+        <v>2348149027584</v>
       </c>
       <c r="E307" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F307" t="s">
-        <v>12</v>
+        <v>968</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="s">
-        <v>1087</v>
+        <v>1083</v>
       </c>
       <c r="B308" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="C308" t="s" s="2">
-        <v>1089</v>
-[...2 lines deleted...]
-        <v>2348168602211</v>
+        <v>1085</v>
+      </c>
+      <c r="D308" s="3">
+        <v>2348069424477</v>
       </c>
       <c r="E308" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
       <c r="F308" t="s">
-        <v>123</v>
+        <v>111</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="s">
-        <v>1090</v>
+        <v>1086</v>
       </c>
       <c r="B309" t="s">
-        <v>1091</v>
+        <v>1087</v>
       </c>
       <c r="C309" t="s" s="2">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>1093</v>
+        <v>1088</v>
+      </c>
+      <c r="D309" s="3">
+        <v>233243153780</v>
       </c>
       <c r="E309" t="s">
-        <v>1094</v>
+        <v>15</v>
       </c>
       <c r="F309" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="s">
-        <v>1095</v>
+        <v>1089</v>
       </c>
       <c r="B310" t="s">
-        <v>1096</v>
+        <v>1090</v>
       </c>
       <c r="C310" t="s" s="2">
-        <v>1097</v>
-[...2 lines deleted...]
-        <v>1098</v>
+        <v>1091</v>
+      </c>
+      <c r="D310" s="3">
+        <v>971559079984</v>
       </c>
       <c r="E310" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="F310" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="s">
-        <v>1099</v>
+        <v>1092</v>
       </c>
       <c r="B311" t="s">
-        <v>1100</v>
+        <v>1093</v>
       </c>
       <c r="C311" t="s" s="2">
-        <v>1101</v>
-[...2 lines deleted...]
-        <v>2348116273709</v>
+        <v>1094</v>
+      </c>
+      <c r="D311" t="s" s="4">
+        <v>1095</v>
       </c>
       <c r="E311" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F311" t="s">
-        <v>1102</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="s">
-        <v>1103</v>
+        <v>1097</v>
       </c>
       <c r="B312" t="s">
-        <v>1104</v>
+        <v>1098</v>
       </c>
       <c r="C312" t="s" s="2">
-        <v>1105</v>
-[...2 lines deleted...]
-        <v>254739625762</v>
+        <v>1099</v>
+      </c>
+      <c r="D312">
+        <v>726374948</v>
       </c>
       <c r="E312" t="s">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="F312" t="s">
-        <v>12</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="s">
-        <v>1106</v>
+        <v>1101</v>
       </c>
       <c r="B313" t="s">
-        <v>1107</v>
+        <v>1102</v>
       </c>
       <c r="C313" t="s" s="2">
-        <v>1108</v>
-[...2 lines deleted...]
-        <v>254728306333</v>
+        <v>1103</v>
+      </c>
+      <c r="D313" t="s" s="4">
+        <v>1104</v>
       </c>
       <c r="E313" t="s">
-        <v>60</v>
+        <v>90</v>
       </c>
       <c r="F313" t="s">
-        <v>1109</v>
+        <v>16</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="s">
-        <v>1110</v>
+        <v>1105</v>
       </c>
       <c r="B314" t="s">
-        <v>1111</v>
+        <v>1106</v>
       </c>
       <c r="C314" t="s" s="2">
-        <v>1112</v>
-[...2 lines deleted...]
-        <v>2349130251737</v>
+        <v>1107</v>
+      </c>
+      <c r="D314" s="3">
+        <v>2348079147054</v>
       </c>
       <c r="E314" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F314" t="s">
-        <v>263</v>
+        <v>32</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="s">
-        <v>1113</v>
+        <v>1108</v>
       </c>
       <c r="B315" t="s">
-        <v>1114</v>
+        <v>1109</v>
       </c>
       <c r="C315" t="s" s="2">
-        <v>1115</v>
-[...2 lines deleted...]
-        <v>1116</v>
+        <v>1110</v>
+      </c>
+      <c r="D315" t="s" s="4">
+        <v>1111</v>
       </c>
       <c r="E315" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="F315" t="s">
-        <v>12</v>
+        <v>546</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="s">
-        <v>1117</v>
+        <v>1112</v>
       </c>
       <c r="B316" t="s">
-        <v>1118</v>
+        <v>1113</v>
       </c>
       <c r="C316" t="s" s="2">
-        <v>1119</v>
-[...2 lines deleted...]
-        <v>1120</v>
+        <v>1114</v>
+      </c>
+      <c r="D316" s="3">
+        <v>233245002461</v>
       </c>
       <c r="E316" t="s">
-        <v>60</v>
+        <v>15</v>
       </c>
       <c r="F316" t="s">
-        <v>1121</v>
+        <v>392</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="s">
-        <v>1122</v>
+        <v>1115</v>
       </c>
       <c r="B317" t="s">
-        <v>1123</v>
+        <v>1116</v>
       </c>
       <c r="C317" t="s" s="2">
-        <v>1124</v>
-[...2 lines deleted...]
-        <v>233591042581</v>
+        <v>1117</v>
+      </c>
+      <c r="D317" s="3">
+        <v>233541145994</v>
       </c>
       <c r="E317" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F317"/>
+        <v>15</v>
+      </c>
+      <c r="F317" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="318">
       <c r="A318" t="s">
-        <v>1125</v>
+        <v>1118</v>
       </c>
       <c r="B318" t="s">
-        <v>1126</v>
+        <v>1119</v>
       </c>
       <c r="C318" t="s" s="2">
-        <v>1127</v>
-[...2 lines deleted...]
-        <v>233240338757</v>
+        <v>1120</v>
+      </c>
+      <c r="D318" s="3">
+        <v>2348165564217</v>
       </c>
       <c r="E318" t="s">
-        <v>33</v>
+        <v>55</v>
       </c>
       <c r="F318" t="s">
-        <v>1128</v>
+        <v>323</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="s">
-        <v>1129</v>
+        <v>1121</v>
       </c>
       <c r="B319" t="s">
-        <v>1130</v>
+        <v>1122</v>
       </c>
       <c r="C319" t="s" s="2">
-        <v>1131</v>
-[...2 lines deleted...]
-        <v>233591042581</v>
+        <v>1123</v>
+      </c>
+      <c r="D319" s="3">
+        <v>2348068444666</v>
       </c>
       <c r="E319" t="s">
-        <v>179</v>
+        <v>31</v>
       </c>
       <c r="F319" t="s">
-        <v>1132</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="s">
-        <v>1133</v>
-[...3 lines deleted...]
-      </c>
+        <v>1125</v>
+      </c>
+      <c r="B320"/>
       <c r="C320" t="s" s="2">
-        <v>1135</v>
-[...3 lines deleted...]
-      </c>
+        <v>1126</v>
+      </c>
+      <c r="D320"/>
       <c r="E320" t="s">
-        <v>179</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F320"/>
     </row>
     <row r="321">
       <c r="A321" t="s">
-        <v>1136</v>
+        <v>1127</v>
       </c>
       <c r="B321" t="s">
-        <v>1137</v>
+        <v>1128</v>
       </c>
       <c r="C321" t="s" s="2">
-        <v>1138</v>
-[...2 lines deleted...]
-        <v>233542910022</v>
+        <v>1129</v>
+      </c>
+      <c r="D321" t="s" s="4">
+        <v>1130</v>
       </c>
       <c r="E321" t="s">
-        <v>1139</v>
+        <v>55</v>
       </c>
       <c r="F321" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="s">
-        <v>1140</v>
+        <v>1131</v>
       </c>
       <c r="B322" t="s">
-        <v>1141</v>
+        <v>1132</v>
       </c>
       <c r="C322" t="s" s="2">
-        <v>1142</v>
-[...2 lines deleted...]
-        <v>233241984991</v>
+        <v>1133</v>
+      </c>
+      <c r="D322" s="3">
+        <v>2347063748045</v>
       </c>
       <c r="E322" t="s">
-        <v>142</v>
+        <v>31</v>
       </c>
       <c r="F322" t="s">
-        <v>475</v>
+        <v>26</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="s">
-        <v>1143</v>
+        <v>1134</v>
       </c>
       <c r="B323" t="s">
-        <v>1144</v>
+        <v>1135</v>
       </c>
       <c r="C323" t="s" s="2">
-        <v>1145</v>
-[...2 lines deleted...]
-        <v>233207282984</v>
+        <v>1136</v>
+      </c>
+      <c r="D323" s="3">
+        <v>233548169602</v>
       </c>
       <c r="E323" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F323" t="s">
-        <v>1146</v>
+        <v>32</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="s">
-        <v>1147</v>
+        <v>1137</v>
       </c>
       <c r="B324" t="s">
-        <v>1148</v>
+        <v>1138</v>
       </c>
       <c r="C324" t="s" s="2">
-        <v>1149</v>
-[...2 lines deleted...]
-        <v>1150</v>
+        <v>1139</v>
+      </c>
+      <c r="D324" s="3">
+        <v>2348168602211</v>
       </c>
       <c r="E324" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F324" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="s">
-        <v>1151</v>
+        <v>1140</v>
       </c>
       <c r="B325" t="s">
-        <v>1152</v>
+        <v>1141</v>
       </c>
       <c r="C325" t="s" s="2">
-        <v>1153</v>
-[...2 lines deleted...]
-        <v>2347030189559</v>
+        <v>1142</v>
+      </c>
+      <c r="D325" t="s" s="4">
+        <v>1143</v>
       </c>
       <c r="E325" t="s">
-        <v>11</v>
+        <v>1144</v>
       </c>
       <c r="F325" t="s">
-        <v>123</v>
+        <v>32</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" t="s">
-        <v>1154</v>
+        <v>1145</v>
       </c>
       <c r="B326" t="s">
-        <v>1155</v>
+        <v>1146</v>
       </c>
       <c r="C326" t="s" s="2">
-        <v>1156</v>
-[...2 lines deleted...]
-        <v>1234567890</v>
+        <v>1147</v>
+      </c>
+      <c r="D326" t="s" s="4">
+        <v>1148</v>
       </c>
       <c r="E326" t="s">
-        <v>1157</v>
+        <v>10</v>
       </c>
       <c r="F326" t="s">
-        <v>1158</v>
+        <v>32</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" t="s">
-        <v>1159</v>
+        <v>1149</v>
       </c>
       <c r="B327" t="s">
-        <v>1160</v>
+        <v>1150</v>
       </c>
       <c r="C327" t="s" s="2">
-        <v>1161</v>
-[...2 lines deleted...]
-        <v>1162</v>
+        <v>1151</v>
+      </c>
+      <c r="D327" s="3">
+        <v>2348116273709</v>
       </c>
       <c r="E327" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F327" t="s">
-        <v>453</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" t="s">
-        <v>1163</v>
+        <v>1153</v>
       </c>
       <c r="B328" t="s">
-        <v>1164</v>
+        <v>1154</v>
       </c>
       <c r="C328" t="s" s="2">
-        <v>1165</v>
-[...2 lines deleted...]
-        <v>233547604314</v>
+        <v>1155</v>
+      </c>
+      <c r="D328" s="3">
+        <v>254739625762</v>
       </c>
       <c r="E328" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="F328" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" t="s">
-        <v>1166</v>
+        <v>1156</v>
       </c>
       <c r="B329" t="s">
-        <v>1167</v>
+        <v>1157</v>
       </c>
       <c r="C329" t="s" s="2">
-        <v>1168</v>
-[...2 lines deleted...]
-        <v>1169</v>
+        <v>1158</v>
+      </c>
+      <c r="D329" s="3">
+        <v>254728306333</v>
       </c>
       <c r="E329" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F329" t="s">
-        <v>1170</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" t="s">
-        <v>1171</v>
+        <v>1160</v>
       </c>
       <c r="B330" t="s">
-        <v>1172</v>
+        <v>1161</v>
       </c>
       <c r="C330" t="s" s="2">
-        <v>1173</v>
-[...2 lines deleted...]
-        <v>2348065135879</v>
+        <v>1162</v>
+      </c>
+      <c r="D330" s="3">
+        <v>2349130251737</v>
       </c>
       <c r="E330" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F330" t="s">
-        <v>1174</v>
+        <v>323</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" t="s">
-        <v>1175</v>
+        <v>1163</v>
       </c>
       <c r="B331" t="s">
-        <v>1176</v>
+        <v>1164</v>
       </c>
       <c r="C331" t="s" s="2">
-        <v>1177</v>
-[...2 lines deleted...]
-        <v>1178</v>
+        <v>1165</v>
+      </c>
+      <c r="D331" t="s" s="4">
+        <v>1166</v>
       </c>
       <c r="E331" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
       <c r="F331" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" t="s">
-        <v>1179</v>
+        <v>1167</v>
       </c>
       <c r="B332" t="s">
-        <v>1180</v>
+        <v>1168</v>
       </c>
       <c r="C332" t="s" s="2">
-        <v>1181</v>
-[...2 lines deleted...]
-        <v>1182</v>
+        <v>1169</v>
+      </c>
+      <c r="D332" t="s" s="4">
+        <v>1170</v>
       </c>
       <c r="E332" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F332" t="s">
-        <v>1183</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" t="s">
-        <v>1184</v>
+        <v>1172</v>
       </c>
       <c r="B333" t="s">
-        <v>1185</v>
+        <v>1173</v>
       </c>
       <c r="C333" t="s" s="2">
-        <v>1186</v>
-[...2 lines deleted...]
-        <v>233248076358</v>
+        <v>1174</v>
+      </c>
+      <c r="D333" s="3">
+        <v>233591042581</v>
       </c>
       <c r="E333" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F333"/>
     </row>
     <row r="334">
       <c r="A334" t="s">
-        <v>1187</v>
+        <v>1175</v>
       </c>
       <c r="B334" t="s">
-        <v>1188</v>
+        <v>1176</v>
       </c>
       <c r="C334" t="s" s="2">
-        <v>1189</v>
-[...2 lines deleted...]
-        <v>254745563875</v>
+        <v>1177</v>
+      </c>
+      <c r="D334" s="3">
+        <v>233240338757</v>
       </c>
       <c r="E334" t="s">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="F334" t="s">
-        <v>12</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" t="s">
-        <v>1190</v>
+        <v>1179</v>
       </c>
       <c r="B335" t="s">
-        <v>1191</v>
+        <v>1180</v>
       </c>
       <c r="C335" t="s" s="2">
-        <v>1192</v>
-[...2 lines deleted...]
-        <v>2348028871440</v>
+        <v>1181</v>
+      </c>
+      <c r="D335" s="3">
+        <v>233591042581</v>
       </c>
       <c r="E335" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F335" t="s">
-        <v>12</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" t="s">
-        <v>1193</v>
+        <v>1183</v>
       </c>
       <c r="B336" t="s">
-        <v>1194</v>
+        <v>1184</v>
       </c>
       <c r="C336" t="s" s="2">
-        <v>1195</v>
-[...2 lines deleted...]
-        <v>233541884863</v>
+        <v>1185</v>
+      </c>
+      <c r="D336" s="3">
+        <v>233591608579</v>
       </c>
       <c r="E336" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="F336" t="s">
-        <v>12</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" t="s">
-        <v>1196</v>
+        <v>1186</v>
       </c>
       <c r="B337" t="s">
-        <v>1197</v>
+        <v>1187</v>
       </c>
       <c r="C337" t="s" s="2">
-        <v>1198</v>
-[...2 lines deleted...]
-        <v>1199</v>
+        <v>1188</v>
+      </c>
+      <c r="D337" s="3">
+        <v>233542910022</v>
       </c>
       <c r="E337" t="s">
-        <v>1200</v>
+        <v>1189</v>
       </c>
       <c r="F337" t="s">
-        <v>1201</v>
+        <v>32</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" t="s">
-        <v>1202</v>
+        <v>1190</v>
       </c>
       <c r="B338" t="s">
-        <v>1203</v>
+        <v>1191</v>
       </c>
       <c r="C338" t="s" s="2">
-        <v>1204</v>
-[...2 lines deleted...]
-        <v>1205</v>
+        <v>1192</v>
+      </c>
+      <c r="D338" s="3">
+        <v>233241984991</v>
       </c>
       <c r="E338" t="s">
-        <v>11</v>
+        <v>203</v>
       </c>
       <c r="F338" t="s">
-        <v>12</v>
+        <v>529</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" t="s">
-        <v>1206</v>
+        <v>1193</v>
       </c>
       <c r="B339" t="s">
-        <v>1207</v>
+        <v>1194</v>
       </c>
       <c r="C339" t="s" s="2">
-        <v>1208</v>
-[...2 lines deleted...]
-        <v>2349075811620</v>
+        <v>1195</v>
+      </c>
+      <c r="D339" s="3">
+        <v>233207282984</v>
       </c>
       <c r="E339" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F339"/>
+        <v>20</v>
+      </c>
+      <c r="F339" t="s">
+        <v>1196</v>
+      </c>
     </row>
     <row r="340">
       <c r="A340" t="s">
-        <v>1209</v>
+        <v>1197</v>
       </c>
       <c r="B340" t="s">
-        <v>1210</v>
+        <v>1198</v>
       </c>
       <c r="C340" t="s" s="2">
-        <v>1211</v>
-[...2 lines deleted...]
-        <v>2348118684651</v>
+        <v>1199</v>
+      </c>
+      <c r="D340" t="s" s="4">
+        <v>1200</v>
       </c>
       <c r="E340" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F340" t="s">
-        <v>111</v>
+        <v>32</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" t="s">
-        <v>1212</v>
+        <v>1201</v>
       </c>
       <c r="B341" t="s">
-        <v>1213</v>
+        <v>1202</v>
       </c>
       <c r="C341" t="s" s="2">
-        <v>1214</v>
-[...2 lines deleted...]
-        <v>2349167492429</v>
+        <v>1203</v>
+      </c>
+      <c r="D341" s="3">
+        <v>2347030189559</v>
       </c>
       <c r="E341" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F341" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" t="s">
-        <v>1215</v>
+        <v>1204</v>
       </c>
       <c r="B342" t="s">
-        <v>1216</v>
+        <v>1205</v>
       </c>
       <c r="C342" t="s" s="2">
-        <v>1217</v>
-[...2 lines deleted...]
-        <v>1218</v>
+        <v>1206</v>
+      </c>
+      <c r="D342">
+        <v>1234567890</v>
       </c>
       <c r="E342" t="s">
-        <v>11</v>
+        <v>1207</v>
       </c>
       <c r="F342" t="s">
-        <v>263</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" t="s">
-        <v>1219</v>
+        <v>1209</v>
       </c>
       <c r="B343" t="s">
-        <v>1220</v>
+        <v>1210</v>
       </c>
       <c r="C343" t="s" s="2">
-        <v>1221</v>
-[...2 lines deleted...]
-        <v>2348146016568</v>
+        <v>1211</v>
+      </c>
+      <c r="D343" t="s" s="4">
+        <v>1212</v>
       </c>
       <c r="E343" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="F343" t="s">
-        <v>562</v>
+        <v>11</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" t="s">
-        <v>1222</v>
+        <v>1213</v>
       </c>
       <c r="B344" t="s">
-        <v>1223</v>
+        <v>1214</v>
       </c>
       <c r="C344" t="s" s="2">
-        <v>1224</v>
-[...2 lines deleted...]
-        <v>1225</v>
+        <v>1215</v>
+      </c>
+      <c r="D344" s="3">
+        <v>233547604314</v>
       </c>
       <c r="E344" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F344" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" t="s">
-        <v>1226</v>
+        <v>1216</v>
       </c>
       <c r="B345" t="s">
-        <v>1227</v>
+        <v>1217</v>
       </c>
       <c r="C345" t="s" s="2">
-        <v>1228</v>
-[...2 lines deleted...]
-        <v>1229</v>
+        <v>1218</v>
+      </c>
+      <c r="D345" t="s" s="4">
+        <v>1219</v>
       </c>
       <c r="E345" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F345" t="s">
-        <v>1230</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" t="s">
-        <v>1231</v>
+        <v>1221</v>
       </c>
       <c r="B346" t="s">
-        <v>1232</v>
+        <v>1222</v>
       </c>
       <c r="C346" t="s" s="2">
-        <v>1233</v>
-[...2 lines deleted...]
-        <v>1234</v>
+        <v>1223</v>
+      </c>
+      <c r="D346" s="3">
+        <v>2348065135879</v>
       </c>
       <c r="E346" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F346" t="s">
-        <v>28</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" t="s">
-        <v>1235</v>
+        <v>1225</v>
       </c>
       <c r="B347" t="s">
-        <v>1236</v>
+        <v>1226</v>
       </c>
       <c r="C347" t="s" s="2">
-        <v>1237</v>
-[...2 lines deleted...]
-        <v>2540745621699</v>
+        <v>1227</v>
+      </c>
+      <c r="D347" t="s" s="4">
+        <v>1228</v>
       </c>
       <c r="E347" t="s">
-        <v>1238</v>
+        <v>25</v>
       </c>
       <c r="F347" t="s">
-        <v>34</v>
+        <v>118</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" t="s">
-        <v>1239</v>
+        <v>1229</v>
       </c>
       <c r="B348" t="s">
-        <v>1236</v>
+        <v>1230</v>
       </c>
       <c r="C348" t="s" s="2">
-        <v>1240</v>
-[...2 lines deleted...]
-        <v>2540745621699</v>
+        <v>1231</v>
+      </c>
+      <c r="D348" t="s" s="4">
+        <v>1232</v>
       </c>
       <c r="E348" t="s">
-        <v>1238</v>
+        <v>31</v>
       </c>
       <c r="F348" t="s">
-        <v>34</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" t="s">
-        <v>1241</v>
+        <v>1234</v>
       </c>
       <c r="B349" t="s">
-        <v>1242</v>
+        <v>1235</v>
       </c>
       <c r="C349" t="s" s="2">
-        <v>1243</v>
-[...2 lines deleted...]
-        <v>1244</v>
+        <v>1236</v>
+      </c>
+      <c r="D349" s="3">
+        <v>233248076358</v>
       </c>
       <c r="E349" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F349" t="s">
-        <v>123</v>
+        <v>529</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" t="s">
-        <v>1245</v>
+        <v>1237</v>
       </c>
       <c r="B350" t="s">
-        <v>1246</v>
+        <v>1238</v>
       </c>
       <c r="C350" t="s" s="2">
-        <v>1247</v>
-[...2 lines deleted...]
-        <v>2348144203929</v>
+        <v>1239</v>
+      </c>
+      <c r="D350" s="3">
+        <v>254745563875</v>
       </c>
       <c r="E350" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="F350" t="s">
-        <v>1248</v>
+        <v>32</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="s">
-        <v>1249</v>
+        <v>1240</v>
       </c>
       <c r="B351" t="s">
-        <v>1250</v>
+        <v>1241</v>
       </c>
       <c r="C351" t="s" s="2">
-        <v>1251</v>
-[...2 lines deleted...]
-        <v>254721578793</v>
+        <v>1242</v>
+      </c>
+      <c r="D351" s="3">
+        <v>2348028871440</v>
       </c>
       <c r="E351" t="s">
-        <v>474</v>
+        <v>31</v>
       </c>
       <c r="F351" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="s">
-        <v>1252</v>
+        <v>1243</v>
       </c>
       <c r="B352" t="s">
-        <v>1253</v>
+        <v>1244</v>
       </c>
       <c r="C352" t="s" s="2">
-        <v>1254</v>
-[...2 lines deleted...]
-        <v>254729633150</v>
+        <v>1245</v>
+      </c>
+      <c r="D352" s="3">
+        <v>233541884863</v>
       </c>
       <c r="E352" t="s">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="F352" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" t="s">
-        <v>1255</v>
+        <v>1246</v>
       </c>
       <c r="B353" t="s">
-        <v>1256</v>
+        <v>1247</v>
       </c>
       <c r="C353" t="s" s="2">
-        <v>1257</v>
-[...2 lines deleted...]
-        <v>1258</v>
+        <v>1248</v>
+      </c>
+      <c r="D353" t="s" s="4">
+        <v>1249</v>
       </c>
       <c r="E353" t="s">
-        <v>60</v>
+        <v>1250</v>
       </c>
       <c r="F353" t="s">
-        <v>463</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" t="s">
-        <v>1259</v>
+        <v>1252</v>
       </c>
       <c r="B354" t="s">
-        <v>1260</v>
+        <v>1253</v>
       </c>
       <c r="C354" t="s" s="2">
-        <v>1261</v>
-[...2 lines deleted...]
-        <v>1262</v>
+        <v>1254</v>
+      </c>
+      <c r="D354" t="s" s="4">
+        <v>1255</v>
       </c>
       <c r="E354" t="s">
-        <v>389</v>
+        <v>31</v>
       </c>
       <c r="F354" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" t="s">
-        <v>1263</v>
+        <v>1256</v>
       </c>
       <c r="B355" t="s">
-        <v>1264</v>
+        <v>1257</v>
       </c>
       <c r="C355" t="s" s="2">
-        <v>1265</v>
-[...2 lines deleted...]
-        <v>2347030214012</v>
+        <v>1258</v>
+      </c>
+      <c r="D355" s="3">
+        <v>2349075811620</v>
       </c>
       <c r="E355" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F355"/>
     </row>
     <row r="356">
       <c r="A356" t="s">
-        <v>1266</v>
+        <v>1259</v>
       </c>
       <c r="B356" t="s">
-        <v>1267</v>
+        <v>1260</v>
       </c>
       <c r="C356" t="s" s="2">
-        <v>1268</v>
-[...2 lines deleted...]
-        <v>1269</v>
+        <v>1261</v>
+      </c>
+      <c r="D356" s="3">
+        <v>2348118684651</v>
       </c>
       <c r="E356" t="s">
-        <v>1270</v>
+        <v>31</v>
       </c>
       <c r="F356" t="s">
-        <v>1271</v>
+        <v>174</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" t="s">
-        <v>1272</v>
+        <v>1262</v>
       </c>
       <c r="B357" t="s">
-        <v>1273</v>
+        <v>1263</v>
       </c>
       <c r="C357" t="s" s="2">
-        <v>1274</v>
-[...2 lines deleted...]
-        <v>1275</v>
+        <v>1264</v>
+      </c>
+      <c r="D357" s="3">
+        <v>2349167492429</v>
       </c>
       <c r="E357" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F357" t="s">
-        <v>123</v>
+        <v>32</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" t="s">
-        <v>1276</v>
+        <v>1265</v>
       </c>
       <c r="B358" t="s">
-        <v>1277</v>
+        <v>1266</v>
       </c>
       <c r="C358" t="s" s="2">
-        <v>1278</v>
-[...2 lines deleted...]
-        <v>232778088778</v>
+        <v>1267</v>
+      </c>
+      <c r="D358" t="s" s="4">
+        <v>1268</v>
       </c>
       <c r="E358" t="s">
-        <v>118</v>
+        <v>31</v>
       </c>
       <c r="F358" t="s">
-        <v>1279</v>
+        <v>323</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" t="s">
-        <v>1280</v>
+        <v>1269</v>
       </c>
       <c r="B359" t="s">
-        <v>1281</v>
+        <v>1270</v>
       </c>
       <c r="C359" t="s" s="2">
-        <v>1282</v>
-[...2 lines deleted...]
-        <v>1283</v>
+        <v>1271</v>
+      </c>
+      <c r="D359" s="3">
+        <v>2348146016568</v>
       </c>
       <c r="E359" t="s">
-        <v>137</v>
+        <v>25</v>
       </c>
       <c r="F359" t="s">
-        <v>1284</v>
+        <v>616</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" t="s">
-        <v>1285</v>
+        <v>1272</v>
       </c>
       <c r="B360" t="s">
-        <v>1286</v>
+        <v>1273</v>
       </c>
       <c r="C360" t="s" s="2">
-        <v>1287</v>
-[...2 lines deleted...]
-        <v>233546776680</v>
+        <v>1274</v>
+      </c>
+      <c r="D360" t="s" s="4">
+        <v>1275</v>
       </c>
       <c r="E360" t="s">
-        <v>33</v>
+        <v>55</v>
       </c>
       <c r="F360" t="s">
-        <v>12</v>
+        <v>95</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" t="s">
-        <v>1288</v>
+        <v>1276</v>
       </c>
       <c r="B361" t="s">
-        <v>1289</v>
+        <v>1277</v>
       </c>
       <c r="C361" t="s" s="2">
-        <v>1290</v>
-[...2 lines deleted...]
-        <v>1291</v>
+        <v>1278</v>
+      </c>
+      <c r="D361" t="s" s="4">
+        <v>1279</v>
       </c>
       <c r="E361" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
       <c r="F361" t="s">
-        <v>1018</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" t="s">
-        <v>1292</v>
+        <v>1281</v>
       </c>
       <c r="B362" t="s">
-        <v>1289</v>
+        <v>1282</v>
       </c>
       <c r="C362" t="s" s="2">
-        <v>1290</v>
-[...2 lines deleted...]
-        <v>1291</v>
+        <v>1283</v>
+      </c>
+      <c r="D362" t="s" s="4">
+        <v>1284</v>
       </c>
       <c r="E362" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F362" t="s">
-        <v>1018</v>
+        <v>95</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" t="s">
-        <v>1293</v>
+        <v>1285</v>
       </c>
       <c r="B363" t="s">
-        <v>1294</v>
+        <v>1286</v>
       </c>
       <c r="C363" t="s" s="2">
-        <v>1295</v>
-[...2 lines deleted...]
-        <v>2545288414</v>
+        <v>1287</v>
+      </c>
+      <c r="D363" s="3">
+        <v>2540745621699</v>
       </c>
       <c r="E363" t="s">
-        <v>23</v>
+        <v>1288</v>
       </c>
       <c r="F363" t="s">
-        <v>1296</v>
+        <v>100</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" t="s">
-        <v>1297</v>
+        <v>1289</v>
       </c>
       <c r="B364" t="s">
-        <v>1298</v>
+        <v>1286</v>
       </c>
       <c r="C364" t="s" s="2">
-        <v>1299</v>
-[...2 lines deleted...]
-        <v>2347067123603</v>
+        <v>1290</v>
+      </c>
+      <c r="D364" s="3">
+        <v>2540745621699</v>
       </c>
       <c r="E364" t="s">
-        <v>16</v>
+        <v>1288</v>
       </c>
       <c r="F364" t="s">
-        <v>12</v>
+        <v>100</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" t="s">
-        <v>1300</v>
+        <v>1291</v>
       </c>
       <c r="B365" t="s">
-        <v>1301</v>
+        <v>1292</v>
       </c>
       <c r="C365" t="s" s="2">
-        <v>1302</v>
-[...2 lines deleted...]
-        <v>2347061884702</v>
+        <v>1293</v>
+      </c>
+      <c r="D365" t="s" s="4">
+        <v>1294</v>
       </c>
       <c r="E365" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F365" t="s">
-        <v>1303</v>
+        <v>26</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" t="s">
-        <v>1304</v>
-[...1 lines deleted...]
-      <c r="B366"/>
+        <v>1295</v>
+      </c>
+      <c r="B366" t="s">
+        <v>1296</v>
+      </c>
       <c r="C366" t="s" s="2">
-        <v>1305</v>
-[...1 lines deleted...]
-      <c r="D366"/>
+        <v>1297</v>
+      </c>
+      <c r="D366" s="3">
+        <v>2348144203929</v>
+      </c>
       <c r="E366" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F366"/>
+        <v>55</v>
+      </c>
+      <c r="F366" t="s">
+        <v>1298</v>
+      </c>
     </row>
     <row r="367">
       <c r="A367" t="s">
-        <v>1306</v>
+        <v>1299</v>
       </c>
       <c r="B367" t="s">
-        <v>1307</v>
+        <v>1300</v>
       </c>
       <c r="C367" t="s" s="2">
-        <v>1308</v>
-[...2 lines deleted...]
-        <v>233542673496</v>
+        <v>1301</v>
+      </c>
+      <c r="D367" s="3">
+        <v>254721578793</v>
       </c>
       <c r="E367" t="s">
-        <v>33</v>
+        <v>528</v>
       </c>
       <c r="F367" t="s">
-        <v>1309</v>
+        <v>84</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" t="s">
-        <v>1310</v>
+        <v>1302</v>
       </c>
       <c r="B368" t="s">
-        <v>1311</v>
+        <v>1303</v>
       </c>
       <c r="C368" t="s" s="2">
-        <v>1312</v>
-[...2 lines deleted...]
-        <v>254727243504</v>
+        <v>1304</v>
+      </c>
+      <c r="D368" s="3">
+        <v>254729633150</v>
       </c>
       <c r="E368" t="s">
-        <v>474</v>
+        <v>10</v>
       </c>
       <c r="F368" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" t="s">
-        <v>1313</v>
+        <v>1305</v>
       </c>
       <c r="B369" t="s">
-        <v>1314</v>
+        <v>1306</v>
       </c>
       <c r="C369" t="s" s="2">
-        <v>1315</v>
-[...2 lines deleted...]
-        <v>233553791651</v>
+        <v>1307</v>
+      </c>
+      <c r="D369" t="s" s="4">
+        <v>1308</v>
       </c>
       <c r="E369" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="F369" t="s">
-        <v>1316</v>
+        <v>517</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" t="s">
-        <v>1317</v>
+        <v>1309</v>
       </c>
       <c r="B370" t="s">
-        <v>1318</v>
+        <v>1310</v>
       </c>
       <c r="C370" t="s" s="2">
-        <v>1319</v>
-[...2 lines deleted...]
-        <v>233555489350</v>
+        <v>1311</v>
+      </c>
+      <c r="D370" t="s" s="4">
+        <v>1312</v>
       </c>
       <c r="E370" t="s">
-        <v>179</v>
+        <v>448</v>
       </c>
       <c r="F370" t="s">
-        <v>138</v>
+        <v>32</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" t="s">
-        <v>1320</v>
+        <v>1313</v>
       </c>
       <c r="B371" t="s">
-        <v>1321</v>
+        <v>1314</v>
       </c>
       <c r="C371" t="s" s="2">
-        <v>1322</v>
-[...2 lines deleted...]
-        <v>233545711816</v>
+        <v>1315</v>
+      </c>
+      <c r="D371" s="3">
+        <v>2347030214012</v>
       </c>
       <c r="E371" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F371" t="s">
-        <v>123</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" t="s">
-        <v>1323</v>
+        <v>1316</v>
       </c>
       <c r="B372" t="s">
-        <v>1324</v>
+        <v>1317</v>
       </c>
       <c r="C372" t="s" s="2">
-        <v>1325</v>
-[...2 lines deleted...]
-        <v>233247623530</v>
+        <v>1318</v>
+      </c>
+      <c r="D372" t="s" s="4">
+        <v>1319</v>
       </c>
       <c r="E372" t="s">
-        <v>33</v>
+        <v>1320</v>
       </c>
       <c r="F372" t="s">
-        <v>72</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" t="s">
-        <v>1326</v>
+        <v>1322</v>
       </c>
       <c r="B373" t="s">
-        <v>1327</v>
+        <v>1323</v>
       </c>
       <c r="C373" t="s" s="2">
-        <v>1328</v>
-[...2 lines deleted...]
-        <v>1329</v>
+        <v>1324</v>
+      </c>
+      <c r="D373" t="s" s="4">
+        <v>1325</v>
       </c>
       <c r="E373" t="s">
-        <v>60</v>
+        <v>31</v>
       </c>
       <c r="F373" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" t="s">
-        <v>1330</v>
+        <v>1326</v>
       </c>
       <c r="B374" t="s">
-        <v>1331</v>
+        <v>1327</v>
       </c>
       <c r="C374" t="s" s="2">
-        <v>1332</v>
-[...2 lines deleted...]
-        <v>233243472883</v>
+        <v>1328</v>
+      </c>
+      <c r="D374" s="3">
+        <v>232778088778</v>
       </c>
       <c r="E374" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="F374" t="s">
-        <v>1333</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B375" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C375" t="s" s="2">
+        <v>1332</v>
+      </c>
+      <c r="D375" t="s" s="4">
+        <v>1333</v>
+      </c>
+      <c r="E375" t="s">
+        <v>199</v>
+      </c>
+      <c r="F375" t="s">
         <v>1334</v>
-      </c>
-[...13 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" t="s">
+        <v>1335</v>
+      </c>
+      <c r="B376" t="s">
+        <v>1336</v>
+      </c>
+      <c r="C376" t="s" s="2">
         <v>1337</v>
       </c>
-      <c r="B376" t="s">
-[...6 lines deleted...]
-        <v>256789769708</v>
+      <c r="D376" s="3">
+        <v>233546776680</v>
       </c>
       <c r="E376" t="s">
-        <v>1340</v>
+        <v>20</v>
       </c>
       <c r="F376" t="s">
-        <v>1341</v>
+        <v>32</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" t="s">
-        <v>1342</v>
+        <v>1338</v>
       </c>
       <c r="B377" t="s">
-        <v>1343</v>
+        <v>1339</v>
       </c>
       <c r="C377" t="s" s="2">
-        <v>1344</v>
-[...2 lines deleted...]
-        <v>254728526530</v>
+        <v>1340</v>
+      </c>
+      <c r="D377" t="s" s="4">
+        <v>1341</v>
       </c>
       <c r="E377" t="s">
-        <v>23</v>
+        <v>55</v>
       </c>
       <c r="F377" t="s">
-        <v>12</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" t="s">
-        <v>1345</v>
+        <v>1342</v>
       </c>
       <c r="B378" t="s">
-        <v>1346</v>
+        <v>1339</v>
       </c>
       <c r="C378" t="s" s="2">
-        <v>1347</v>
-[...2 lines deleted...]
-        <v>1348</v>
+        <v>1340</v>
+      </c>
+      <c r="D378" t="s" s="4">
+        <v>1341</v>
       </c>
       <c r="E378" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="F378" t="s">
-        <v>12</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" t="s">
-        <v>1349</v>
+        <v>1343</v>
       </c>
       <c r="B379" t="s">
-        <v>1350</v>
+        <v>1344</v>
       </c>
       <c r="C379" t="s" s="2">
-        <v>1351</v>
-[...2 lines deleted...]
-        <v>1352</v>
+        <v>1345</v>
+      </c>
+      <c r="D379">
+        <v>2545288414</v>
       </c>
       <c r="E379" t="s">
-        <v>60</v>
+        <v>90</v>
       </c>
       <c r="F379" t="s">
-        <v>34</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" t="s">
-        <v>1353</v>
+        <v>1347</v>
       </c>
       <c r="B380" t="s">
-        <v>1354</v>
+        <v>1348</v>
       </c>
       <c r="C380" t="s" s="2">
-        <v>1355</v>
-[...2 lines deleted...]
-        <v>2348068721810</v>
+        <v>1349</v>
+      </c>
+      <c r="D380" s="3">
+        <v>2347067123603</v>
       </c>
       <c r="E380" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="F380" t="s">
-        <v>1356</v>
+        <v>32</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" t="s">
-        <v>1357</v>
+        <v>1350</v>
       </c>
       <c r="B381" t="s">
-        <v>1358</v>
+        <v>1351</v>
       </c>
       <c r="C381" t="s" s="2">
-        <v>1359</v>
-[...2 lines deleted...]
-        <v>1360</v>
+        <v>1352</v>
+      </c>
+      <c r="D381" s="3">
+        <v>2347061884702</v>
       </c>
       <c r="E381" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="F381" t="s">
-        <v>1361</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" t="s">
-        <v>1362</v>
-[...3 lines deleted...]
-      </c>
+        <v>1354</v>
+      </c>
+      <c r="B382"/>
       <c r="C382" t="s" s="2">
-        <v>1364</v>
-[...3 lines deleted...]
-      </c>
+        <v>1355</v>
+      </c>
+      <c r="D382"/>
       <c r="E382" t="s">
-        <v>179</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F382"/>
     </row>
     <row r="383">
       <c r="A383" t="s">
-        <v>1366</v>
-[...1 lines deleted...]
-      <c r="B383"/>
+        <v>1356</v>
+      </c>
+      <c r="B383" t="s">
+        <v>1357</v>
+      </c>
       <c r="C383" t="s" s="2">
-        <v>1367</v>
-[...1 lines deleted...]
-      <c r="D383"/>
+        <v>1358</v>
+      </c>
+      <c r="D383" s="3">
+        <v>233542673496</v>
+      </c>
       <c r="E383" t="s">
-        <v>530</v>
-[...1 lines deleted...]
-      <c r="F383"/>
+        <v>20</v>
+      </c>
+      <c r="F383" t="s">
+        <v>1359</v>
+      </c>
     </row>
     <row r="384">
       <c r="A384" t="s">
-        <v>1368</v>
+        <v>1360</v>
       </c>
       <c r="B384" t="s">
-        <v>1369</v>
+        <v>1361</v>
       </c>
       <c r="C384" t="s" s="2">
-        <v>1370</v>
-[...2 lines deleted...]
-        <v>553012352</v>
+        <v>1362</v>
+      </c>
+      <c r="D384" s="3">
+        <v>254727243504</v>
       </c>
       <c r="E384" t="s">
-        <v>33</v>
+        <v>528</v>
       </c>
       <c r="F384" t="s">
-        <v>1371</v>
+        <v>32</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" t="s">
-        <v>1372</v>
+        <v>1363</v>
       </c>
       <c r="B385" t="s">
-        <v>1373</v>
+        <v>1364</v>
       </c>
       <c r="C385" t="s" s="2">
-        <v>1374</v>
-[...2 lines deleted...]
-        <v>254717760473</v>
+        <v>1365</v>
+      </c>
+      <c r="D385" s="3">
+        <v>233553791651</v>
       </c>
       <c r="E385" t="s">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="F385" t="s">
-        <v>267</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" t="s">
-        <v>1375</v>
+        <v>1367</v>
       </c>
       <c r="B386" t="s">
-        <v>1376</v>
+        <v>1368</v>
       </c>
       <c r="C386" t="s" s="2">
-        <v>1377</v>
-[...2 lines deleted...]
-        <v>256740392130</v>
+        <v>1369</v>
+      </c>
+      <c r="D386" s="3">
+        <v>233555489350</v>
       </c>
       <c r="E386" t="s">
-        <v>365</v>
+        <v>15</v>
       </c>
       <c r="F386" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" t="s">
-        <v>1378</v>
+        <v>1370</v>
       </c>
       <c r="B387" t="s">
-        <v>1379</v>
+        <v>1371</v>
       </c>
       <c r="C387" t="s" s="2">
-        <v>1380</v>
-[...2 lines deleted...]
-        <v>2348106862388</v>
+        <v>1372</v>
+      </c>
+      <c r="D387" s="3">
+        <v>233545711816</v>
       </c>
       <c r="E387" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F387" t="s">
-        <v>562</v>
+        <v>26</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" t="s">
-        <v>1381</v>
-[...1 lines deleted...]
-      <c r="B388"/>
+        <v>1373</v>
+      </c>
+      <c r="B388" t="s">
+        <v>1374</v>
+      </c>
       <c r="C388" t="s" s="2">
-        <v>1382</v>
-[...1 lines deleted...]
-      <c r="D388"/>
+        <v>1375</v>
+      </c>
+      <c r="D388" s="3">
+        <v>233247623530</v>
+      </c>
       <c r="E388" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F388"/>
+        <v>20</v>
+      </c>
+      <c r="F388" t="s">
+        <v>135</v>
+      </c>
     </row>
     <row r="389">
       <c r="A389" t="s">
-        <v>1383</v>
-[...1 lines deleted...]
-      <c r="B389"/>
+        <v>1376</v>
+      </c>
+      <c r="B389" t="s">
+        <v>1377</v>
+      </c>
       <c r="C389" t="s" s="2">
-        <v>1384</v>
-[...1 lines deleted...]
-      <c r="D389"/>
+        <v>1378</v>
+      </c>
+      <c r="D389" t="s" s="4">
+        <v>1379</v>
+      </c>
       <c r="E389" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F389"/>
+        <v>10</v>
+      </c>
+      <c r="F389" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="390">
       <c r="A390" t="s">
-        <v>1385</v>
+        <v>1380</v>
       </c>
       <c r="B390" t="s">
-        <v>1386</v>
+        <v>1381</v>
       </c>
       <c r="C390" t="s" s="2">
-        <v>1387</v>
-[...2 lines deleted...]
-        <v>254718580055</v>
+        <v>1382</v>
+      </c>
+      <c r="D390" s="3">
+        <v>233243472883</v>
       </c>
       <c r="E390" t="s">
-        <v>60</v>
+        <v>15</v>
       </c>
       <c r="F390" t="s">
-        <v>123</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" t="s">
-        <v>1388</v>
-[...1 lines deleted...]
-      <c r="B391"/>
+        <v>1384</v>
+      </c>
+      <c r="B391" t="s">
+        <v>1385</v>
+      </c>
       <c r="C391" t="s" s="2">
-        <v>1389</v>
-[...1 lines deleted...]
-      <c r="D391"/>
+        <v>1386</v>
+      </c>
+      <c r="D391" s="3">
+        <v>254796746555</v>
+      </c>
       <c r="E391" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F391"/>
+        <v>10</v>
+      </c>
+      <c r="F391" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="392">
       <c r="A392" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B392" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C392" t="s" s="2">
+        <v>1389</v>
+      </c>
+      <c r="D392" s="3">
+        <v>256789769708</v>
+      </c>
+      <c r="E392" t="s">
         <v>1390</v>
       </c>
-      <c r="B392" t="s">
+      <c r="F392" t="s">
         <v>1391</v>
-      </c>
-[...10 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" t="s">
+        <v>1392</v>
+      </c>
+      <c r="B393" t="s">
         <v>1393</v>
       </c>
-      <c r="B393" t="s">
+      <c r="C393" t="s" s="2">
         <v>1394</v>
       </c>
-      <c r="C393" t="s" s="2">
-[...3 lines deleted...]
-        <v>1396</v>
+      <c r="D393" s="3">
+        <v>254728526530</v>
       </c>
       <c r="E393" t="s">
-        <v>1397</v>
+        <v>90</v>
       </c>
       <c r="F393" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" t="s">
+        <v>1395</v>
+      </c>
+      <c r="B394" t="s">
+        <v>1396</v>
+      </c>
+      <c r="C394" t="s" s="2">
+        <v>1397</v>
+      </c>
+      <c r="D394" t="s" s="4">
         <v>1398</v>
       </c>
-      <c r="B394" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E394" t="s">
-        <v>479</v>
+        <v>10</v>
       </c>
       <c r="F394" t="s">
-        <v>1201</v>
+        <v>32</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" t="s">
+        <v>1399</v>
+      </c>
+      <c r="B395" t="s">
+        <v>1400</v>
+      </c>
+      <c r="C395" t="s" s="2">
         <v>1401</v>
       </c>
-      <c r="B395" t="s">
+      <c r="D395" t="s" s="4">
         <v>1402</v>
       </c>
-      <c r="C395" t="s" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="E395" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F395" t="s">
-        <v>1404</v>
+        <v>100</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B396" t="s">
+        <v>1404</v>
+      </c>
+      <c r="C396" t="s" s="2">
         <v>1405</v>
       </c>
-      <c r="B396" t="s">
+      <c r="D396" s="3">
+        <v>2348068721810</v>
+      </c>
+      <c r="E396" t="s">
+        <v>31</v>
+      </c>
+      <c r="F396" t="s">
         <v>1406</v>
-      </c>
-[...10 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B397" t="s">
         <v>1408</v>
       </c>
-      <c r="B397" t="s">
+      <c r="C397" t="s" s="2">
         <v>1409</v>
       </c>
-      <c r="C397" t="s" s="2">
+      <c r="D397" t="s" s="4">
         <v>1410</v>
       </c>
-      <c r="D397" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="E397" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="F397" t="s">
-        <v>12</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="B398" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="C398" t="s" s="2">
-        <v>1413</v>
-[...2 lines deleted...]
-        <v>2348065574058</v>
+        <v>1414</v>
+      </c>
+      <c r="D398" s="3">
+        <v>233244866236</v>
       </c>
       <c r="E398" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F398" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" t="s">
-        <v>1415</v>
-[...1 lines deleted...]
-      <c r="B399" t="s">
         <v>1416</v>
       </c>
+      <c r="B399"/>
       <c r="C399" t="s" s="2">
         <v>1417</v>
       </c>
-      <c r="D399" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="D399"/>
       <c r="E399" t="s">
-        <v>179</v>
-[...3 lines deleted...]
-      </c>
+        <v>584</v>
+      </c>
+      <c r="F399"/>
     </row>
     <row r="400">
       <c r="A400" t="s">
         <v>1418</v>
       </c>
       <c r="B400" t="s">
         <v>1419</v>
       </c>
       <c r="C400" t="s" s="2">
         <v>1420</v>
       </c>
-      <c r="D400" t="s" s="3">
+      <c r="D400">
+        <v>553012352</v>
+      </c>
+      <c r="E400" t="s">
+        <v>20</v>
+      </c>
+      <c r="F400" t="s">
         <v>1421</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" t="s">
         <v>1422</v>
       </c>
       <c r="B401" t="s">
         <v>1423</v>
       </c>
       <c r="C401" t="s" s="2">
         <v>1424</v>
       </c>
-      <c r="D401" s="4">
-        <v>2348160282170</v>
+      <c r="D401" s="3">
+        <v>254717760473</v>
       </c>
       <c r="E401" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F401"/>
+        <v>10</v>
+      </c>
+      <c r="F401" t="s">
+        <v>327</v>
+      </c>
     </row>
     <row r="402">
       <c r="A402" t="s">
         <v>1425</v>
       </c>
       <c r="B402" t="s">
         <v>1426</v>
       </c>
       <c r="C402" t="s" s="2">
         <v>1427</v>
       </c>
-      <c r="D402" s="4">
-        <v>256700871758</v>
+      <c r="D402" s="3">
+        <v>256740392130</v>
       </c>
       <c r="E402" t="s">
-        <v>389</v>
+        <v>424</v>
       </c>
       <c r="F402" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" t="s">
         <v>1428</v>
       </c>
       <c r="B403" t="s">
         <v>1429</v>
       </c>
       <c r="C403" t="s" s="2">
         <v>1430</v>
       </c>
-      <c r="D403" s="4">
-        <v>233247515311</v>
+      <c r="D403" s="3">
+        <v>2348106862388</v>
       </c>
       <c r="E403" t="s">
-        <v>179</v>
+        <v>31</v>
       </c>
       <c r="F403" t="s">
-        <v>512</v>
+        <v>616</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" t="s">
         <v>1431</v>
       </c>
-      <c r="B404" t="s">
+      <c r="B404"/>
+      <c r="C404" t="s" s="2">
         <v>1432</v>
       </c>
-      <c r="C404" t="s" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="D404"/>
       <c r="E404" t="s">
-        <v>1434</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F404"/>
     </row>
     <row r="405">
       <c r="A405" t="s">
-        <v>1435</v>
-[...3 lines deleted...]
-      </c>
+        <v>1433</v>
+      </c>
+      <c r="B405"/>
       <c r="C405" t="s" s="2">
-        <v>1437</v>
-[...3 lines deleted...]
-      </c>
+        <v>1434</v>
+      </c>
+      <c r="D405"/>
       <c r="E405" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F405"/>
     </row>
     <row r="406">
       <c r="A406" t="s">
-        <v>1438</v>
+        <v>1435</v>
       </c>
       <c r="B406" t="s">
-        <v>1439</v>
+        <v>1436</v>
       </c>
       <c r="C406" t="s" s="2">
-        <v>1440</v>
-[...2 lines deleted...]
-        <v>2348163418371</v>
+        <v>1437</v>
+      </c>
+      <c r="D406" s="3">
+        <v>254718580055</v>
       </c>
       <c r="E406" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F406" t="s">
-        <v>1441</v>
+        <v>26</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" t="s">
-        <v>1442</v>
+        <v>1438</v>
       </c>
       <c r="B407"/>
       <c r="C407" t="s" s="2">
-        <v>1443</v>
+        <v>1439</v>
       </c>
       <c r="D407"/>
       <c r="E407" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F407"/>
     </row>
     <row r="408">
       <c r="A408" t="s">
-        <v>1444</v>
+        <v>1440</v>
       </c>
       <c r="B408" t="s">
-        <v>1445</v>
+        <v>1441</v>
       </c>
       <c r="C408" t="s" s="2">
-        <v>1446</v>
-[...2 lines deleted...]
-        <v>233241036593</v>
+        <v>1442</v>
+      </c>
+      <c r="D408" s="3">
+        <v>23407032239932</v>
       </c>
       <c r="E408" t="s">
-        <v>179</v>
+        <v>31</v>
       </c>
       <c r="F408" t="s">
-        <v>138</v>
+        <v>47</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B409" t="s">
+        <v>1444</v>
+      </c>
+      <c r="C409" t="s" s="2">
+        <v>1445</v>
+      </c>
+      <c r="D409" t="s" s="4">
+        <v>1446</v>
+      </c>
+      <c r="E409" t="s">
         <v>1447</v>
       </c>
-      <c r="B409" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F409" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" t="s">
+        <v>1448</v>
+      </c>
+      <c r="B410" t="s">
+        <v>1449</v>
+      </c>
+      <c r="C410" t="s" s="2">
         <v>1450</v>
       </c>
-      <c r="B410" t="s">
-[...6 lines deleted...]
-        <v>233245919559</v>
+      <c r="D410" s="3">
+        <v>256780808381</v>
       </c>
       <c r="E410" t="s">
-        <v>33</v>
+        <v>533</v>
       </c>
       <c r="F410" t="s">
-        <v>123</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" t="s">
+        <v>1451</v>
+      </c>
+      <c r="B411" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C411" t="s" s="2">
         <v>1453</v>
       </c>
-      <c r="B411" t="s">
+      <c r="D411" s="3">
+        <v>2349075717547</v>
+      </c>
+      <c r="E411" t="s">
+        <v>31</v>
+      </c>
+      <c r="F411" t="s">
         <v>1454</v>
-      </c>
-[...10 lines deleted...]
-        <v>1458</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" t="s">
-        <v>1459</v>
+        <v>1455</v>
       </c>
       <c r="B412" t="s">
-        <v>1460</v>
+        <v>1456</v>
       </c>
       <c r="C412" t="s" s="2">
-        <v>1461</v>
-[...2 lines deleted...]
-        <v>254722912305</v>
+        <v>1457</v>
+      </c>
+      <c r="D412" s="3">
+        <v>251111784266</v>
       </c>
       <c r="E412" t="s">
-        <v>60</v>
+        <v>528</v>
       </c>
       <c r="F412" t="s">
-        <v>1462</v>
+        <v>100</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" t="s">
-        <v>1463</v>
+        <v>1458</v>
       </c>
       <c r="B413" t="s">
-        <v>1464</v>
+        <v>1459</v>
       </c>
       <c r="C413" t="s" s="2">
-        <v>1465</v>
-[...2 lines deleted...]
-        <v>2348068981800</v>
+        <v>1460</v>
+      </c>
+      <c r="D413" s="3">
+        <v>233549920206</v>
       </c>
       <c r="E413" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F413" t="s">
-        <v>123</v>
+        <v>32</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" t="s">
-        <v>1466</v>
+        <v>1461</v>
       </c>
       <c r="B414" t="s">
-        <v>1467</v>
+        <v>1462</v>
       </c>
       <c r="C414" t="s" s="2">
-        <v>1468</v>
-[...2 lines deleted...]
-        <v>233507792042</v>
+        <v>1463</v>
+      </c>
+      <c r="D414" s="3">
+        <v>2348065574058</v>
       </c>
       <c r="E414" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F414" t="s">
-        <v>138</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" t="s">
-        <v>1469</v>
+        <v>1465</v>
       </c>
       <c r="B415" t="s">
-        <v>1470</v>
+        <v>1466</v>
       </c>
       <c r="C415" t="s" s="2">
-        <v>1471</v>
-[...2 lines deleted...]
-        <v>233552175519</v>
+        <v>1467</v>
+      </c>
+      <c r="D415" s="3">
+        <v>233552313853</v>
       </c>
       <c r="E415" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="F415" t="s">
-        <v>153</v>
+        <v>26</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" t="s">
-        <v>1472</v>
+        <v>1468</v>
       </c>
       <c r="B416" t="s">
-        <v>1473</v>
+        <v>1469</v>
       </c>
       <c r="C416" t="s" s="2">
-        <v>1474</v>
-[...2 lines deleted...]
-        <v>2349067033689</v>
+        <v>1470</v>
+      </c>
+      <c r="D416" t="s" s="4">
+        <v>1471</v>
       </c>
       <c r="E416" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="F416" t="s">
-        <v>1475</v>
+        <v>32</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" t="s">
-        <v>1476</v>
+        <v>1472</v>
       </c>
       <c r="B417" t="s">
-        <v>1477</v>
+        <v>1473</v>
       </c>
       <c r="C417" t="s" s="2">
-        <v>1478</v>
-[...2 lines deleted...]
-        <v>1479</v>
+        <v>1474</v>
+      </c>
+      <c r="D417" s="3">
+        <v>2348160282170</v>
       </c>
       <c r="E417" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F417"/>
     </row>
     <row r="418">
       <c r="A418" t="s">
-        <v>1480</v>
+        <v>1475</v>
       </c>
       <c r="B418" t="s">
-        <v>1481</v>
+        <v>1476</v>
       </c>
       <c r="C418" t="s" s="2">
-        <v>1482</v>
-[...2 lines deleted...]
-        <v>2347036491600</v>
+        <v>1477</v>
+      </c>
+      <c r="D418" s="3">
+        <v>256700871758</v>
       </c>
       <c r="E418" t="s">
-        <v>11</v>
+        <v>448</v>
       </c>
       <c r="F418" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" t="s">
-        <v>1483</v>
+        <v>1478</v>
       </c>
       <c r="B419" t="s">
-        <v>1484</v>
+        <v>1479</v>
       </c>
       <c r="C419" t="s" s="2">
-        <v>1485</v>
-[...2 lines deleted...]
-        <v>2348135881435</v>
+        <v>1480</v>
+      </c>
+      <c r="D419" s="3">
+        <v>233247515311</v>
       </c>
       <c r="E419" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F419" t="s">
-        <v>1486</v>
+        <v>566</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" t="s">
-        <v>1487</v>
+        <v>1481</v>
       </c>
       <c r="B420" t="s">
-        <v>1488</v>
+        <v>1482</v>
       </c>
       <c r="C420" t="s" s="2">
-        <v>1489</v>
-[...2 lines deleted...]
-        <v>2347061999391</v>
+        <v>1483</v>
+      </c>
+      <c r="D420" s="3">
+        <v>256706589500</v>
       </c>
       <c r="E420" t="s">
-        <v>11</v>
+        <v>1484</v>
       </c>
       <c r="F420" t="s">
-        <v>1248</v>
+        <v>529</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" t="s">
-        <v>1490</v>
+        <v>1485</v>
       </c>
       <c r="B421" t="s">
-        <v>1491</v>
+        <v>1486</v>
       </c>
       <c r="C421" t="s" s="2">
-        <v>1492</v>
-[...2 lines deleted...]
-        <v>256700277512</v>
+        <v>1487</v>
+      </c>
+      <c r="D421" s="3">
+        <v>2347068157158</v>
       </c>
       <c r="E421" t="s">
-        <v>1493</v>
+        <v>31</v>
       </c>
       <c r="F421" t="s">
-        <v>1494</v>
+        <v>32</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" t="s">
-        <v>1495</v>
+        <v>1488</v>
       </c>
       <c r="B422" t="s">
-        <v>1496</v>
+        <v>1489</v>
       </c>
       <c r="C422" t="s" s="2">
-        <v>1497</v>
-[...2 lines deleted...]
-        <v>2348030868601</v>
+        <v>1490</v>
+      </c>
+      <c r="D422" s="3">
+        <v>2348163418371</v>
       </c>
       <c r="E422" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F422" t="s">
-        <v>211</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" t="s">
-        <v>1498</v>
-[...3 lines deleted...]
-      </c>
+        <v>1492</v>
+      </c>
+      <c r="B423"/>
       <c r="C423" t="s" s="2">
-        <v>1500</v>
-[...3 lines deleted...]
-      </c>
+        <v>1493</v>
+      </c>
+      <c r="D423"/>
       <c r="E423" t="s">
-        <v>1502</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F423"/>
     </row>
     <row r="424">
       <c r="A424" t="s">
-        <v>1503</v>
+        <v>1494</v>
       </c>
       <c r="B424" t="s">
-        <v>1504</v>
+        <v>1495</v>
       </c>
       <c r="C424" t="s" s="2">
-        <v>1505</v>
-[...2 lines deleted...]
-        <v>1506</v>
+        <v>1496</v>
+      </c>
+      <c r="D424" s="3">
+        <v>233241036593</v>
       </c>
       <c r="E424" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F424" t="s">
-        <v>97</v>
+        <v>16</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" t="s">
-        <v>1507</v>
+        <v>1497</v>
       </c>
       <c r="B425" t="s">
-        <v>1508</v>
+        <v>1498</v>
       </c>
       <c r="C425" t="s" s="2">
-        <v>1509</v>
-[...2 lines deleted...]
-        <v>2347087197716</v>
+        <v>1499</v>
+      </c>
+      <c r="D425" s="3">
+        <v>2348068147976</v>
       </c>
       <c r="E425" t="s">
-        <v>11</v>
+        <v>584</v>
       </c>
       <c r="F425" t="s">
-        <v>675</v>
+        <v>160</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" t="s">
-        <v>1510</v>
+        <v>1500</v>
       </c>
       <c r="B426" t="s">
-        <v>1511</v>
+        <v>1501</v>
       </c>
       <c r="C426" t="s" s="2">
-        <v>1512</v>
-[...2 lines deleted...]
-        <v>97470665084</v>
+        <v>1502</v>
+      </c>
+      <c r="D426" s="3">
+        <v>233245919559</v>
       </c>
       <c r="E426" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F426" t="s">
-        <v>453</v>
+        <v>26</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" t="s">
-        <v>1513</v>
+        <v>1503</v>
       </c>
       <c r="B427" t="s">
-        <v>1514</v>
+        <v>1504</v>
       </c>
       <c r="C427" t="s" s="2">
-        <v>1515</v>
-[...2 lines deleted...]
-        <v>233544697741</v>
+        <v>1505</v>
+      </c>
+      <c r="D427" t="s" s="4">
+        <v>1506</v>
       </c>
       <c r="E427" t="s">
-        <v>33</v>
+        <v>1507</v>
       </c>
       <c r="F427" t="s">
-        <v>1516</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" t="s">
-        <v>1517</v>
-[...1 lines deleted...]
-      <c r="B428"/>
+        <v>1509</v>
+      </c>
+      <c r="B428" t="s">
+        <v>1510</v>
+      </c>
       <c r="C428" t="s" s="2">
-        <v>1518</v>
-[...1 lines deleted...]
-      <c r="D428"/>
+        <v>1511</v>
+      </c>
+      <c r="D428" s="3">
+        <v>254722912305</v>
+      </c>
       <c r="E428" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F428"/>
+        <v>10</v>
+      </c>
+      <c r="F428" t="s">
+        <v>1512</v>
+      </c>
     </row>
     <row r="429">
       <c r="A429" t="s">
-        <v>1519</v>
+        <v>1513</v>
       </c>
       <c r="B429" t="s">
-        <v>1520</v>
+        <v>1514</v>
       </c>
       <c r="C429" t="s" s="2">
-        <v>1521</v>
-[...2 lines deleted...]
-        <v>2347035156069</v>
+        <v>1515</v>
+      </c>
+      <c r="D429" s="3">
+        <v>2348068981800</v>
       </c>
       <c r="E429" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F429" t="s">
-        <v>1201</v>
+        <v>26</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" t="s">
-        <v>1522</v>
+        <v>1516</v>
       </c>
       <c r="B430" t="s">
-        <v>1523</v>
+        <v>1517</v>
       </c>
       <c r="C430" t="s" s="2">
-        <v>1524</v>
-[...2 lines deleted...]
-        <v>233246819493</v>
+        <v>1518</v>
+      </c>
+      <c r="D430" s="3">
+        <v>233507792042</v>
       </c>
       <c r="E430" t="s">
-        <v>179</v>
+        <v>20</v>
       </c>
       <c r="F430" t="s">
-        <v>138</v>
+        <v>16</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" t="s">
-        <v>1525</v>
-[...1 lines deleted...]
-      <c r="B431"/>
+        <v>1519</v>
+      </c>
+      <c r="B431" t="s">
+        <v>1520</v>
+      </c>
       <c r="C431" t="s" s="2">
-        <v>1526</v>
-[...1 lines deleted...]
-      <c r="D431"/>
+        <v>1521</v>
+      </c>
+      <c r="D431" s="3">
+        <v>233552175519</v>
+      </c>
       <c r="E431" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F431"/>
+        <v>20</v>
+      </c>
+      <c r="F431" t="s">
+        <v>214</v>
+      </c>
     </row>
     <row r="432">
       <c r="A432" t="s">
-        <v>1527</v>
+        <v>1522</v>
       </c>
       <c r="B432" t="s">
-        <v>1528</v>
+        <v>1523</v>
       </c>
       <c r="C432" t="s" s="2">
-        <v>1529</v>
-[...2 lines deleted...]
-        <v>2348033661589</v>
+        <v>1524</v>
+      </c>
+      <c r="D432" s="3">
+        <v>2349067033689</v>
       </c>
       <c r="E432" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F432"/>
+        <v>31</v>
+      </c>
+      <c r="F432" t="s">
+        <v>1525</v>
+      </c>
     </row>
     <row r="433">
       <c r="A433" t="s">
-        <v>1530</v>
+        <v>1526</v>
       </c>
       <c r="B433" t="s">
-        <v>1531</v>
+        <v>1527</v>
       </c>
       <c r="C433" t="s" s="2">
-        <v>1532</v>
-[...2 lines deleted...]
-        <v>2348082697887</v>
+        <v>1528</v>
+      </c>
+      <c r="D433" t="s" s="4">
+        <v>1529</v>
       </c>
       <c r="E433" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F433" t="s">
-        <v>1533</v>
+        <v>21</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" t="s">
-        <v>1534</v>
+        <v>1530</v>
       </c>
       <c r="B434" t="s">
-        <v>1535</v>
+        <v>1531</v>
       </c>
       <c r="C434" t="s" s="2">
-        <v>1536</v>
-[...2 lines deleted...]
-        <v>1537</v>
+        <v>1532</v>
+      </c>
+      <c r="D434" s="3">
+        <v>2347036491600</v>
       </c>
       <c r="E434" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F434" t="s">
-        <v>1538</v>
+        <v>32</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" t="s">
-        <v>1539</v>
+        <v>1533</v>
       </c>
       <c r="B435" t="s">
-        <v>1540</v>
+        <v>1534</v>
       </c>
       <c r="C435" t="s" s="2">
-        <v>1541</v>
-[...2 lines deleted...]
-        <v>2347039875651</v>
+        <v>1535</v>
+      </c>
+      <c r="D435" s="3">
+        <v>2348135881435</v>
       </c>
       <c r="E435" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
       <c r="F435" t="s">
-        <v>1542</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" t="s">
-        <v>1543</v>
+        <v>1537</v>
       </c>
       <c r="B436" t="s">
-        <v>1544</v>
+        <v>1538</v>
       </c>
       <c r="C436" t="s" s="2">
-        <v>1545</v>
-[...2 lines deleted...]
-        <v>1546</v>
+        <v>1539</v>
+      </c>
+      <c r="D436" s="3">
+        <v>2347061999391</v>
       </c>
       <c r="E436" t="s">
-        <v>130</v>
+        <v>31</v>
       </c>
       <c r="F436" t="s">
-        <v>1547</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" t="s">
-        <v>1548</v>
+        <v>1540</v>
       </c>
       <c r="B437" t="s">
-        <v>1549</v>
+        <v>1541</v>
       </c>
       <c r="C437" t="s" s="2">
-        <v>1550</v>
-[...2 lines deleted...]
-        <v>2347065835992</v>
+        <v>1542</v>
+      </c>
+      <c r="D437" s="3">
+        <v>256700277512</v>
       </c>
       <c r="E437" t="s">
-        <v>11</v>
+        <v>1543</v>
       </c>
       <c r="F437" t="s">
-        <v>123</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" t="s">
-        <v>1551</v>
+        <v>1545</v>
       </c>
       <c r="B438" t="s">
-        <v>1552</v>
+        <v>1546</v>
       </c>
       <c r="C438" t="s" s="2">
-        <v>1553</v>
-[...2 lines deleted...]
-        <v>2348166334843</v>
+        <v>1547</v>
+      </c>
+      <c r="D438" s="3">
+        <v>2348030868601</v>
       </c>
       <c r="E438" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F438" t="s">
-        <v>123</v>
+        <v>271</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" t="s">
-        <v>1554</v>
-[...1 lines deleted...]
-      <c r="B439"/>
+        <v>1548</v>
+      </c>
+      <c r="B439" t="s">
+        <v>1549</v>
+      </c>
       <c r="C439" t="s" s="2">
-        <v>1555</v>
-[...1 lines deleted...]
-      <c r="D439"/>
+        <v>1550</v>
+      </c>
+      <c r="D439" t="s" s="4">
+        <v>1551</v>
+      </c>
       <c r="E439" t="s">
-        <v>1556</v>
-[...1 lines deleted...]
-      <c r="F439"/>
+        <v>1552</v>
+      </c>
+      <c r="F439" t="s">
+        <v>529</v>
+      </c>
     </row>
     <row r="440">
       <c r="A440" t="s">
-        <v>1557</v>
+        <v>1553</v>
       </c>
       <c r="B440" t="s">
-        <v>1558</v>
+        <v>1554</v>
       </c>
       <c r="C440" t="s" s="2">
-        <v>1559</v>
-[...2 lines deleted...]
-        <v>1560</v>
+        <v>1555</v>
+      </c>
+      <c r="D440" t="s" s="4">
+        <v>1556</v>
       </c>
       <c r="E440" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F440" t="s">
-        <v>12</v>
+        <v>160</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" t="s">
-        <v>1561</v>
+        <v>1557</v>
       </c>
       <c r="B441" t="s">
-        <v>1562</v>
+        <v>1558</v>
       </c>
       <c r="C441" t="s" s="2">
-        <v>1563</v>
-[...2 lines deleted...]
-        <v>2348057253827</v>
+        <v>1559</v>
+      </c>
+      <c r="D441" s="3">
+        <v>2347087197716</v>
       </c>
       <c r="E441" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F441" t="s">
-        <v>1564</v>
+        <v>729</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" t="s">
-        <v>1565</v>
+        <v>1560</v>
       </c>
       <c r="B442" t="s">
-        <v>1566</v>
+        <v>1561</v>
       </c>
       <c r="C442" t="s" s="2">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>2347039124372</v>
+        <v>1562</v>
+      </c>
+      <c r="D442" s="3">
+        <v>97470665084</v>
       </c>
       <c r="E442" t="s">
+        <v>55</v>
+      </c>
+      <c r="F442" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" t="s">
-        <v>1568</v>
+        <v>1563</v>
       </c>
       <c r="B443" t="s">
-        <v>1569</v>
+        <v>1564</v>
       </c>
       <c r="C443" t="s" s="2">
-        <v>1570</v>
-[...2 lines deleted...]
-        <v>1571</v>
+        <v>1565</v>
+      </c>
+      <c r="D443" s="3">
+        <v>233544697741</v>
       </c>
       <c r="E443" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F443" t="s">
-        <v>12</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" t="s">
-        <v>1572</v>
-[...3 lines deleted...]
-      </c>
+        <v>1567</v>
+      </c>
+      <c r="B444"/>
       <c r="C444" t="s" s="2">
-        <v>1574</v>
-[...3 lines deleted...]
-      </c>
+        <v>1568</v>
+      </c>
+      <c r="D444"/>
       <c r="E444" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F444"/>
     </row>
     <row r="445">
       <c r="A445" t="s">
-        <v>1575</v>
+        <v>1569</v>
       </c>
       <c r="B445" t="s">
-        <v>1576</v>
+        <v>1570</v>
       </c>
       <c r="C445" t="s" s="2">
-        <v>1577</v>
-[...2 lines deleted...]
-        <v>12347066390260</v>
+        <v>1571</v>
+      </c>
+      <c r="D445" s="3">
+        <v>2347035156069</v>
       </c>
       <c r="E445" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F445" t="s">
-        <v>123</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" t="s">
-        <v>1578</v>
+        <v>1572</v>
       </c>
       <c r="B446" t="s">
-        <v>1579</v>
+        <v>1573</v>
       </c>
       <c r="C446" t="s" s="2">
-        <v>1580</v>
-[...2 lines deleted...]
-        <v>1581</v>
+        <v>1574</v>
+      </c>
+      <c r="D446" s="3">
+        <v>233246819493</v>
       </c>
       <c r="E446" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F446" t="s">
-        <v>123</v>
+        <v>16</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" t="s">
-        <v>1582</v>
-[...3 lines deleted...]
-      </c>
+        <v>1575</v>
+      </c>
+      <c r="B447"/>
       <c r="C447" t="s" s="2">
-        <v>1584</v>
-[...3 lines deleted...]
-      </c>
+        <v>1576</v>
+      </c>
+      <c r="D447"/>
       <c r="E447" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F447"/>
     </row>
     <row r="448">
       <c r="A448" t="s">
-        <v>1586</v>
+        <v>1577</v>
       </c>
       <c r="B448" t="s">
-        <v>1587</v>
+        <v>1578</v>
       </c>
       <c r="C448" t="s" s="2">
-        <v>1588</v>
-[...2 lines deleted...]
-        <v>61410108674</v>
+        <v>1579</v>
+      </c>
+      <c r="D448" s="3">
+        <v>2348033661589</v>
       </c>
       <c r="E448" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F448"/>
     </row>
     <row r="449">
       <c r="A449" t="s">
-        <v>1590</v>
+        <v>1580</v>
       </c>
       <c r="B449" t="s">
-        <v>1591</v>
+        <v>1581</v>
       </c>
       <c r="C449" t="s" s="2">
-        <v>1592</v>
-[...2 lines deleted...]
-        <v>1593</v>
+        <v>1582</v>
+      </c>
+      <c r="D449" s="3">
+        <v>2348082697887</v>
       </c>
       <c r="E449" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F449" t="s">
-        <v>12</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" t="s">
-        <v>1594</v>
-[...1 lines deleted...]
-      <c r="B450"/>
+        <v>1584</v>
+      </c>
+      <c r="B450" t="s">
+        <v>1585</v>
+      </c>
       <c r="C450" t="s" s="2">
-        <v>1595</v>
-[...1 lines deleted...]
-      <c r="D450"/>
+        <v>1586</v>
+      </c>
+      <c r="D450" t="s" s="4">
+        <v>1587</v>
+      </c>
       <c r="E450" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F450"/>
+        <v>31</v>
+      </c>
+      <c r="F450" t="s">
+        <v>1588</v>
+      </c>
     </row>
     <row r="451">
       <c r="A451" t="s">
-        <v>1596</v>
+        <v>1589</v>
       </c>
       <c r="B451" t="s">
-        <v>1597</v>
+        <v>1590</v>
       </c>
       <c r="C451" t="s" s="2">
-        <v>1598</v>
-[...2 lines deleted...]
-        <v>1599</v>
+        <v>1591</v>
+      </c>
+      <c r="D451" s="3">
+        <v>2347039875651</v>
       </c>
       <c r="E451" t="s">
-        <v>389</v>
+        <v>55</v>
       </c>
       <c r="F451" t="s">
-        <v>12</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" t="s">
-        <v>1600</v>
+        <v>1593</v>
       </c>
       <c r="B452" t="s">
-        <v>1601</v>
+        <v>1594</v>
       </c>
       <c r="C452" t="s" s="2">
-        <v>1602</v>
-[...2 lines deleted...]
-        <v>1603</v>
+        <v>1595</v>
+      </c>
+      <c r="D452" t="s" s="4">
+        <v>1596</v>
       </c>
       <c r="E452" t="s">
-        <v>1604</v>
+        <v>192</v>
       </c>
       <c r="F452" t="s">
-        <v>1605</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" t="s">
-        <v>1606</v>
-[...1 lines deleted...]
-      <c r="B453"/>
+        <v>1598</v>
+      </c>
+      <c r="B453" t="s">
+        <v>1599</v>
+      </c>
       <c r="C453" t="s" s="2">
-        <v>1607</v>
-[...1 lines deleted...]
-      <c r="D453"/>
+        <v>1600</v>
+      </c>
+      <c r="D453" s="3">
+        <v>2347065835992</v>
+      </c>
       <c r="E453" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F453"/>
+        <v>31</v>
+      </c>
+      <c r="F453" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="454">
       <c r="A454" t="s">
-        <v>1608</v>
+        <v>1601</v>
       </c>
       <c r="B454" t="s">
-        <v>1609</v>
+        <v>1602</v>
       </c>
       <c r="C454" t="s" s="2">
-        <v>1610</v>
-[...2 lines deleted...]
-        <v>2349166868941</v>
+        <v>1603</v>
+      </c>
+      <c r="D454" s="3">
+        <v>2348166334843</v>
       </c>
       <c r="E454" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F454" t="s">
-        <v>138</v>
+        <v>26</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" t="s">
-        <v>1611</v>
-[...3 lines deleted...]
-      </c>
+        <v>1604</v>
+      </c>
+      <c r="B455"/>
       <c r="C455" t="s" s="2">
-        <v>1613</v>
-[...3 lines deleted...]
-      </c>
+        <v>1605</v>
+      </c>
+      <c r="D455"/>
       <c r="E455" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>1606</v>
+      </c>
+      <c r="F455"/>
     </row>
     <row r="456">
       <c r="A456" t="s">
-        <v>1614</v>
+        <v>1607</v>
       </c>
       <c r="B456" t="s">
-        <v>1615</v>
+        <v>1608</v>
       </c>
       <c r="C456" t="s" s="2">
-        <v>1616</v>
-[...2 lines deleted...]
-        <v>1617</v>
+        <v>1609</v>
+      </c>
+      <c r="D456" t="s" s="4">
+        <v>1610</v>
       </c>
       <c r="E456" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F456" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" t="s">
-        <v>1618</v>
+        <v>1611</v>
       </c>
       <c r="B457" t="s">
-        <v>1619</v>
+        <v>1612</v>
       </c>
       <c r="C457" t="s" s="2">
-        <v>1620</v>
-[...2 lines deleted...]
-        <v>1621</v>
+        <v>1613</v>
+      </c>
+      <c r="D457" s="3">
+        <v>2348057253827</v>
       </c>
       <c r="E457" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="F457" t="s">
-        <v>12</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" t="s">
-        <v>1622</v>
+        <v>1615</v>
       </c>
       <c r="B458" t="s">
-        <v>1623</v>
+        <v>1616</v>
       </c>
       <c r="C458" t="s" s="2">
-        <v>1624</v>
-[...2 lines deleted...]
-        <v>2348037557067</v>
+        <v>1617</v>
+      </c>
+      <c r="D458" s="3">
+        <v>2347039124372</v>
       </c>
       <c r="E458" t="s">
-        <v>1556</v>
+        <v>31</v>
       </c>
       <c r="F458" t="s">
-        <v>1625</v>
+        <v>32</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" t="s">
-        <v>1626</v>
+        <v>1618</v>
       </c>
       <c r="B459" t="s">
-        <v>1627</v>
+        <v>1619</v>
       </c>
       <c r="C459" t="s" s="2">
-        <v>1628</v>
-[...2 lines deleted...]
-        <v>2349076733274</v>
+        <v>1620</v>
+      </c>
+      <c r="D459" t="s" s="4">
+        <v>1621</v>
       </c>
       <c r="E459" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F459" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" t="s">
-        <v>1629</v>
+        <v>1622</v>
       </c>
       <c r="B460" t="s">
-        <v>1630</v>
+        <v>1623</v>
       </c>
       <c r="C460" t="s" s="2">
-        <v>1631</v>
-[...2 lines deleted...]
-        <v>2347068940032</v>
+        <v>1624</v>
+      </c>
+      <c r="D460" s="3">
+        <v>2347080765007</v>
       </c>
       <c r="E460" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F460" t="s">
-        <v>1632</v>
+        <v>947</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" t="s">
-        <v>1633</v>
+        <v>1625</v>
       </c>
       <c r="B461" t="s">
-        <v>1634</v>
+        <v>1626</v>
       </c>
       <c r="C461" t="s" s="2">
-        <v>1635</v>
-[...2 lines deleted...]
-        <v>2348132499073</v>
+        <v>1627</v>
+      </c>
+      <c r="D461" s="3">
+        <v>12347066390260</v>
       </c>
       <c r="E461" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F461" t="s">
-        <v>463</v>
+        <v>26</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" t="s">
-        <v>1636</v>
+        <v>1628</v>
       </c>
       <c r="B462" t="s">
-        <v>1637</v>
+        <v>1629</v>
       </c>
       <c r="C462" t="s" s="2">
-        <v>1638</v>
-[...2 lines deleted...]
-        <v>1639</v>
+        <v>1630</v>
+      </c>
+      <c r="D462" t="s" s="4">
+        <v>1631</v>
       </c>
       <c r="E462" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F462" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" t="s">
-        <v>1640</v>
+        <v>1632</v>
       </c>
       <c r="B463" t="s">
-        <v>1641</v>
+        <v>1633</v>
       </c>
       <c r="C463" t="s" s="2">
-        <v>1642</v>
-[...2 lines deleted...]
-        <v>8140699847</v>
+        <v>1634</v>
+      </c>
+      <c r="D463" t="s" s="4">
+        <v>1635</v>
       </c>
       <c r="E463" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="F463" t="s">
-        <v>123</v>
+        <v>32</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" t="s">
-        <v>1643</v>
+        <v>1636</v>
       </c>
       <c r="B464" t="s">
-        <v>1644</v>
+        <v>1637</v>
       </c>
       <c r="C464" t="s" s="2">
-        <v>1645</v>
-[...2 lines deleted...]
-        <v>2349038209459</v>
+        <v>1638</v>
+      </c>
+      <c r="D464" s="3">
+        <v>61410108674</v>
       </c>
       <c r="E464" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F464" t="s">
-        <v>97</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" t="s">
-        <v>1646</v>
+        <v>1640</v>
       </c>
       <c r="B465" t="s">
-        <v>1647</v>
+        <v>1641</v>
       </c>
       <c r="C465" t="s" s="2">
-        <v>1648</v>
-[...2 lines deleted...]
-        <v>2348060161454</v>
+        <v>1642</v>
+      </c>
+      <c r="D465" t="s" s="4">
+        <v>1643</v>
       </c>
       <c r="E465" t="s">
-        <v>71</v>
+        <v>20</v>
       </c>
       <c r="F465" t="s">
-        <v>1649</v>
+        <v>32</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" t="s">
-        <v>1650</v>
-[...3 lines deleted...]
-      </c>
+        <v>1644</v>
+      </c>
+      <c r="B466"/>
       <c r="C466" t="s" s="2">
-        <v>1652</v>
-[...3 lines deleted...]
-      </c>
+        <v>1645</v>
+      </c>
+      <c r="D466"/>
       <c r="E466" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F466"/>
     </row>
     <row r="467">
       <c r="A467" t="s">
-        <v>1654</v>
+        <v>1646</v>
       </c>
       <c r="B467" t="s">
-        <v>1655</v>
+        <v>1647</v>
       </c>
       <c r="C467" t="s" s="2">
-        <v>1656</v>
-[...2 lines deleted...]
-        <v>254757877035</v>
+        <v>1648</v>
+      </c>
+      <c r="D467" t="s" s="4">
+        <v>1649</v>
       </c>
       <c r="E467" t="s">
-        <v>23</v>
+        <v>448</v>
       </c>
       <c r="F467" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" t="s">
-        <v>1657</v>
+        <v>1650</v>
       </c>
       <c r="B468" t="s">
-        <v>1658</v>
+        <v>1651</v>
       </c>
       <c r="C468" t="s" s="2">
-        <v>1659</v>
-[...2 lines deleted...]
-        <v>233209859672</v>
+        <v>1652</v>
+      </c>
+      <c r="D468" t="s" s="4">
+        <v>1653</v>
       </c>
       <c r="E468" t="s">
-        <v>33</v>
+        <v>1654</v>
       </c>
       <c r="F468" t="s">
-        <v>263</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" t="s">
-        <v>1660</v>
+        <v>1656</v>
       </c>
       <c r="B469"/>
       <c r="C469" t="s" s="2">
-        <v>1661</v>
+        <v>1657</v>
       </c>
       <c r="D469"/>
       <c r="E469" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F469"/>
     </row>
     <row r="470">
       <c r="A470" t="s">
-        <v>1662</v>
+        <v>1658</v>
       </c>
       <c r="B470" t="s">
-        <v>1663</v>
+        <v>1659</v>
       </c>
       <c r="C470" t="s" s="2">
-        <v>1664</v>
-[...2 lines deleted...]
-        <v>1639</v>
+        <v>1660</v>
+      </c>
+      <c r="D470" s="3">
+        <v>2349166868941</v>
       </c>
       <c r="E470" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F470" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" t="s">
-        <v>1665</v>
+        <v>1661</v>
       </c>
       <c r="B471" t="s">
-        <v>1666</v>
+        <v>1662</v>
       </c>
       <c r="C471" t="s" s="2">
-        <v>1667</v>
-[...2 lines deleted...]
-        <v>1668</v>
+        <v>1663</v>
+      </c>
+      <c r="D471" s="3">
+        <v>2348062696927</v>
       </c>
       <c r="E471" t="s">
-        <v>179</v>
+        <v>31</v>
       </c>
       <c r="F471" t="s">
-        <v>1669</v>
+        <v>84</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" t="s">
-        <v>1670</v>
+        <v>1664</v>
       </c>
       <c r="B472" t="s">
-        <v>1671</v>
+        <v>1665</v>
       </c>
       <c r="C472" t="s" s="2">
-        <v>1672</v>
-[...2 lines deleted...]
-        <v>1673</v>
+        <v>1666</v>
+      </c>
+      <c r="D472" t="s" s="4">
+        <v>1667</v>
       </c>
       <c r="E472" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F472"/>
+        <v>31</v>
+      </c>
+      <c r="F472" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="473">
       <c r="A473" t="s">
-        <v>1674</v>
+        <v>1668</v>
       </c>
       <c r="B473" t="s">
-        <v>1675</v>
+        <v>1669</v>
       </c>
       <c r="C473" t="s" s="2">
-        <v>1676</v>
-[...2 lines deleted...]
-        <v>256785062215</v>
+        <v>1670</v>
+      </c>
+      <c r="D473" t="s" s="4">
+        <v>1671</v>
       </c>
       <c r="E473" t="s">
-        <v>130</v>
+        <v>31</v>
       </c>
       <c r="F473" t="s">
-        <v>1677</v>
+        <v>32</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" t="s">
-        <v>1678</v>
+        <v>1672</v>
       </c>
       <c r="B474" t="s">
-        <v>1679</v>
+        <v>1673</v>
       </c>
       <c r="C474" t="s" s="2">
-        <v>1680</v>
-[...2 lines deleted...]
-        <v>2349026254333</v>
+        <v>1674</v>
+      </c>
+      <c r="D474" s="3">
+        <v>2348037557067</v>
       </c>
       <c r="E474" t="s">
-        <v>11</v>
+        <v>1606</v>
       </c>
       <c r="F474" t="s">
-        <v>111</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" t="s">
-        <v>1681</v>
-[...1 lines deleted...]
-      <c r="B475"/>
+        <v>1676</v>
+      </c>
+      <c r="B475" t="s">
+        <v>1677</v>
+      </c>
       <c r="C475" t="s" s="2">
-        <v>1682</v>
-[...1 lines deleted...]
-      <c r="D475"/>
+        <v>1678</v>
+      </c>
+      <c r="D475" s="3">
+        <v>2349076733274</v>
+      </c>
       <c r="E475" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F475"/>
+        <v>31</v>
+      </c>
+      <c r="F475" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="476">
       <c r="A476" t="s">
-        <v>1683</v>
+        <v>1679</v>
       </c>
       <c r="B476" t="s">
-        <v>1684</v>
+        <v>1680</v>
       </c>
       <c r="C476" t="s" s="2">
-        <v>1685</v>
-[...2 lines deleted...]
-        <v>1686</v>
+        <v>1681</v>
+      </c>
+      <c r="D476" s="3">
+        <v>2347068940032</v>
       </c>
       <c r="E476" t="s">
-        <v>60</v>
+        <v>31</v>
       </c>
       <c r="F476" t="s">
-        <v>211</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" t="s">
-        <v>1687</v>
-[...1 lines deleted...]
-      <c r="B477"/>
+        <v>1683</v>
+      </c>
+      <c r="B477" t="s">
+        <v>1684</v>
+      </c>
       <c r="C477" t="s" s="2">
-        <v>1688</v>
-[...1 lines deleted...]
-      <c r="D477"/>
+        <v>1685</v>
+      </c>
+      <c r="D477" s="3">
+        <v>2348132499073</v>
+      </c>
       <c r="E477" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F477"/>
+        <v>55</v>
+      </c>
+      <c r="F477" t="s">
+        <v>517</v>
+      </c>
     </row>
     <row r="478">
       <c r="A478" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B478" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C478" t="s" s="2">
+        <v>1688</v>
+      </c>
+      <c r="D478" t="s" s="4">
         <v>1689</v>
       </c>
-      <c r="B478" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E478" t="s">
-        <v>1693</v>
+        <v>31</v>
       </c>
       <c r="F478" t="s">
-        <v>1694</v>
+        <v>32</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" t="s">
-        <v>1695</v>
+        <v>1690</v>
       </c>
       <c r="B479" t="s">
-        <v>1696</v>
-[...5 lines deleted...]
-        <v>1698</v>
+        <v>1691</v>
+      </c>
+      <c r="C479" t="s" s="2">
+        <v>1692</v>
+      </c>
+      <c r="D479">
+        <v>8140699847</v>
       </c>
       <c r="E479" t="s">
-        <v>1699</v>
+        <v>31</v>
       </c>
       <c r="F479" t="s">
-        <v>1700</v>
+        <v>26</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" t="s">
-        <v>1701</v>
+        <v>1693</v>
       </c>
       <c r="B480" t="s">
-        <v>1702</v>
+        <v>1694</v>
       </c>
       <c r="C480" t="s" s="2">
-        <v>1703</v>
-[...2 lines deleted...]
-        <v>1704</v>
+        <v>1695</v>
+      </c>
+      <c r="D480" s="3">
+        <v>2349038209459</v>
       </c>
       <c r="E480" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="F480" t="s">
-        <v>12</v>
+        <v>160</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" t="s">
-        <v>1705</v>
-[...1 lines deleted...]
-      <c r="B481"/>
+        <v>1696</v>
+      </c>
+      <c r="B481" t="s">
+        <v>1697</v>
+      </c>
       <c r="C481" t="s" s="2">
-        <v>1706</v>
-[...1 lines deleted...]
-      <c r="D481"/>
+        <v>1698</v>
+      </c>
+      <c r="D481" s="3">
+        <v>2348060161454</v>
+      </c>
       <c r="E481" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F481"/>
+        <v>25</v>
+      </c>
+      <c r="F481" t="s">
+        <v>1699</v>
+      </c>
     </row>
     <row r="482">
       <c r="A482" t="s">
-        <v>1707</v>
-[...1 lines deleted...]
-      <c r="B482"/>
+        <v>1700</v>
+      </c>
+      <c r="B482" t="s">
+        <v>1701</v>
+      </c>
       <c r="C482" t="s" s="2">
-        <v>1708</v>
-[...1 lines deleted...]
-      <c r="D482"/>
+        <v>1702</v>
+      </c>
+      <c r="D482" t="s" s="4">
+        <v>1703</v>
+      </c>
       <c r="E482" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F482"/>
+        <v>20</v>
+      </c>
+      <c r="F482" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="483">
       <c r="A483" t="s">
-        <v>1709</v>
+        <v>1704</v>
       </c>
       <c r="B483" t="s">
-        <v>1710</v>
+        <v>1705</v>
       </c>
       <c r="C483" t="s" s="2">
-        <v>1711</v>
-[...2 lines deleted...]
-        <v>233578304932</v>
+        <v>1706</v>
+      </c>
+      <c r="D483" s="3">
+        <v>254757877035</v>
       </c>
       <c r="E483" t="s">
-        <v>142</v>
+        <v>90</v>
       </c>
       <c r="F483" t="s">
-        <v>34</v>
+        <v>95</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" t="s">
-        <v>1712</v>
+        <v>1707</v>
       </c>
       <c r="B484" t="s">
-        <v>1713</v>
+        <v>1708</v>
       </c>
       <c r="C484" t="s" s="2">
-        <v>1714</v>
-[...2 lines deleted...]
-        <v>1715</v>
+        <v>1709</v>
+      </c>
+      <c r="D484" s="3">
+        <v>233209859672</v>
       </c>
       <c r="E484" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F484" t="s">
-        <v>1669</v>
+        <v>323</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" t="s">
-        <v>1716</v>
-[...3 lines deleted...]
-      </c>
+        <v>1710</v>
+      </c>
+      <c r="B485"/>
       <c r="C485" t="s" s="2">
-        <v>1718</v>
-[...3 lines deleted...]
-      </c>
+        <v>1711</v>
+      </c>
+      <c r="D485"/>
       <c r="E485" t="s">
-        <v>474</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F485"/>
     </row>
     <row r="486">
       <c r="A486" t="s">
-        <v>1720</v>
+        <v>1712</v>
       </c>
       <c r="B486" t="s">
-        <v>1721</v>
+        <v>1713</v>
       </c>
       <c r="C486" t="s" s="2">
-        <v>1722</v>
-[...2 lines deleted...]
-        <v>254717245760</v>
+        <v>1714</v>
+      </c>
+      <c r="D486" t="s" s="4">
+        <v>1689</v>
       </c>
       <c r="E486" t="s">
-        <v>474</v>
+        <v>31</v>
       </c>
       <c r="F486" t="s">
-        <v>12</v>
+        <v>100</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" t="s">
-        <v>1723</v>
+        <v>1715</v>
       </c>
       <c r="B487" t="s">
-        <v>1721</v>
+        <v>1716</v>
       </c>
       <c r="C487" t="s" s="2">
-        <v>1724</v>
-[...2 lines deleted...]
-        <v>254717245760</v>
+        <v>1717</v>
+      </c>
+      <c r="D487" t="s" s="4">
+        <v>1718</v>
       </c>
       <c r="E487" t="s">
-        <v>60</v>
+        <v>15</v>
       </c>
       <c r="F487" t="s">
-        <v>1725</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" t="s">
-        <v>1726</v>
+        <v>1720</v>
       </c>
       <c r="B488" t="s">
-        <v>505</v>
+        <v>1721</v>
       </c>
       <c r="C488" t="s" s="2">
-        <v>1727</v>
-[...2 lines deleted...]
-        <v>254727458141</v>
+        <v>1722</v>
+      </c>
+      <c r="D488" t="s" s="4">
+        <v>1723</v>
       </c>
       <c r="E488" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F488"/>
     </row>
     <row r="489">
       <c r="A489" t="s">
-        <v>1728</v>
+        <v>1724</v>
       </c>
       <c r="B489" t="s">
-        <v>1729</v>
+        <v>1725</v>
       </c>
       <c r="C489" t="s" s="2">
-        <v>1730</v>
-[...2 lines deleted...]
-        <v>233541507062</v>
+        <v>1726</v>
+      </c>
+      <c r="D489" s="3">
+        <v>256785062215</v>
       </c>
       <c r="E489" t="s">
-        <v>33</v>
+        <v>192</v>
       </c>
       <c r="F489" t="s">
-        <v>1731</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" t="s">
-        <v>1732</v>
+        <v>1728</v>
       </c>
       <c r="B490" t="s">
-        <v>1733</v>
+        <v>1729</v>
       </c>
       <c r="C490" t="s" s="2">
-        <v>1734</v>
-[...2 lines deleted...]
-        <v>1735</v>
+        <v>1730</v>
+      </c>
+      <c r="D490" s="3">
+        <v>2349026254333</v>
       </c>
       <c r="E490" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F490" t="s">
-        <v>1736</v>
+        <v>174</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" t="s">
-        <v>1737</v>
-[...3 lines deleted...]
-      </c>
+        <v>1731</v>
+      </c>
+      <c r="B491"/>
       <c r="C491" t="s" s="2">
-        <v>1739</v>
-[...3 lines deleted...]
-      </c>
+        <v>1732</v>
+      </c>
+      <c r="D491"/>
       <c r="E491" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F491"/>
     </row>
     <row r="492">
       <c r="A492" t="s">
-        <v>1741</v>
+        <v>1733</v>
       </c>
       <c r="B492" t="s">
-        <v>1742</v>
+        <v>1734</v>
       </c>
       <c r="C492" t="s" s="2">
-        <v>1743</v>
-[...2 lines deleted...]
-        <v>254792585950</v>
+        <v>1735</v>
+      </c>
+      <c r="D492" t="s" s="4">
+        <v>1736</v>
       </c>
       <c r="E492" t="s">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="F492" t="s">
-        <v>512</v>
+        <v>271</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" t="s">
-        <v>1744</v>
-[...3 lines deleted...]
-      </c>
+        <v>1737</v>
+      </c>
+      <c r="B493"/>
       <c r="C493" t="s" s="2">
-        <v>1746</v>
+        <v>1738</v>
       </c>
       <c r="D493"/>
       <c r="E493" t="s">
-        <v>1747</v>
+        <v>31</v>
       </c>
       <c r="F493"/>
     </row>
     <row r="494">
       <c r="A494" t="s">
-        <v>1748</v>
+        <v>1739</v>
       </c>
       <c r="B494" t="s">
-        <v>1749</v>
+        <v>1740</v>
       </c>
       <c r="C494" t="s" s="2">
-        <v>1750</v>
-[...2 lines deleted...]
-        <v>2348137720100</v>
+        <v>1741</v>
+      </c>
+      <c r="D494" t="s" s="4">
+        <v>1742</v>
       </c>
       <c r="E494" t="s">
-        <v>11</v>
+        <v>1743</v>
       </c>
       <c r="F494" t="s">
-        <v>123</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" t="s">
-        <v>1751</v>
+        <v>1745</v>
       </c>
       <c r="B495" t="s">
-        <v>1752</v>
-[...5 lines deleted...]
-        <v>2348037617448</v>
+        <v>1746</v>
+      </c>
+      <c r="C495" t="s">
+        <v>1747</v>
+      </c>
+      <c r="D495" t="s" s="4">
+        <v>1748</v>
       </c>
       <c r="E495" t="s">
-        <v>16</v>
+        <v>1749</v>
       </c>
       <c r="F495" t="s">
-        <v>562</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" t="s">
+        <v>1751</v>
+      </c>
+      <c r="B496" t="s">
+        <v>1752</v>
+      </c>
+      <c r="C496" t="s" s="2">
+        <v>1753</v>
+      </c>
+      <c r="D496" t="s" s="4">
         <v>1754</v>
       </c>
-      <c r="B496" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E496" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F496" t="s">
-        <v>1757</v>
+        <v>32</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" t="s">
-        <v>1758</v>
-[...3 lines deleted...]
-      </c>
+        <v>1755</v>
+      </c>
+      <c r="B497"/>
       <c r="C497" t="s" s="2">
-        <v>1760</v>
-[...3 lines deleted...]
-      </c>
+        <v>1756</v>
+      </c>
+      <c r="D497"/>
       <c r="E497" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F497"/>
     </row>
     <row r="498">
       <c r="A498" t="s">
-        <v>1762</v>
-[...3 lines deleted...]
-      </c>
+        <v>1757</v>
+      </c>
+      <c r="B498"/>
       <c r="C498" t="s" s="2">
-        <v>1764</v>
-[...3 lines deleted...]
-      </c>
+        <v>1758</v>
+      </c>
+      <c r="D498"/>
       <c r="E498" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F498"/>
     </row>
     <row r="499">
       <c r="A499" t="s">
-        <v>1765</v>
+        <v>1759</v>
       </c>
       <c r="B499" t="s">
-        <v>1766</v>
+        <v>1760</v>
       </c>
       <c r="C499" t="s" s="2">
-        <v>1767</v>
-[...2 lines deleted...]
-        <v>2348023466772</v>
+        <v>1761</v>
+      </c>
+      <c r="D499" s="3">
+        <v>233578304932</v>
       </c>
       <c r="E499" t="s">
-        <v>11</v>
+        <v>203</v>
       </c>
       <c r="F499" t="s">
-        <v>463</v>
+        <v>100</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" t="s">
-        <v>1768</v>
+        <v>1762</v>
       </c>
       <c r="B500" t="s">
-        <v>1769</v>
+        <v>1763</v>
       </c>
       <c r="C500" t="s" s="2">
-        <v>1770</v>
-[...2 lines deleted...]
-        <v>61432814484</v>
+        <v>1764</v>
+      </c>
+      <c r="D500" t="s" s="4">
+        <v>1765</v>
       </c>
       <c r="E500" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F500" t="s">
-        <v>12</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" t="s">
-        <v>1771</v>
+        <v>1766</v>
       </c>
       <c r="B501" t="s">
-        <v>1772</v>
+        <v>1767</v>
       </c>
       <c r="C501" t="s" s="2">
-        <v>1773</v>
-[...2 lines deleted...]
-        <v>254723937031</v>
+        <v>1768</v>
+      </c>
+      <c r="D501" t="s" s="4">
+        <v>1769</v>
       </c>
       <c r="E501" t="s">
-        <v>23</v>
+        <v>528</v>
       </c>
       <c r="F501" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" t="s">
-        <v>1774</v>
+        <v>1770</v>
       </c>
       <c r="B502" t="s">
-        <v>1775</v>
+        <v>1771</v>
       </c>
       <c r="C502" t="s" s="2">
-        <v>1776</v>
-[...2 lines deleted...]
-        <v>254702891966</v>
+        <v>1772</v>
+      </c>
+      <c r="D502" s="3">
+        <v>254717245760</v>
       </c>
       <c r="E502" t="s">
-        <v>60</v>
+        <v>528</v>
       </c>
       <c r="F502" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" t="s">
-        <v>1777</v>
+        <v>1773</v>
       </c>
       <c r="B503" t="s">
-        <v>1778</v>
+        <v>1771</v>
       </c>
       <c r="C503" t="s" s="2">
-        <v>1779</v>
-[...2 lines deleted...]
-        <v>233546746496</v>
+        <v>1774</v>
+      </c>
+      <c r="D503" s="3">
+        <v>254717245760</v>
       </c>
       <c r="E503" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="F503" t="s">
-        <v>1780</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" t="s">
-        <v>1781</v>
+        <v>1776</v>
       </c>
       <c r="B504" t="s">
-        <v>1782</v>
+        <v>559</v>
       </c>
       <c r="C504" t="s" s="2">
-        <v>1783</v>
-[...2 lines deleted...]
-        <v>2348039682077</v>
+        <v>1777</v>
+      </c>
+      <c r="D504" s="3">
+        <v>254727458141</v>
       </c>
       <c r="E504" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="F504" t="s">
-        <v>56</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" t="s">
-        <v>1784</v>
+        <v>1778</v>
       </c>
       <c r="B505" t="s">
-        <v>1785</v>
+        <v>1779</v>
       </c>
       <c r="C505" t="s" s="2">
-        <v>1786</v>
-[...2 lines deleted...]
-        <v>1787</v>
+        <v>1780</v>
+      </c>
+      <c r="D505" s="3">
+        <v>233541507062</v>
       </c>
       <c r="E505" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F505" t="s">
-        <v>685</v>
+        <v>60</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" t="s">
-        <v>1788</v>
+        <v>1781</v>
       </c>
       <c r="B506" t="s">
-        <v>1789</v>
+        <v>1782</v>
       </c>
       <c r="C506" t="s" s="2">
-        <v>1790</v>
-[...2 lines deleted...]
-        <v>8801670474100</v>
+        <v>1783</v>
+      </c>
+      <c r="D506" t="s" s="4">
+        <v>1784</v>
       </c>
       <c r="E506" t="s">
-        <v>1791</v>
+        <v>31</v>
       </c>
       <c r="F506" t="s">
-        <v>12</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" t="s">
-        <v>1792</v>
+        <v>1786</v>
       </c>
       <c r="B507" t="s">
-        <v>1793</v>
+        <v>1787</v>
       </c>
       <c r="C507" t="s" s="2">
-        <v>1794</v>
-[...2 lines deleted...]
-        <v>2348069395904</v>
+        <v>1788</v>
+      </c>
+      <c r="D507" s="3">
+        <v>2348069061665</v>
       </c>
       <c r="E507" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="F507" t="s">
-        <v>1201</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" t="s">
-        <v>1795</v>
+        <v>1790</v>
       </c>
       <c r="B508" t="s">
-        <v>1796</v>
+        <v>1791</v>
       </c>
       <c r="C508" t="s" s="2">
-        <v>1797</v>
-[...2 lines deleted...]
-        <v>2348077012390</v>
+        <v>1792</v>
+      </c>
+      <c r="D508" s="3">
+        <v>254792585950</v>
       </c>
       <c r="E508" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F508" t="s">
-        <v>1201</v>
+        <v>566</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" t="s">
-        <v>1798</v>
+        <v>1793</v>
       </c>
       <c r="B509" t="s">
-        <v>1799</v>
+        <v>1794</v>
       </c>
       <c r="C509" t="s" s="2">
-        <v>1800</v>
-[...3 lines deleted...]
-      </c>
+        <v>1795</v>
+      </c>
+      <c r="D509"/>
       <c r="E509" t="s">
-        <v>606</v>
+        <v>1796</v>
       </c>
       <c r="F509"/>
     </row>
     <row r="510">
       <c r="A510" t="s">
-        <v>1801</v>
+        <v>1797</v>
       </c>
       <c r="B510" t="s">
-        <v>1802</v>
+        <v>1798</v>
       </c>
       <c r="C510" t="s" s="2">
-        <v>1803</v>
-[...2 lines deleted...]
-        <v>1804</v>
+        <v>1799</v>
+      </c>
+      <c r="D510" s="3">
+        <v>2348137720100</v>
       </c>
       <c r="E510" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="F510" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" t="s">
-        <v>1805</v>
+        <v>1800</v>
       </c>
       <c r="B511" t="s">
-        <v>1806</v>
+        <v>1801</v>
       </c>
       <c r="C511" t="s" s="2">
-        <v>1807</v>
-[...2 lines deleted...]
-        <v>2348061329356</v>
+        <v>1802</v>
+      </c>
+      <c r="D511" s="3">
+        <v>2348037617448</v>
       </c>
       <c r="E511" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="F511" t="s">
-        <v>123</v>
+        <v>616</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" t="s">
-        <v>1808</v>
+        <v>1803</v>
       </c>
       <c r="B512" t="s">
-        <v>1809</v>
+        <v>1804</v>
       </c>
       <c r="C512" t="s" s="2">
-        <v>1810</v>
-[...2 lines deleted...]
-        <v>251918160680</v>
+        <v>1805</v>
+      </c>
+      <c r="D512" s="3">
+        <v>2349097627751</v>
       </c>
       <c r="E512" t="s">
-        <v>479</v>
+        <v>31</v>
       </c>
       <c r="F512" t="s">
-        <v>1811</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" t="s">
-        <v>1812</v>
+        <v>1807</v>
       </c>
       <c r="B513" t="s">
-        <v>1813</v>
+        <v>1808</v>
       </c>
       <c r="C513" t="s" s="2">
-        <v>1814</v>
-[...2 lines deleted...]
-        <v>1815</v>
+        <v>1809</v>
+      </c>
+      <c r="D513" t="s" s="4">
+        <v>1810</v>
       </c>
       <c r="E513" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F513" t="s">
-        <v>39</v>
+        <v>16</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" t="s">
-        <v>1816</v>
+        <v>1811</v>
       </c>
       <c r="B514" t="s">
-        <v>1817</v>
+        <v>1812</v>
       </c>
       <c r="C514" t="s" s="2">
-        <v>1818</v>
-[...2 lines deleted...]
-        <v>2347068619625</v>
+        <v>1813</v>
+      </c>
+      <c r="D514" s="3">
+        <v>233544700852</v>
       </c>
       <c r="E514" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F514" t="s">
-        <v>463</v>
+        <v>32</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" t="s">
-        <v>1819</v>
+        <v>1814</v>
       </c>
       <c r="B515" t="s">
-        <v>1817</v>
+        <v>1815</v>
       </c>
       <c r="C515" t="s" s="2">
-        <v>1820</v>
-[...1 lines deleted...]
-      <c r="D515"/>
+        <v>1816</v>
+      </c>
+      <c r="D515" s="3">
+        <v>2348023466772</v>
+      </c>
       <c r="E515" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F515"/>
+        <v>31</v>
+      </c>
+      <c r="F515" t="s">
+        <v>517</v>
+      </c>
     </row>
     <row r="516">
       <c r="A516" t="s">
-        <v>1821</v>
+        <v>1817</v>
       </c>
       <c r="B516" t="s">
-        <v>1822</v>
+        <v>1818</v>
       </c>
       <c r="C516" t="s" s="2">
-        <v>1823</v>
-[...2 lines deleted...]
-        <v>2348168641460</v>
+        <v>1819</v>
+      </c>
+      <c r="D516" s="3">
+        <v>61432814484</v>
       </c>
       <c r="E516" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F516" t="s">
-        <v>123</v>
+        <v>32</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" t="s">
-        <v>1824</v>
+        <v>1820</v>
       </c>
       <c r="B517" t="s">
-        <v>1825</v>
+        <v>1821</v>
       </c>
       <c r="C517" t="s" s="2">
-        <v>1826</v>
-[...2 lines deleted...]
-        <v>1827</v>
+        <v>1822</v>
+      </c>
+      <c r="D517" s="3">
+        <v>254723937031</v>
       </c>
       <c r="E517" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="F517"/>
+        <v>90</v>
+      </c>
+      <c r="F517" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="518">
       <c r="A518" t="s">
-        <v>1828</v>
+        <v>1823</v>
       </c>
       <c r="B518" t="s">
-        <v>1829</v>
+        <v>1824</v>
       </c>
       <c r="C518" t="s" s="2">
-        <v>1830</v>
-[...2 lines deleted...]
-        <v>1831</v>
+        <v>1825</v>
+      </c>
+      <c r="D518" s="3">
+        <v>254702891966</v>
       </c>
       <c r="E518" t="s">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="F518" t="s">
-        <v>1109</v>
+        <v>32</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" t="s">
-        <v>1832</v>
-[...1 lines deleted...]
-      <c r="B519"/>
+        <v>1826</v>
+      </c>
+      <c r="B519" t="s">
+        <v>1827</v>
+      </c>
       <c r="C519" t="s" s="2">
-        <v>1833</v>
-[...1 lines deleted...]
-      <c r="D519"/>
+        <v>1828</v>
+      </c>
+      <c r="D519" s="3">
+        <v>233546746496</v>
+      </c>
       <c r="E519" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F519"/>
+        <v>20</v>
+      </c>
+      <c r="F519" t="s">
+        <v>1829</v>
+      </c>
     </row>
     <row r="520">
       <c r="A520" t="s">
-        <v>1834</v>
-[...1 lines deleted...]
-      <c r="B520"/>
+        <v>1830</v>
+      </c>
+      <c r="B520" t="s">
+        <v>1831</v>
+      </c>
       <c r="C520" t="s" s="2">
-        <v>1835</v>
-[...1 lines deleted...]
-      <c r="D520"/>
+        <v>1832</v>
+      </c>
+      <c r="D520" s="3">
+        <v>2348039682077</v>
+      </c>
       <c r="E520" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F520"/>
+        <v>25</v>
+      </c>
+      <c r="F520" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="521">
       <c r="A521" t="s">
+        <v>1833</v>
+      </c>
+      <c r="B521" t="s">
+        <v>1834</v>
+      </c>
+      <c r="C521" t="s" s="2">
+        <v>1835</v>
+      </c>
+      <c r="D521" t="s" s="4">
         <v>1836</v>
       </c>
-      <c r="B521" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E521" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="F521" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" t="s">
+        <v>1837</v>
+      </c>
+      <c r="B522" t="s">
+        <v>1838</v>
+      </c>
+      <c r="C522" t="s" s="2">
         <v>1839</v>
       </c>
-      <c r="B522" t="s">
+      <c r="D522" s="3">
+        <v>8801670474100</v>
+      </c>
+      <c r="E522" t="s">
         <v>1840</v>
       </c>
-      <c r="C522" t="s" s="2">
-[...7 lines deleted...]
-      </c>
       <c r="F522" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" t="s">
+        <v>1841</v>
+      </c>
+      <c r="B523" t="s">
+        <v>1842</v>
+      </c>
+      <c r="C523" t="s" s="2">
         <v>1843</v>
       </c>
-      <c r="B523" t="s">
-[...6 lines deleted...]
-        <v>254726805413</v>
+      <c r="D523" s="3">
+        <v>2348069395904</v>
       </c>
       <c r="E523" t="s">
-        <v>530</v>
+        <v>31</v>
       </c>
       <c r="F523" t="s">
-        <v>1846</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" t="s">
-        <v>1847</v>
+        <v>1844</v>
       </c>
       <c r="B524" t="s">
-        <v>1848</v>
+        <v>1845</v>
       </c>
       <c r="C524" t="s" s="2">
-        <v>1849</v>
-[...2 lines deleted...]
-        <v>1850</v>
+        <v>1846</v>
+      </c>
+      <c r="D524" s="3">
+        <v>2348077012390</v>
       </c>
       <c r="E524" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F524" t="s">
-        <v>258</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" t="s">
-        <v>1851</v>
+        <v>1847</v>
       </c>
       <c r="B525" t="s">
-        <v>1852</v>
+        <v>1848</v>
       </c>
       <c r="C525" t="s" s="2">
-        <v>1853</v>
-[...2 lines deleted...]
-        <v>1854</v>
+        <v>1849</v>
+      </c>
+      <c r="D525" s="3">
+        <v>23276781576</v>
       </c>
       <c r="E525" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>660</v>
+      </c>
+      <c r="F525"/>
     </row>
     <row r="526">
       <c r="A526" t="s">
-        <v>1855</v>
+        <v>1850</v>
       </c>
       <c r="B526" t="s">
-        <v>1856</v>
+        <v>1851</v>
       </c>
       <c r="C526" t="s" s="2">
-        <v>1857</v>
-[...2 lines deleted...]
-        <v>2348032905218</v>
+        <v>1852</v>
+      </c>
+      <c r="D526" t="s" s="4">
+        <v>1853</v>
       </c>
       <c r="E526" t="s">
-        <v>11</v>
+        <v>90</v>
       </c>
       <c r="F526" t="s">
-        <v>12</v>
+        <v>111</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" t="s">
-        <v>1858</v>
+        <v>1854</v>
       </c>
       <c r="B527" t="s">
-        <v>1859</v>
+        <v>1855</v>
       </c>
       <c r="C527" t="s" s="2">
-        <v>1860</v>
-[...2 lines deleted...]
-        <v>1861</v>
+        <v>1856</v>
+      </c>
+      <c r="D527" s="3">
+        <v>2348061329356</v>
       </c>
       <c r="E527" t="s">
-        <v>1862</v>
+        <v>31</v>
       </c>
       <c r="F527" t="s">
-        <v>718</v>
+        <v>26</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" t="s">
-        <v>1863</v>
+        <v>1857</v>
       </c>
       <c r="B528" t="s">
-        <v>1864</v>
+        <v>1858</v>
       </c>
       <c r="C528" t="s" s="2">
-        <v>1865</v>
-[...2 lines deleted...]
-        <v>1866</v>
+        <v>1859</v>
+      </c>
+      <c r="D528" s="3">
+        <v>251918160680</v>
       </c>
       <c r="E528" t="s">
-        <v>60</v>
+        <v>533</v>
       </c>
       <c r="F528" t="s">
-        <v>12</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" t="s">
-        <v>1867</v>
+        <v>1861</v>
       </c>
       <c r="B529" t="s">
-        <v>1868</v>
+        <v>1862</v>
       </c>
       <c r="C529" t="s" s="2">
-        <v>1869</v>
-[...1 lines deleted...]
-      <c r="D529"/>
+        <v>1863</v>
+      </c>
+      <c r="D529" t="s" s="4">
+        <v>1864</v>
+      </c>
       <c r="E529" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F529"/>
+        <v>31</v>
+      </c>
+      <c r="F529" t="s">
+        <v>105</v>
+      </c>
     </row>
     <row r="530">
       <c r="A530" t="s">
-        <v>1870</v>
+        <v>1865</v>
       </c>
       <c r="B530" t="s">
-        <v>1871</v>
+        <v>1866</v>
       </c>
       <c r="C530" t="s" s="2">
-        <v>1872</v>
-[...2 lines deleted...]
-        <v>2347041202174</v>
+        <v>1867</v>
+      </c>
+      <c r="D530" s="3">
+        <v>2347068619625</v>
       </c>
       <c r="E530" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F530" t="s">
-        <v>1279</v>
+        <v>517</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" t="s">
-        <v>1873</v>
+        <v>1868</v>
       </c>
       <c r="B531" t="s">
-        <v>1874</v>
+        <v>1866</v>
       </c>
       <c r="C531" t="s" s="2">
-        <v>1875</v>
-[...3 lines deleted...]
-      </c>
+        <v>1869</v>
+      </c>
+      <c r="D531"/>
       <c r="E531" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F531"/>
     </row>
     <row r="532">
       <c r="A532" t="s">
-        <v>1877</v>
+        <v>1870</v>
       </c>
       <c r="B532" t="s">
-        <v>1878</v>
+        <v>1871</v>
       </c>
       <c r="C532" t="s" s="2">
-        <v>1879</v>
-[...2 lines deleted...]
-        <v>2348061398052</v>
+        <v>1872</v>
+      </c>
+      <c r="D532" s="3">
+        <v>2348168641460</v>
       </c>
       <c r="E532" t="s">
-        <v>210</v>
+        <v>31</v>
       </c>
       <c r="F532" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" t="s">
-        <v>1880</v>
-[...1 lines deleted...]
-      <c r="B533"/>
+        <v>1873</v>
+      </c>
+      <c r="B533" t="s">
+        <v>1874</v>
+      </c>
       <c r="C533" t="s" s="2">
-        <v>1881</v>
-[...1 lines deleted...]
-      <c r="D533"/>
+        <v>1875</v>
+      </c>
+      <c r="D533" t="s" s="4">
+        <v>1876</v>
+      </c>
       <c r="E533" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="F533"/>
     </row>
     <row r="534">
       <c r="A534" t="s">
-        <v>1882</v>
+        <v>1877</v>
       </c>
       <c r="B534" t="s">
-        <v>1883</v>
+        <v>1878</v>
       </c>
       <c r="C534" t="s" s="2">
-        <v>1884</v>
-[...2 lines deleted...]
-        <v>2348127894510</v>
+        <v>1879</v>
+      </c>
+      <c r="D534" t="s" s="4">
+        <v>1880</v>
       </c>
       <c r="E534" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F534" t="s">
-        <v>453</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" t="s">
-        <v>1885</v>
-[...3 lines deleted...]
-      </c>
+        <v>1881</v>
+      </c>
+      <c r="B535"/>
       <c r="C535" t="s" s="2">
-        <v>1887</v>
-[...3 lines deleted...]
-      </c>
+        <v>1882</v>
+      </c>
+      <c r="D535"/>
       <c r="E535" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F535"/>
     </row>
     <row r="536">
       <c r="A536" t="s">
-        <v>1888</v>
-[...3 lines deleted...]
-      </c>
+        <v>1883</v>
+      </c>
+      <c r="B536"/>
       <c r="C536" t="s" s="2">
-        <v>1890</v>
-[...3 lines deleted...]
-      </c>
+        <v>1884</v>
+      </c>
+      <c r="D536"/>
       <c r="E536" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F536"/>
     </row>
     <row r="537">
       <c r="A537" t="s">
-        <v>1892</v>
+        <v>1885</v>
       </c>
       <c r="B537" t="s">
-        <v>1893</v>
+        <v>1886</v>
       </c>
       <c r="C537" t="s" s="2">
-        <v>1894</v>
-[...2 lines deleted...]
-        <v>1895</v>
+        <v>1887</v>
+      </c>
+      <c r="D537" s="3">
+        <v>2347032169360</v>
       </c>
       <c r="E537" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
       <c r="F537" t="s">
-        <v>138</v>
+        <v>32</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" t="s">
-        <v>1896</v>
+        <v>1888</v>
       </c>
       <c r="B538" t="s">
-        <v>1897</v>
+        <v>1889</v>
       </c>
       <c r="C538" t="s" s="2">
-        <v>1898</v>
-[...2 lines deleted...]
-        <v>2349159925059</v>
+        <v>1890</v>
+      </c>
+      <c r="D538" t="s" s="4">
+        <v>1891</v>
       </c>
       <c r="E538" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="F538" t="s">
-        <v>475</v>
+        <v>84</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" t="s">
-        <v>1899</v>
+        <v>1892</v>
       </c>
       <c r="B539" t="s">
-        <v>1900</v>
+        <v>1893</v>
       </c>
       <c r="C539" t="s" s="2">
-        <v>1901</v>
-[...2 lines deleted...]
-        <v>1902</v>
+        <v>1894</v>
+      </c>
+      <c r="D539" s="3">
+        <v>254726805413</v>
       </c>
       <c r="E539" t="s">
-        <v>11</v>
+        <v>584</v>
       </c>
       <c r="F539" t="s">
-        <v>12</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" t="s">
-        <v>1903</v>
+        <v>1896</v>
       </c>
       <c r="B540" t="s">
-        <v>1904</v>
+        <v>1897</v>
       </c>
       <c r="C540" t="s" s="2">
-        <v>1905</v>
-[...2 lines deleted...]
-        <v>254752195177</v>
+        <v>1898</v>
+      </c>
+      <c r="D540" t="s" s="4">
+        <v>1899</v>
       </c>
       <c r="E540" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="F540" t="s">
-        <v>12</v>
+        <v>318</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" t="s">
-        <v>1906</v>
+        <v>1900</v>
       </c>
       <c r="B541" t="s">
-        <v>1907</v>
+        <v>1901</v>
       </c>
       <c r="C541" t="s" s="2">
-        <v>1908</v>
-[...2 lines deleted...]
-        <v>1909</v>
+        <v>1902</v>
+      </c>
+      <c r="D541" t="s" s="4">
+        <v>1903</v>
       </c>
       <c r="E541" t="s">
-        <v>530</v>
+        <v>55</v>
       </c>
       <c r="F541" t="s">
-        <v>1910</v>
+        <v>327</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" t="s">
-        <v>1911</v>
+        <v>1904</v>
       </c>
       <c r="B542" t="s">
-        <v>1912</v>
+        <v>1905</v>
       </c>
       <c r="C542" t="s" s="2">
-        <v>1913</v>
-[...2 lines deleted...]
-        <v>8801670474100</v>
+        <v>1906</v>
+      </c>
+      <c r="D542" s="3">
+        <v>2348032905218</v>
       </c>
       <c r="E542" t="s">
-        <v>1914</v>
+        <v>31</v>
       </c>
       <c r="F542" t="s">
-        <v>1915</v>
+        <v>32</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" t="s">
-        <v>1916</v>
+        <v>1907</v>
       </c>
       <c r="B543" t="s">
-        <v>1917</v>
+        <v>1908</v>
       </c>
       <c r="C543" t="s" s="2">
-        <v>1918</v>
-[...2 lines deleted...]
-        <v>254714082482</v>
+        <v>1909</v>
+      </c>
+      <c r="D543" t="s" s="4">
+        <v>1910</v>
       </c>
       <c r="E543" t="s">
-        <v>60</v>
+        <v>1911</v>
       </c>
       <c r="F543" t="s">
-        <v>12</v>
+        <v>771</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" t="s">
-        <v>1919</v>
+        <v>1912</v>
       </c>
       <c r="B544" t="s">
-        <v>1920</v>
+        <v>1913</v>
       </c>
       <c r="C544" t="s" s="2">
-        <v>1921</v>
-[...2 lines deleted...]
-        <v>1922</v>
+        <v>1914</v>
+      </c>
+      <c r="D544" t="s" s="4">
+        <v>1915</v>
       </c>
       <c r="E544" t="s">
-        <v>1923</v>
+        <v>10</v>
       </c>
       <c r="F544" t="s">
-        <v>1924</v>
+        <v>32</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" t="s">
-        <v>1925</v>
+        <v>1916</v>
       </c>
       <c r="B545" t="s">
-        <v>1926</v>
+        <v>1917</v>
       </c>
       <c r="C545" t="s" s="2">
-        <v>1927</v>
-[...3 lines deleted...]
-      </c>
+        <v>1918</v>
+      </c>
+      <c r="D545"/>
       <c r="E545" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F545"/>
     </row>
     <row r="546">
       <c r="A546" t="s">
-        <v>1928</v>
+        <v>1919</v>
       </c>
       <c r="B546" t="s">
-        <v>1929</v>
+        <v>1920</v>
       </c>
       <c r="C546" t="s" s="2">
-        <v>1930</v>
-[...2 lines deleted...]
-        <v>2349046741774</v>
+        <v>1921</v>
+      </c>
+      <c r="D546" s="3">
+        <v>2347041202174</v>
       </c>
       <c r="E546" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F546" t="s">
-        <v>12</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" t="s">
-        <v>1931</v>
-[...2 lines deleted...]
-        <v>1932</v>
+        <v>1922</v>
+      </c>
+      <c r="B547" t="s">
+        <v>1923</v>
       </c>
       <c r="C547" t="s" s="2">
-        <v>1932</v>
-[...2 lines deleted...]
-        <v>8801741284439</v>
+        <v>1924</v>
+      </c>
+      <c r="D547" t="s" s="4">
+        <v>1925</v>
       </c>
       <c r="E547" t="s">
-        <v>1791</v>
-[...1 lines deleted...]
-      <c r="F547"/>
+        <v>31</v>
+      </c>
+      <c r="F547" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="548">
       <c r="A548" t="s">
-        <v>1933</v>
+        <v>1926</v>
       </c>
       <c r="B548" t="s">
-        <v>1920</v>
+        <v>1927</v>
       </c>
       <c r="C548" t="s" s="2">
-        <v>1934</v>
-[...2 lines deleted...]
-        <v>1935</v>
+        <v>1928</v>
+      </c>
+      <c r="D548" s="3">
+        <v>2348061398052</v>
       </c>
       <c r="E548" t="s">
-        <v>11</v>
+        <v>270</v>
       </c>
       <c r="F548" t="s">
-        <v>1936</v>
+        <v>32</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" t="s">
-        <v>1937</v>
-[...3 lines deleted...]
-      </c>
+        <v>1929</v>
+      </c>
+      <c r="B549"/>
       <c r="C549" t="s" s="2">
-        <v>1939</v>
-[...3 lines deleted...]
-      </c>
+        <v>1930</v>
+      </c>
+      <c r="D549"/>
       <c r="E549" t="s">
-        <v>1940</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F549"/>
     </row>
     <row r="550">
       <c r="A550" t="s">
-        <v>1941</v>
+        <v>1931</v>
       </c>
       <c r="B550" t="s">
-        <v>1942</v>
+        <v>1932</v>
       </c>
       <c r="C550" t="s" s="2">
-        <v>1943</v>
-[...2 lines deleted...]
-        <v>2348033293449</v>
+        <v>1933</v>
+      </c>
+      <c r="D550" s="3">
+        <v>2348127894510</v>
       </c>
       <c r="E550" t="s">
+        <v>31</v>
+      </c>
+      <c r="F550" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>1944</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" t="s">
-        <v>1945</v>
+        <v>1934</v>
       </c>
       <c r="B551" t="s">
-        <v>1946</v>
+        <v>1935</v>
       </c>
       <c r="C551" t="s" s="2">
-        <v>1947</v>
-[...2 lines deleted...]
-        <v>2348065291254</v>
+        <v>1936</v>
+      </c>
+      <c r="D551" s="3">
+        <v>2348033128840</v>
       </c>
       <c r="E551" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F551" t="s">
-        <v>1669</v>
+        <v>135</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" t="s">
-        <v>1948</v>
-[...1 lines deleted...]
-      <c r="B552"/>
+        <v>1937</v>
+      </c>
+      <c r="B552" t="s">
+        <v>1938</v>
+      </c>
       <c r="C552" t="s" s="2">
-        <v>1949</v>
-[...1 lines deleted...]
-      <c r="D552"/>
+        <v>1939</v>
+      </c>
+      <c r="D552" s="3">
+        <v>2348144613374</v>
+      </c>
       <c r="E552" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F552"/>
+        <v>55</v>
+      </c>
+      <c r="F552" t="s">
+        <v>1940</v>
+      </c>
     </row>
     <row r="553">
       <c r="A553" t="s">
-        <v>1950</v>
-[...5 lines deleted...]
-      <c r="D553"/>
+        <v>1941</v>
+      </c>
+      <c r="B553" t="s">
+        <v>1942</v>
+      </c>
+      <c r="C553" t="s" s="2">
+        <v>1943</v>
+      </c>
+      <c r="D553" t="s" s="4">
+        <v>1944</v>
+      </c>
       <c r="E553" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="F553"/>
+        <v>25</v>
+      </c>
+      <c r="F553" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="554">
       <c r="A554" t="s">
-        <v>1952</v>
-[...1 lines deleted...]
-      <c r="B554"/>
+        <v>1945</v>
+      </c>
+      <c r="B554" t="s">
+        <v>1946</v>
+      </c>
       <c r="C554" t="s" s="2">
-        <v>1953</v>
-[...1 lines deleted...]
-      <c r="D554"/>
+        <v>1947</v>
+      </c>
+      <c r="D554" s="3">
+        <v>2349159925059</v>
+      </c>
       <c r="E554" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="F554"/>
+        <v>31</v>
+      </c>
+      <c r="F554" t="s">
+        <v>529</v>
+      </c>
     </row>
     <row r="555">
       <c r="A555" t="s">
-        <v>1954</v>
+        <v>1948</v>
       </c>
       <c r="B555" t="s">
-        <v>1955</v>
+        <v>1949</v>
       </c>
       <c r="C555" t="s" s="2">
-        <v>1956</v>
-[...2 lines deleted...]
-        <v>2348032301428</v>
+        <v>1950</v>
+      </c>
+      <c r="D555" t="s" s="4">
+        <v>1951</v>
       </c>
       <c r="E555" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F555" t="s">
-        <v>562</v>
+        <v>32</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" t="s">
-        <v>1957</v>
+        <v>1952</v>
       </c>
       <c r="B556" t="s">
-        <v>1958</v>
+        <v>1953</v>
       </c>
       <c r="C556" t="s" s="2">
-        <v>1959</v>
-[...2 lines deleted...]
-        <v>250788789048</v>
+        <v>1954</v>
+      </c>
+      <c r="D556" s="3">
+        <v>254752195177</v>
       </c>
       <c r="E556" t="s">
-        <v>1094</v>
+        <v>90</v>
       </c>
       <c r="F556" t="s">
-        <v>123</v>
+        <v>32</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" t="s">
-        <v>1960</v>
+        <v>1955</v>
       </c>
       <c r="B557" t="s">
-        <v>1961</v>
+        <v>1956</v>
       </c>
       <c r="C557" t="s" s="2">
-        <v>1962</v>
-[...2 lines deleted...]
-        <v>254724473399</v>
+        <v>1957</v>
+      </c>
+      <c r="D557" t="s" s="4">
+        <v>1958</v>
       </c>
       <c r="E557" t="s">
-        <v>474</v>
+        <v>584</v>
       </c>
       <c r="F557" t="s">
-        <v>562</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" t="s">
+        <v>1960</v>
+      </c>
+      <c r="B558" t="s">
+        <v>1961</v>
+      </c>
+      <c r="C558" t="s" s="2">
+        <v>1962</v>
+      </c>
+      <c r="D558" s="3">
+        <v>8801670474100</v>
+      </c>
+      <c r="E558" t="s">
         <v>1963</v>
       </c>
-      <c r="B558" t="s">
+      <c r="F558" t="s">
         <v>1964</v>
-      </c>
-[...10 lines deleted...]
-        <v>1967</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" t="s">
-        <v>1968</v>
+        <v>1965</v>
       </c>
       <c r="B559" t="s">
-        <v>1969</v>
+        <v>1966</v>
       </c>
       <c r="C559" t="s" s="2">
-        <v>1970</v>
-[...2 lines deleted...]
-        <v>250786057526</v>
+        <v>1967</v>
+      </c>
+      <c r="D559" s="3">
+        <v>254714082482</v>
       </c>
       <c r="E559" t="s">
-        <v>1971</v>
+        <v>10</v>
       </c>
       <c r="F559" t="s">
-        <v>123</v>
+        <v>32</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" t="s">
+        <v>1968</v>
+      </c>
+      <c r="B560" t="s">
+        <v>1969</v>
+      </c>
+      <c r="C560" t="s" s="2">
+        <v>1970</v>
+      </c>
+      <c r="D560" t="s" s="4">
+        <v>1971</v>
+      </c>
+      <c r="E560" t="s">
         <v>1972</v>
       </c>
-      <c r="B560" t="s">
+      <c r="F560" t="s">
         <v>1973</v>
-      </c>
-[...10 lines deleted...]
-        <v>1976</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" t="s">
-        <v>1977</v>
+        <v>1974</v>
       </c>
       <c r="B561" t="s">
-        <v>1978</v>
+        <v>1975</v>
       </c>
       <c r="C561" t="s" s="2">
-        <v>1979</v>
-[...2 lines deleted...]
-        <v>254722802076</v>
+        <v>1976</v>
+      </c>
+      <c r="D561" s="3">
+        <v>2349045455131</v>
       </c>
       <c r="E561" t="s">
-        <v>60</v>
+        <v>31</v>
       </c>
       <c r="F561" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" t="s">
-        <v>1980</v>
+        <v>1977</v>
       </c>
       <c r="B562" t="s">
-        <v>1981</v>
+        <v>1978</v>
       </c>
       <c r="C562" t="s" s="2">
-        <v>1982</v>
-[...2 lines deleted...]
-        <v>2348060481881</v>
+        <v>1979</v>
+      </c>
+      <c r="D562" s="3">
+        <v>2349046741774</v>
       </c>
       <c r="E562" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F562" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" t="s">
-        <v>1983</v>
-[...1 lines deleted...]
-      <c r="B563"/>
+        <v>1980</v>
+      </c>
+      <c r="B563" t="s" s="2">
+        <v>1981</v>
+      </c>
       <c r="C563" t="s" s="2">
-        <v>1984</v>
-[...1 lines deleted...]
-      <c r="D563"/>
+        <v>1981</v>
+      </c>
+      <c r="D563" s="3">
+        <v>8801741284439</v>
+      </c>
       <c r="E563" t="s">
-        <v>365</v>
+        <v>1840</v>
       </c>
       <c r="F563"/>
     </row>
     <row r="564">
       <c r="A564" t="s">
+        <v>1982</v>
+      </c>
+      <c r="B564" t="s">
+        <v>1969</v>
+      </c>
+      <c r="C564" t="s" s="2">
+        <v>1983</v>
+      </c>
+      <c r="D564" t="s" s="4">
+        <v>1984</v>
+      </c>
+      <c r="E564" t="s">
+        <v>31</v>
+      </c>
+      <c r="F564" t="s">
         <v>1985</v>
-      </c>
-[...13 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" t="s">
+        <v>1986</v>
+      </c>
+      <c r="B565" t="s">
+        <v>1987</v>
+      </c>
+      <c r="C565" t="s" s="2">
         <v>1988</v>
       </c>
-      <c r="B565" t="s">
+      <c r="D565" s="3">
+        <v>250788720685</v>
+      </c>
+      <c r="E565" t="s">
         <v>1989</v>
       </c>
-      <c r="C565" t="s" s="2">
-[...7 lines deleted...]
-      </c>
       <c r="F565" t="s">
-        <v>123</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" t="s">
+        <v>1990</v>
+      </c>
+      <c r="B566" t="s">
+        <v>1991</v>
+      </c>
+      <c r="C566" t="s" s="2">
         <v>1992</v>
       </c>
-      <c r="B566" t="s">
+      <c r="D566" s="3">
+        <v>2348033293449</v>
+      </c>
+      <c r="E566" t="s">
+        <v>31</v>
+      </c>
+      <c r="F566" t="s">
         <v>1993</v>
-      </c>
-[...10 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" t="s">
+        <v>1994</v>
+      </c>
+      <c r="B567" t="s">
         <v>1995</v>
       </c>
-      <c r="B567" t="s">
+      <c r="C567" t="s" s="2">
         <v>1996</v>
       </c>
-      <c r="C567" t="s" s="2">
-[...3 lines deleted...]
-        <v>260977362737</v>
+      <c r="D567" s="3">
+        <v>2348065291254</v>
       </c>
       <c r="E567" t="s">
-        <v>1966</v>
+        <v>31</v>
       </c>
       <c r="F567" t="s">
-        <v>12</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" t="s">
+        <v>1997</v>
+      </c>
+      <c r="B568"/>
+      <c r="C568" t="s" s="2">
         <v>1998</v>
       </c>
-      <c r="B568" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D568"/>
       <c r="E568" t="s">
-        <v>365</v>
+        <v>20</v>
       </c>
       <c r="F568"/>
     </row>
     <row r="569">
       <c r="A569" t="s">
-        <v>2001</v>
-[...9 lines deleted...]
-      </c>
+        <v>1999</v>
+      </c>
+      <c r="B569"/>
+      <c r="C569" t="s">
+        <v>2000</v>
+      </c>
+      <c r="D569"/>
       <c r="E569" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>424</v>
+      </c>
+      <c r="F569"/>
     </row>
     <row r="570">
       <c r="A570" t="s">
-        <v>2005</v>
-[...3 lines deleted...]
-      </c>
+        <v>2001</v>
+      </c>
+      <c r="B570"/>
       <c r="C570" t="s" s="2">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2002</v>
+      </c>
+      <c r="D570"/>
       <c r="E570" t="s">
-        <v>130</v>
-[...3 lines deleted...]
-      </c>
+        <v>424</v>
+      </c>
+      <c r="F570"/>
     </row>
     <row r="571">
       <c r="A571" t="s">
-        <v>2008</v>
+        <v>2003</v>
       </c>
       <c r="B571" t="s">
-        <v>2009</v>
+        <v>2004</v>
       </c>
       <c r="C571" t="s" s="2">
-        <v>2010</v>
-[...2 lines deleted...]
-        <v>2349033273506</v>
+        <v>2005</v>
+      </c>
+      <c r="D571" s="3">
+        <v>2348032301428</v>
       </c>
       <c r="E571" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="F571" t="s">
-        <v>2011</v>
+        <v>616</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" t="s">
-        <v>2012</v>
+        <v>2006</v>
       </c>
       <c r="B572" t="s">
-        <v>2013</v>
+        <v>2007</v>
       </c>
       <c r="C572" t="s" s="2">
-        <v>2014</v>
-[...2 lines deleted...]
-        <v>254705324082</v>
+        <v>2008</v>
+      </c>
+      <c r="D572" s="3">
+        <v>250788789048</v>
       </c>
       <c r="E572" t="s">
-        <v>60</v>
+        <v>1144</v>
       </c>
       <c r="F572" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" t="s">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="B573" t="s">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="C573" t="s" s="2">
-        <v>2017</v>
-[...2 lines deleted...]
-        <v>254792413786</v>
+        <v>2011</v>
+      </c>
+      <c r="D573" s="3">
+        <v>254724473399</v>
       </c>
       <c r="E573" t="s">
-        <v>474</v>
+        <v>528</v>
       </c>
       <c r="F573" t="s">
-        <v>2018</v>
+        <v>616</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" t="s">
-        <v>2019</v>
+        <v>2012</v>
       </c>
       <c r="B574" t="s">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="C574" t="s" s="2">
-        <v>2021</v>
-[...2 lines deleted...]
-        <v>2022</v>
+        <v>2014</v>
+      </c>
+      <c r="D574" s="3">
+        <v>260975791015</v>
       </c>
       <c r="E574" t="s">
-        <v>16</v>
+        <v>2015</v>
       </c>
       <c r="F574" t="s">
-        <v>1533</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" t="s">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="B575"/>
+        <v>2017</v>
+      </c>
+      <c r="B575" t="s">
+        <v>2018</v>
+      </c>
       <c r="C575" t="s" s="2">
-        <v>2024</v>
-[...1 lines deleted...]
-      <c r="D575"/>
+        <v>2019</v>
+      </c>
+      <c r="D575" s="3">
+        <v>250786057526</v>
+      </c>
       <c r="E575" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F575"/>
+        <v>2020</v>
+      </c>
+      <c r="F575" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="576">
       <c r="A576" t="s">
+        <v>2021</v>
+      </c>
+      <c r="B576" t="s">
+        <v>2022</v>
+      </c>
+      <c r="C576" t="s" s="2">
+        <v>2023</v>
+      </c>
+      <c r="D576" s="3">
+        <v>250792563994</v>
+      </c>
+      <c r="E576" t="s">
+        <v>2024</v>
+      </c>
+      <c r="F576" t="s">
         <v>2025</v>
-      </c>
-[...13 lines deleted...]
-        <v>1533</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" t="s">
+        <v>2026</v>
+      </c>
+      <c r="B577" t="s">
+        <v>2027</v>
+      </c>
+      <c r="C577" t="s" s="2">
         <v>2028</v>
       </c>
-      <c r="B577"/>
-[...3 lines deleted...]
-      <c r="D577"/>
+      <c r="D577" s="3">
+        <v>254722802076</v>
+      </c>
       <c r="E577" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F577"/>
+        <v>10</v>
+      </c>
+      <c r="F577" t="s">
+        <v>118</v>
+      </c>
     </row>
     <row r="578">
       <c r="A578" t="s">
+        <v>2029</v>
+      </c>
+      <c r="B578" t="s">
         <v>2030</v>
       </c>
-      <c r="B578"/>
       <c r="C578" t="s" s="2">
         <v>2031</v>
       </c>
-      <c r="D578"/>
+      <c r="D578" s="3">
+        <v>2348060481881</v>
+      </c>
       <c r="E578" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F578"/>
+        <v>31</v>
+      </c>
+      <c r="F578" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="579">
       <c r="A579" t="s">
         <v>2032</v>
       </c>
-      <c r="B579" t="s">
+      <c r="B579"/>
+      <c r="C579" t="s" s="2">
         <v>2033</v>
       </c>
-      <c r="C579" t="s" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="D579"/>
       <c r="E579" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>424</v>
+      </c>
+      <c r="F579"/>
     </row>
     <row r="580">
       <c r="A580" t="s">
+        <v>2034</v>
+      </c>
+      <c r="B580" t="s">
         <v>2035</v>
       </c>
-      <c r="B580" t="s">
+      <c r="C580" t="s" s="2">
         <v>2036</v>
       </c>
-      <c r="C580" t="s" s="2">
-[...3 lines deleted...]
-        <v>2348065869758</v>
+      <c r="D580" s="3">
+        <v>254718677072</v>
       </c>
       <c r="E580" t="s">
-        <v>11</v>
+        <v>528</v>
       </c>
       <c r="F580" t="s">
-        <v>1132</v>
+        <v>100</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" t="s">
+        <v>2037</v>
+      </c>
+      <c r="B581" t="s">
         <v>2038</v>
       </c>
-      <c r="B581" t="s">
+      <c r="C581" t="s" s="2">
         <v>2039</v>
       </c>
-      <c r="C581" t="s" s="2">
+      <c r="D581" t="s" s="4">
         <v>2040</v>
       </c>
-      <c r="D581" t="s" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="E581" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="F581" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" t="s">
+        <v>2041</v>
+      </c>
+      <c r="B582" t="s">
         <v>2042</v>
       </c>
-      <c r="B582" t="s">
+      <c r="C582" t="s" s="2">
         <v>2043</v>
       </c>
-      <c r="C582" t="s" s="2">
-[...3 lines deleted...]
-        <v>256709960136</v>
+      <c r="D582" s="3">
+        <v>254721416958</v>
       </c>
       <c r="E582" t="s">
-        <v>130</v>
+        <v>528</v>
       </c>
       <c r="F582" t="s">
-        <v>2045</v>
+        <v>32</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" t="s">
+        <v>2044</v>
+      </c>
+      <c r="B583" t="s">
+        <v>2045</v>
+      </c>
+      <c r="C583" t="s" s="2">
         <v>2046</v>
       </c>
-      <c r="B583" t="s">
-[...6 lines deleted...]
-        <v>2049</v>
+      <c r="D583" s="3">
+        <v>260977362737</v>
       </c>
       <c r="E583" t="s">
-        <v>33</v>
+        <v>2015</v>
       </c>
       <c r="F583" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" t="s">
-        <v>2050</v>
+        <v>2047</v>
       </c>
       <c r="B584" t="s">
-        <v>2051</v>
+        <v>2048</v>
       </c>
       <c r="C584" t="s" s="2">
-        <v>2052</v>
-[...2 lines deleted...]
-        <v>251938417234</v>
+        <v>2049</v>
+      </c>
+      <c r="D584" s="3">
+        <v>250788883358</v>
       </c>
       <c r="E584" t="s">
-        <v>479</v>
-[...3 lines deleted...]
-      </c>
+        <v>424</v>
+      </c>
+      <c r="F584"/>
     </row>
     <row r="585">
       <c r="A585" t="s">
+        <v>2050</v>
+      </c>
+      <c r="B585" t="s">
+        <v>2051</v>
+      </c>
+      <c r="C585" t="s" s="2">
+        <v>2052</v>
+      </c>
+      <c r="D585" s="3">
+        <v>2347069293499</v>
+      </c>
+      <c r="E585" t="s">
+        <v>31</v>
+      </c>
+      <c r="F585" t="s">
         <v>2053</v>
-      </c>
-[...13 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" t="s">
-        <v>2057</v>
+        <v>2054</v>
       </c>
       <c r="B586" t="s">
-        <v>2058</v>
+        <v>2055</v>
       </c>
       <c r="C586" t="s" s="2">
-        <v>2059</v>
-[...2 lines deleted...]
-        <v>2348025982636</v>
+        <v>2056</v>
+      </c>
+      <c r="D586" s="3">
+        <v>256726681048</v>
       </c>
       <c r="E586" t="s">
-        <v>11</v>
+        <v>192</v>
       </c>
       <c r="F586" t="s">
-        <v>2060</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" t="s">
-        <v>2061</v>
+        <v>2057</v>
       </c>
       <c r="B587" t="s">
-        <v>2062</v>
+        <v>2058</v>
       </c>
       <c r="C587" t="s" s="2">
-        <v>2063</v>
-[...2 lines deleted...]
-        <v>2348111219693</v>
+        <v>2059</v>
+      </c>
+      <c r="D587" s="3">
+        <v>2349033273506</v>
       </c>
       <c r="E587" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F587" t="s">
-        <v>2064</v>
+        <v>2060</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" t="s">
-        <v>2065</v>
-[...1 lines deleted...]
-      <c r="B588"/>
+        <v>2061</v>
+      </c>
+      <c r="B588" t="s">
+        <v>2062</v>
+      </c>
       <c r="C588" t="s" s="2">
-        <v>2066</v>
-[...1 lines deleted...]
-      <c r="D588"/>
+        <v>2063</v>
+      </c>
+      <c r="D588" s="3">
+        <v>254705324082</v>
+      </c>
       <c r="E588" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F588"/>
+        <v>10</v>
+      </c>
+      <c r="F588" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="589">
       <c r="A589" t="s">
+        <v>2064</v>
+      </c>
+      <c r="B589" t="s">
+        <v>2065</v>
+      </c>
+      <c r="C589" t="s" s="2">
+        <v>2066</v>
+      </c>
+      <c r="D589" s="3">
+        <v>254792413786</v>
+      </c>
+      <c r="E589" t="s">
+        <v>528</v>
+      </c>
+      <c r="F589" t="s">
         <v>2067</v>
       </c>
-      <c r="B589"/>
-[...7 lines deleted...]
-      <c r="F589"/>
     </row>
     <row r="590">
       <c r="A590" t="s">
+        <v>2068</v>
+      </c>
+      <c r="B590" t="s">
         <v>2069</v>
       </c>
-      <c r="B590"/>
       <c r="C590" t="s" s="2">
         <v>2070</v>
       </c>
-      <c r="D590"/>
+      <c r="D590" t="s" s="4">
+        <v>2071</v>
+      </c>
       <c r="E590" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F590"/>
+        <v>55</v>
+      </c>
+      <c r="F590" t="s">
+        <v>1583</v>
+      </c>
     </row>
     <row r="591">
       <c r="A591" t="s">
-        <v>2071</v>
-[...1 lines deleted...]
-      <c r="B591" t="s">
         <v>2072</v>
       </c>
+      <c r="B591"/>
       <c r="C591" t="s" s="2">
         <v>2073</v>
       </c>
-      <c r="D591" t="s" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="D591"/>
       <c r="E591" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F591"/>
     </row>
     <row r="592">
       <c r="A592" t="s">
+        <v>2074</v>
+      </c>
+      <c r="B592" t="s">
         <v>2075</v>
       </c>
-      <c r="B592" t="s">
+      <c r="C592" t="s" s="2">
         <v>2076</v>
       </c>
-      <c r="C592" t="s" s="2">
-[...3 lines deleted...]
-        <v>2349153868625</v>
+      <c r="D592" s="3">
+        <v>2348036756396</v>
       </c>
       <c r="E592" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F592" t="s">
-        <v>2078</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" t="s">
-        <v>2079</v>
-[...3 lines deleted...]
-      </c>
+        <v>2077</v>
+      </c>
+      <c r="B593"/>
       <c r="C593" t="s" s="2">
-        <v>2081</v>
-[...3 lines deleted...]
-      </c>
+        <v>2078</v>
+      </c>
+      <c r="D593"/>
       <c r="E593" t="s">
-        <v>474</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F593"/>
     </row>
     <row r="594">
       <c r="A594" t="s">
-        <v>2082</v>
+        <v>2079</v>
       </c>
       <c r="B594"/>
       <c r="C594" t="s" s="2">
-        <v>2083</v>
+        <v>2080</v>
       </c>
       <c r="D594"/>
       <c r="E594" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F594"/>
     </row>
     <row r="595">
       <c r="A595" t="s">
-        <v>2084</v>
+        <v>2081</v>
       </c>
       <c r="B595" t="s">
-        <v>2085</v>
+        <v>2082</v>
       </c>
       <c r="C595" t="s" s="2">
-        <v>2086</v>
-[...2 lines deleted...]
-        <v>2087</v>
+        <v>2083</v>
+      </c>
+      <c r="D595" s="3">
+        <v>2347080561488</v>
       </c>
       <c r="E595" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="F595" t="s">
-        <v>138</v>
+        <v>100</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" t="s">
-        <v>2088</v>
+        <v>2084</v>
       </c>
       <c r="B596" t="s">
-        <v>2089</v>
+        <v>2085</v>
       </c>
       <c r="C596" t="s" s="2">
-        <v>2090</v>
-[...2 lines deleted...]
-        <v>37257844702</v>
+        <v>2086</v>
+      </c>
+      <c r="D596" s="3">
+        <v>2348065869758</v>
       </c>
       <c r="E596" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F596" t="s">
-        <v>453</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" t="s">
-        <v>2091</v>
+        <v>2087</v>
       </c>
       <c r="B597" t="s">
-        <v>2092</v>
+        <v>2088</v>
       </c>
       <c r="C597" t="s" s="2">
-        <v>2093</v>
-[...2 lines deleted...]
-        <v>971522799794</v>
+        <v>2089</v>
+      </c>
+      <c r="D597" t="s" s="4">
+        <v>2090</v>
       </c>
       <c r="E597" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F597" t="s">
-        <v>2094</v>
+        <v>32</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" t="s">
-        <v>2095</v>
-[...1 lines deleted...]
-      <c r="B598"/>
+        <v>2091</v>
+      </c>
+      <c r="B598" t="s">
+        <v>2092</v>
+      </c>
       <c r="C598" t="s" s="2">
-        <v>2096</v>
-[...1 lines deleted...]
-      <c r="D598"/>
+        <v>2093</v>
+      </c>
+      <c r="D598" s="3">
+        <v>256709960136</v>
+      </c>
       <c r="E598" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="F598"/>
+        <v>192</v>
+      </c>
+      <c r="F598" t="s">
+        <v>2094</v>
+      </c>
     </row>
     <row r="599">
       <c r="A599" t="s">
+        <v>2095</v>
+      </c>
+      <c r="B599" t="s">
+        <v>2096</v>
+      </c>
+      <c r="C599" t="s" s="2">
         <v>2097</v>
       </c>
-      <c r="B599" t="s">
+      <c r="D599" t="s" s="4">
         <v>2098</v>
       </c>
-      <c r="C599" t="s" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="E599" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F599" t="s">
-        <v>2101</v>
+        <v>32</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" t="s">
-        <v>2102</v>
-[...1 lines deleted...]
-      <c r="B600"/>
+        <v>2099</v>
+      </c>
+      <c r="B600" t="s">
+        <v>2100</v>
+      </c>
       <c r="C600" t="s" s="2">
-        <v>2103</v>
-[...1 lines deleted...]
-      <c r="D600"/>
+        <v>2101</v>
+      </c>
+      <c r="D600" s="3">
+        <v>251938417234</v>
+      </c>
       <c r="E600" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F600"/>
+        <v>533</v>
+      </c>
+      <c r="F600" t="s">
+        <v>70</v>
+      </c>
     </row>
     <row r="601">
       <c r="A601" t="s">
+        <v>2102</v>
+      </c>
+      <c r="B601" t="s">
+        <v>2103</v>
+      </c>
+      <c r="C601" t="s" s="2">
         <v>2104</v>
       </c>
-      <c r="B601" t="s">
+      <c r="D601" t="s" s="4">
         <v>2105</v>
       </c>
-      <c r="C601" t="s" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="E601" t="s">
-        <v>474</v>
+        <v>31</v>
       </c>
       <c r="F601" t="s">
-        <v>2108</v>
+        <v>32</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" t="s">
+        <v>2106</v>
+      </c>
+      <c r="B602" t="s">
+        <v>2107</v>
+      </c>
+      <c r="C602" t="s" s="2">
+        <v>2108</v>
+      </c>
+      <c r="D602" s="3">
+        <v>2348025982636</v>
+      </c>
+      <c r="E602" t="s">
+        <v>31</v>
+      </c>
+      <c r="F602" t="s">
         <v>2109</v>
       </c>
-      <c r="B602"/>
-[...7 lines deleted...]
-      <c r="F602"/>
     </row>
     <row r="603">
       <c r="A603" t="s">
+        <v>2110</v>
+      </c>
+      <c r="B603" t="s">
         <v>2111</v>
       </c>
-      <c r="B603" t="s">
+      <c r="C603" t="s" s="2">
         <v>2112</v>
       </c>
-      <c r="C603" t="s" s="2">
+      <c r="D603" s="3">
+        <v>2348111219693</v>
+      </c>
+      <c r="E603" t="s">
+        <v>31</v>
+      </c>
+      <c r="F603" t="s">
         <v>2113</v>
-      </c>
-[...7 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" t="s">
+        <v>2114</v>
+      </c>
+      <c r="B604"/>
+      <c r="C604" t="s" s="2">
         <v>2115</v>
       </c>
-      <c r="B604" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D604"/>
       <c r="E604" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F604"/>
     </row>
     <row r="605">
       <c r="A605" t="s">
-        <v>2119</v>
+        <v>2116</v>
       </c>
       <c r="B605"/>
       <c r="C605" t="s" s="2">
-        <v>2120</v>
+        <v>2117</v>
       </c>
       <c r="D605"/>
       <c r="E605" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F605"/>
     </row>
     <row r="606">
       <c r="A606" t="s">
-        <v>2121</v>
-[...3 lines deleted...]
-      </c>
+        <v>2118</v>
+      </c>
+      <c r="B606"/>
       <c r="C606" t="s" s="2">
-        <v>2123</v>
-[...3 lines deleted...]
-      </c>
+        <v>2119</v>
+      </c>
+      <c r="D606"/>
       <c r="E606" t="s">
-        <v>60</v>
+        <v>31</v>
       </c>
       <c r="F606"/>
     </row>
     <row r="607">
       <c r="A607" t="s">
-        <v>2124</v>
+        <v>2120</v>
       </c>
       <c r="B607" t="s">
-        <v>2125</v>
+        <v>2121</v>
       </c>
       <c r="C607" t="s" s="2">
-        <v>2126</v>
-[...2 lines deleted...]
-        <v>2127</v>
+        <v>2122</v>
+      </c>
+      <c r="D607" t="s" s="4">
+        <v>2123</v>
       </c>
       <c r="E607" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="F607" t="s">
-        <v>211</v>
+        <v>392</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" t="s">
-        <v>2128</v>
+        <v>2124</v>
       </c>
       <c r="B608" t="s">
-        <v>2129</v>
+        <v>2125</v>
       </c>
       <c r="C608" t="s" s="2">
-        <v>2130</v>
-[...2 lines deleted...]
-        <v>2348173802235</v>
+        <v>2126</v>
+      </c>
+      <c r="D608" s="3">
+        <v>2349153868625</v>
       </c>
       <c r="E608" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F608" t="s">
-        <v>1669</v>
+        <v>2127</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" t="s">
-        <v>2131</v>
+        <v>2128</v>
       </c>
       <c r="B609" t="s">
-        <v>2132</v>
+        <v>2129</v>
       </c>
       <c r="C609" t="s" s="2">
-        <v>2133</v>
-[...2 lines deleted...]
-        <v>2134</v>
+        <v>2130</v>
+      </c>
+      <c r="D609" s="3">
+        <v>254113317533</v>
       </c>
       <c r="E609" t="s">
-        <v>11</v>
+        <v>528</v>
       </c>
       <c r="F609" t="s">
-        <v>211</v>
+        <v>529</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" t="s">
-        <v>2135</v>
-[...3 lines deleted...]
-      </c>
+        <v>2131</v>
+      </c>
+      <c r="B610"/>
       <c r="C610" t="s" s="2">
-        <v>2137</v>
+        <v>2132</v>
       </c>
       <c r="D610"/>
       <c r="E610" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F610"/>
     </row>
     <row r="611">
       <c r="A611" t="s">
-        <v>2138</v>
+        <v>2133</v>
       </c>
       <c r="B611" t="s">
+        <v>2134</v>
+      </c>
+      <c r="C611" t="s" s="2">
+        <v>2135</v>
+      </c>
+      <c r="D611" t="s" s="4">
         <v>2136</v>
       </c>
-      <c r="C611" t="s" s="2">
-[...2 lines deleted...]
-      <c r="D611"/>
       <c r="E611" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F611" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" t="s">
-        <v>2140</v>
+        <v>2137</v>
       </c>
       <c r="B612" t="s">
-        <v>2141</v>
+        <v>2138</v>
       </c>
       <c r="C612" t="s" s="2">
-        <v>2142</v>
-[...2 lines deleted...]
-        <v>254719378216</v>
+        <v>2139</v>
+      </c>
+      <c r="D612" s="3">
+        <v>37257844702</v>
       </c>
       <c r="E612" t="s">
-        <v>60</v>
+        <v>31</v>
       </c>
       <c r="F612" t="s">
-        <v>195</v>
+        <v>11</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" t="s">
+        <v>2140</v>
+      </c>
+      <c r="B613" t="s">
+        <v>2141</v>
+      </c>
+      <c r="C613" t="s" s="2">
+        <v>2142</v>
+      </c>
+      <c r="D613" s="3">
+        <v>971522799794</v>
+      </c>
+      <c r="E613" t="s">
+        <v>20</v>
+      </c>
+      <c r="F613" t="s">
         <v>2143</v>
-      </c>
-[...13 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" t="s">
-        <v>2146</v>
-[...3 lines deleted...]
-      </c>
+        <v>2144</v>
+      </c>
+      <c r="B614"/>
       <c r="C614" t="s" s="2">
-        <v>2148</v>
+        <v>2145</v>
       </c>
       <c r="D614"/>
       <c r="E614" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F614"/>
     </row>
     <row r="615">
       <c r="A615" t="s">
+        <v>2146</v>
+      </c>
+      <c r="B615" t="s">
+        <v>2147</v>
+      </c>
+      <c r="C615" t="s" s="2">
+        <v>2148</v>
+      </c>
+      <c r="D615" t="s" s="4">
         <v>2149</v>
       </c>
-      <c r="B615" t="s">
+      <c r="E615" t="s">
+        <v>31</v>
+      </c>
+      <c r="F615" t="s">
         <v>2150</v>
-      </c>
-[...10 lines deleted...]
-        <v>463</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" t="s">
+        <v>2151</v>
+      </c>
+      <c r="B616"/>
+      <c r="C616" t="s" s="2">
         <v>2152</v>
       </c>
-      <c r="B616" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D616"/>
       <c r="E616" t="s">
-        <v>210</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F616"/>
     </row>
     <row r="617">
       <c r="A617" t="s">
+        <v>2153</v>
+      </c>
+      <c r="B617" t="s">
+        <v>2154</v>
+      </c>
+      <c r="C617" t="s" s="2">
+        <v>2155</v>
+      </c>
+      <c r="D617" t="s" s="4">
+        <v>2156</v>
+      </c>
+      <c r="E617" t="s">
+        <v>528</v>
+      </c>
+      <c r="F617" t="s">
         <v>2157</v>
-      </c>
-[...13 lines deleted...]
-        <v>2160</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" t="s">
-        <v>2161</v>
+        <v>2158</v>
       </c>
       <c r="B618"/>
       <c r="C618" t="s" s="2">
-        <v>2162</v>
+        <v>2159</v>
       </c>
       <c r="D618"/>
       <c r="E618" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="F618"/>
     </row>
     <row r="619">
       <c r="A619" t="s">
+        <v>2160</v>
+      </c>
+      <c r="B619" t="s">
+        <v>2161</v>
+      </c>
+      <c r="C619" t="s" s="2">
+        <v>2162</v>
+      </c>
+      <c r="D619" t="s" s="4">
         <v>2163</v>
       </c>
-      <c r="B619"/>
-[...3 lines deleted...]
-      <c r="D619"/>
       <c r="E619" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F619"/>
+        <v>31</v>
+      </c>
+      <c r="F619" t="s">
+        <v>135</v>
+      </c>
     </row>
     <row r="620">
       <c r="A620" t="s">
+        <v>2164</v>
+      </c>
+      <c r="B620" t="s">
         <v>2165</v>
       </c>
-      <c r="B620" t="s">
+      <c r="C620" t="s" s="2">
         <v>2166</v>
       </c>
-      <c r="C620" t="s" s="2">
+      <c r="D620" s="3">
+        <v>2348105502735</v>
+      </c>
+      <c r="E620" t="s">
+        <v>25</v>
+      </c>
+      <c r="F620" t="s">
         <v>2167</v>
-      </c>
-[...7 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" t="s">
         <v>2168</v>
       </c>
-      <c r="B621" t="s">
+      <c r="B621"/>
+      <c r="C621" t="s" s="2">
         <v>2169</v>
       </c>
-      <c r="C621" t="s" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="D621"/>
       <c r="E621" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F621"/>
     </row>
     <row r="622">
       <c r="A622" t="s">
+        <v>2170</v>
+      </c>
+      <c r="B622" t="s">
         <v>2171</v>
       </c>
-      <c r="B622" t="s">
+      <c r="C622" t="s" s="2">
         <v>2172</v>
       </c>
-      <c r="C622" t="s" s="2">
-[...3 lines deleted...]
-        <v>2348035701563</v>
+      <c r="D622" s="3">
+        <v>254703748978</v>
       </c>
       <c r="E622" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="F622"/>
     </row>
     <row r="623">
       <c r="A623" t="s">
+        <v>2173</v>
+      </c>
+      <c r="B623" t="s">
         <v>2174</v>
       </c>
-      <c r="B623" t="s">
+      <c r="C623" t="s" s="2">
         <v>2175</v>
       </c>
-      <c r="C623" t="s" s="2">
+      <c r="D623" t="s" s="4">
         <v>2176</v>
       </c>
-      <c r="D623" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="E623" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F623" t="s">
-        <v>12</v>
+        <v>271</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" t="s">
         <v>2177</v>
       </c>
       <c r="B624" t="s">
         <v>2178</v>
       </c>
       <c r="C624" t="s" s="2">
         <v>2179</v>
       </c>
-      <c r="D624" s="4">
-        <v>254714808794</v>
+      <c r="D624" s="3">
+        <v>2348173802235</v>
       </c>
       <c r="E624" t="s">
-        <v>60</v>
+        <v>31</v>
       </c>
       <c r="F624" t="s">
-        <v>12</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" t="s">
         <v>2180</v>
       </c>
       <c r="B625" t="s">
         <v>2181</v>
       </c>
       <c r="C625" t="s" s="2">
         <v>2182</v>
       </c>
-      <c r="D625" s="4">
-        <v>2348139375520</v>
+      <c r="D625" t="s" s="4">
+        <v>2183</v>
       </c>
       <c r="E625" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F625" t="s">
-        <v>12</v>
+        <v>271</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" t="s">
-        <v>2183</v>
-[...1 lines deleted...]
-      <c r="B626"/>
+        <v>2184</v>
+      </c>
+      <c r="B626" t="s">
+        <v>2185</v>
+      </c>
       <c r="C626" t="s" s="2">
-        <v>2184</v>
-[...3 lines deleted...]
-      </c>
+        <v>2186</v>
+      </c>
+      <c r="D626"/>
       <c r="E626" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F626"/>
+        <v>31</v>
+      </c>
+      <c r="F626" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="627">
       <c r="A627" t="s">
+        <v>2187</v>
+      </c>
+      <c r="B627" t="s">
         <v>2185</v>
       </c>
-      <c r="B627" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C627" t="s" s="2">
-        <v>2187</v>
-[...1 lines deleted...]
-      <c r="D627" t="s" s="3">
         <v>2188</v>
       </c>
+      <c r="D627"/>
       <c r="E627" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F627" t="s">
-        <v>675</v>
+        <v>32</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" t="s">
         <v>2189</v>
       </c>
       <c r="B628" t="s">
         <v>2190</v>
       </c>
       <c r="C628" t="s" s="2">
         <v>2191</v>
       </c>
-      <c r="D628" s="4">
-        <v>2348065062014</v>
+      <c r="D628" s="3">
+        <v>254719378216</v>
       </c>
       <c r="E628" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F628" t="s">
-        <v>2192</v>
+        <v>255</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" t="s">
+        <v>2192</v>
+      </c>
+      <c r="B629" t="s">
         <v>2193</v>
       </c>
-      <c r="B629" t="s">
+      <c r="C629" t="s" s="2">
         <v>2194</v>
       </c>
-      <c r="C629" t="s" s="2">
-[...3 lines deleted...]
-        <v>447876836125</v>
+      <c r="D629" s="3">
+        <v>254793943619</v>
       </c>
       <c r="E629" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F629" t="s">
-        <v>258</v>
+        <v>32</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" t="s">
+        <v>2195</v>
+      </c>
+      <c r="B630" t="s">
         <v>2196</v>
       </c>
-      <c r="B630" t="s">
+      <c r="C630" t="s" s="2">
         <v>2197</v>
       </c>
-      <c r="C630" t="s" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="D630"/>
       <c r="E630" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="F630"/>
     </row>
     <row r="631">
       <c r="A631" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B631" t="s">
         <v>2199</v>
       </c>
-      <c r="B631"/>
       <c r="C631" t="s" s="2">
         <v>2200</v>
       </c>
-      <c r="D631"/>
+      <c r="D631" s="3">
+        <v>2348142474069</v>
+      </c>
       <c r="E631" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F631"/>
+        <v>55</v>
+      </c>
+      <c r="F631" t="s">
+        <v>517</v>
+      </c>
     </row>
     <row r="632">
       <c r="A632" t="s">
         <v>2201</v>
       </c>
       <c r="B632" t="s">
         <v>2202</v>
       </c>
       <c r="C632" t="s" s="2">
         <v>2203</v>
       </c>
-      <c r="D632" s="4">
-        <v>254112502474</v>
+      <c r="D632" t="s" s="4">
+        <v>2204</v>
       </c>
       <c r="E632" t="s">
-        <v>60</v>
+        <v>270</v>
       </c>
       <c r="F632" t="s">
-        <v>512</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" t="s">
-        <v>2204</v>
+        <v>2206</v>
       </c>
       <c r="B633" t="s">
-        <v>2205</v>
+        <v>2207</v>
       </c>
       <c r="C633" t="s" s="2">
-        <v>2206</v>
-[...2 lines deleted...]
-        <v>2348137398589</v>
+        <v>2208</v>
+      </c>
+      <c r="D633" s="3">
+        <v>2348035855843</v>
       </c>
       <c r="E633" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F633" t="s">
-        <v>2207</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" t="s">
-        <v>2208</v>
-[...3 lines deleted...]
-      </c>
+        <v>2210</v>
+      </c>
+      <c r="B634"/>
       <c r="C634" t="s" s="2">
-        <v>2209</v>
-[...3 lines deleted...]
-      </c>
+        <v>2211</v>
+      </c>
+      <c r="D634"/>
       <c r="E634" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F634"/>
     </row>
     <row r="635">
       <c r="A635" t="s">
-        <v>2210</v>
+        <v>2212</v>
       </c>
       <c r="B635"/>
       <c r="C635" t="s" s="2">
-        <v>2211</v>
+        <v>2213</v>
       </c>
       <c r="D635"/>
       <c r="E635" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F635"/>
     </row>
     <row r="636">
       <c r="A636" t="s">
-        <v>2212</v>
+        <v>2214</v>
       </c>
       <c r="B636" t="s">
-        <v>2213</v>
+        <v>2215</v>
       </c>
       <c r="C636" t="s" s="2">
-        <v>2214</v>
-[...2 lines deleted...]
-        <v>2347037487075</v>
+        <v>2216</v>
+      </c>
+      <c r="D636" s="3">
+        <v>2348131630416</v>
       </c>
       <c r="E636" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F636" t="s">
-        <v>1248</v>
+        <v>32</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" t="s">
-        <v>2215</v>
+        <v>2217</v>
       </c>
       <c r="B637" t="s">
-        <v>2216</v>
+        <v>2218</v>
       </c>
       <c r="C637" t="s" s="2">
-        <v>2217</v>
-[...2 lines deleted...]
-        <v>2348139410461</v>
+        <v>2219</v>
+      </c>
+      <c r="D637" s="3">
+        <v>2349046884361</v>
       </c>
       <c r="E637" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="F637" t="s">
-        <v>123</v>
+        <v>100</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" t="s">
-        <v>2218</v>
+        <v>2220</v>
       </c>
       <c r="B638" t="s">
-        <v>2219</v>
+        <v>2221</v>
       </c>
       <c r="C638" t="s" s="2">
-        <v>2220</v>
-[...2 lines deleted...]
-        <v>2347067776255</v>
+        <v>2222</v>
+      </c>
+      <c r="D638" s="3">
+        <v>2348035701563</v>
       </c>
       <c r="E638" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="F638" t="s">
-        <v>2221</v>
+        <v>32</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" t="s">
-        <v>2222</v>
-[...1 lines deleted...]
-      <c r="B639"/>
+        <v>2223</v>
+      </c>
+      <c r="B639" t="s">
+        <v>2224</v>
+      </c>
       <c r="C639" t="s" s="2">
-        <v>2223</v>
-[...1 lines deleted...]
-      <c r="D639"/>
+        <v>2225</v>
+      </c>
+      <c r="D639" s="3">
+        <v>2349133411647</v>
+      </c>
       <c r="E639" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F639"/>
+        <v>31</v>
+      </c>
+      <c r="F639" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="640">
       <c r="A640" t="s">
-        <v>2224</v>
+        <v>2226</v>
       </c>
       <c r="B640" t="s">
-        <v>2225</v>
+        <v>2227</v>
       </c>
       <c r="C640" t="s" s="2">
-        <v>2226</v>
-[...2 lines deleted...]
-        <v>2347089786448</v>
+        <v>2228</v>
+      </c>
+      <c r="D640" s="3">
+        <v>254714808794</v>
       </c>
       <c r="E640" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F640" t="s">
-        <v>211</v>
+        <v>32</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" t="s">
-        <v>2227</v>
+        <v>2229</v>
       </c>
       <c r="B641" t="s">
-        <v>2228</v>
+        <v>2230</v>
       </c>
       <c r="C641" t="s" s="2">
-        <v>2229</v>
-[...2 lines deleted...]
-        <v>2230</v>
+        <v>2231</v>
+      </c>
+      <c r="D641" s="3">
+        <v>2348139375520</v>
       </c>
       <c r="E641" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F641" t="s">
-        <v>111</v>
+        <v>32</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" t="s">
-        <v>2231</v>
+        <v>2232</v>
       </c>
       <c r="B642"/>
       <c r="C642" t="s" s="2">
-        <v>2232</v>
-[...1 lines deleted...]
-      <c r="D642"/>
+        <v>2233</v>
+      </c>
+      <c r="D642" s="3">
+        <v>2347026886441</v>
+      </c>
       <c r="E642" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F642"/>
     </row>
     <row r="643">
       <c r="A643" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="B643" t="s">
-        <v>2234</v>
+        <v>2235</v>
       </c>
       <c r="C643" t="s" s="2">
-        <v>2235</v>
-[...2 lines deleted...]
-        <v>2348134508761</v>
+        <v>2236</v>
+      </c>
+      <c r="D643" t="s" s="4">
+        <v>2237</v>
       </c>
       <c r="E643" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F643" t="s">
-        <v>562</v>
+        <v>729</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" t="s">
-        <v>2236</v>
+        <v>2238</v>
       </c>
       <c r="B644" t="s">
-        <v>2237</v>
+        <v>2239</v>
       </c>
       <c r="C644" t="s" s="2">
-        <v>2238</v>
-[...2 lines deleted...]
-        <v>2239</v>
+        <v>2240</v>
+      </c>
+      <c r="D644" s="3">
+        <v>2348065062014</v>
       </c>
       <c r="E644" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F644" t="s">
-        <v>2240</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" t="s">
-        <v>2241</v>
+        <v>2242</v>
       </c>
       <c r="B645" t="s">
-        <v>2237</v>
-[...5 lines deleted...]
-        <v>2239</v>
+        <v>2243</v>
+      </c>
+      <c r="C645" t="s" s="2">
+        <v>2244</v>
+      </c>
+      <c r="D645" s="3">
+        <v>447876836125</v>
       </c>
       <c r="E645" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F645" t="s">
-        <v>2240</v>
+        <v>318</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" t="s">
-        <v>2243</v>
+        <v>2245</v>
       </c>
       <c r="B646" t="s">
-        <v>2244</v>
+        <v>2246</v>
       </c>
       <c r="C646" t="s" s="2">
-        <v>2245</v>
-[...2 lines deleted...]
-        <v>2349040145902</v>
+        <v>2247</v>
+      </c>
+      <c r="D646" s="3">
+        <v>254769018008</v>
       </c>
       <c r="E646" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="F646"/>
     </row>
     <row r="647">
       <c r="A647" t="s">
-        <v>2246</v>
-[...3 lines deleted...]
-      </c>
+        <v>2248</v>
+      </c>
+      <c r="B647"/>
       <c r="C647" t="s" s="2">
-        <v>2248</v>
-[...3 lines deleted...]
-      </c>
+        <v>2249</v>
+      </c>
+      <c r="D647"/>
       <c r="E647" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F647"/>
     </row>
     <row r="648">
       <c r="A648" t="s">
-        <v>2249</v>
-[...1 lines deleted...]
-      <c r="B648"/>
+        <v>2250</v>
+      </c>
+      <c r="B648" t="s">
+        <v>2251</v>
+      </c>
       <c r="C648" t="s" s="2">
-        <v>2250</v>
-[...1 lines deleted...]
-      <c r="D648"/>
+        <v>2252</v>
+      </c>
+      <c r="D648" s="3">
+        <v>254112502474</v>
+      </c>
       <c r="E648" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F648"/>
+        <v>10</v>
+      </c>
+      <c r="F648" t="s">
+        <v>566</v>
+      </c>
     </row>
     <row r="649">
       <c r="A649" t="s">
-        <v>2251</v>
+        <v>2253</v>
       </c>
       <c r="B649" t="s">
-        <v>2252</v>
+        <v>2254</v>
       </c>
       <c r="C649" t="s" s="2">
-        <v>2253</v>
-[...2 lines deleted...]
-        <v>2348109525256</v>
+        <v>2255</v>
+      </c>
+      <c r="D649" s="3">
+        <v>2348137398589</v>
       </c>
       <c r="E649" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F649" t="s">
-        <v>562</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" t="s">
-        <v>2254</v>
+        <v>2257</v>
       </c>
       <c r="B650" t="s">
-        <v>2255</v>
+        <v>559</v>
       </c>
       <c r="C650" t="s" s="2">
-        <v>2256</v>
-[...2 lines deleted...]
-        <v>2257</v>
+        <v>2258</v>
+      </c>
+      <c r="D650" s="3">
+        <v>233262754454</v>
       </c>
       <c r="E650" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F650" t="s">
-        <v>2258</v>
+        <v>26</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" t="s">
         <v>2259</v>
       </c>
-      <c r="B651" t="s">
+      <c r="B651"/>
+      <c r="C651" t="s" s="2">
         <v>2260</v>
       </c>
-      <c r="C651" t="s" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="D651"/>
       <c r="E651" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F651"/>
     </row>
     <row r="652">
       <c r="A652" t="s">
+        <v>2261</v>
+      </c>
+      <c r="B652" t="s">
         <v>2262</v>
       </c>
-      <c r="B652" t="s">
+      <c r="C652" t="s" s="2">
         <v>2263</v>
       </c>
-      <c r="C652" t="s" s="2">
-[...3 lines deleted...]
-        <v>2349136547834</v>
+      <c r="D652" s="3">
+        <v>2347037487075</v>
       </c>
       <c r="E652" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F652" t="s">
-        <v>2265</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" t="s">
+        <v>2264</v>
+      </c>
+      <c r="B653" t="s">
+        <v>2265</v>
+      </c>
+      <c r="C653" t="s" s="2">
         <v>2266</v>
       </c>
-      <c r="B653" t="s">
-[...6 lines deleted...]
-        <v>253794898425</v>
+      <c r="D653" s="3">
+        <v>2348139410461</v>
       </c>
       <c r="E653" t="s">
-        <v>96</v>
+        <v>31</v>
       </c>
       <c r="F653" t="s">
-        <v>123</v>
+        <v>26</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" t="s">
+        <v>2267</v>
+      </c>
+      <c r="B654" t="s">
+        <v>2268</v>
+      </c>
+      <c r="C654" t="s" s="2">
         <v>2269</v>
       </c>
-      <c r="B654" t="s">
+      <c r="D654" s="3">
+        <v>2347067776255</v>
+      </c>
+      <c r="E654" t="s">
+        <v>25</v>
+      </c>
+      <c r="F654" t="s">
         <v>2270</v>
-      </c>
-[...10 lines deleted...]
-        <v>2273</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" t="s">
-        <v>2274</v>
-[...3 lines deleted...]
-      </c>
+        <v>2271</v>
+      </c>
+      <c r="B655"/>
       <c r="C655" t="s" s="2">
-        <v>2276</v>
-[...3 lines deleted...]
-      </c>
+        <v>2272</v>
+      </c>
+      <c r="D655"/>
       <c r="E655" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F655"/>
     </row>
     <row r="656">
       <c r="A656" t="s">
-        <v>2278</v>
+        <v>2273</v>
       </c>
       <c r="B656" t="s">
-        <v>2279</v>
+        <v>2274</v>
       </c>
       <c r="C656" t="s" s="2">
-        <v>2280</v>
-[...2 lines deleted...]
-        <v>233551096683</v>
+        <v>2275</v>
+      </c>
+      <c r="D656" s="3">
+        <v>2347089786448</v>
       </c>
       <c r="E656" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F656" t="s">
-        <v>138</v>
+        <v>271</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" t="s">
-        <v>2281</v>
-[...1 lines deleted...]
-      <c r="B657"/>
+        <v>2276</v>
+      </c>
+      <c r="B657" t="s">
+        <v>2277</v>
+      </c>
       <c r="C657" t="s" s="2">
-        <v>2282</v>
-[...1 lines deleted...]
-      <c r="D657"/>
+        <v>2278</v>
+      </c>
+      <c r="D657" t="s" s="4">
+        <v>2279</v>
+      </c>
       <c r="E657" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F657"/>
+        <v>31</v>
+      </c>
+      <c r="F657" t="s">
+        <v>174</v>
+      </c>
     </row>
     <row r="658">
       <c r="A658" t="s">
-        <v>2283</v>
+        <v>2280</v>
       </c>
       <c r="B658"/>
       <c r="C658" t="s" s="2">
-        <v>2284</v>
+        <v>2281</v>
       </c>
       <c r="D658"/>
       <c r="E658" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F658"/>
     </row>
     <row r="659">
       <c r="A659" t="s">
-        <v>2285</v>
+        <v>2282</v>
       </c>
       <c r="B659" t="s">
-        <v>808</v>
+        <v>2283</v>
       </c>
       <c r="C659" t="s" s="2">
-        <v>2286</v>
-[...2 lines deleted...]
-        <v>7703161470</v>
+        <v>2284</v>
+      </c>
+      <c r="D659" s="3">
+        <v>2348134508761</v>
       </c>
       <c r="E659" t="s">
-        <v>96</v>
+        <v>31</v>
       </c>
       <c r="F659" t="s">
-        <v>453</v>
+        <v>616</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" t="s">
+        <v>2285</v>
+      </c>
+      <c r="B660" t="s">
+        <v>2286</v>
+      </c>
+      <c r="C660" t="s" s="2">
         <v>2287</v>
       </c>
-      <c r="B660"/>
-      <c r="C660" t="s" s="2">
+      <c r="D660" t="s" s="4">
         <v>2288</v>
       </c>
-      <c r="D660" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="E660" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F660" t="s">
-        <v>12</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" t="s">
+        <v>2290</v>
+      </c>
+      <c r="B661" t="s">
+        <v>2286</v>
+      </c>
+      <c r="C661" t="s">
+        <v>2291</v>
+      </c>
+      <c r="D661" t="s" s="4">
+        <v>2288</v>
+      </c>
+      <c r="E661" t="s">
+        <v>31</v>
+      </c>
+      <c r="F661" t="s">
         <v>2289</v>
-      </c>
-[...13 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" t="s">
         <v>2292</v>
       </c>
       <c r="B662" t="s">
         <v>2293</v>
       </c>
       <c r="C662" t="s" s="2">
         <v>2294</v>
       </c>
-      <c r="D662" s="4">
-        <v>2349060146237</v>
+      <c r="D662" s="3">
+        <v>2349040145902</v>
       </c>
       <c r="E662" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F662" t="s">
-        <v>675</v>
+        <v>32</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" t="s">
         <v>2295</v>
       </c>
       <c r="B663" t="s">
         <v>2296</v>
       </c>
       <c r="C663" t="s" s="2">
         <v>2297</v>
       </c>
-      <c r="D663" s="4">
-        <v>251916705403</v>
+      <c r="D663" s="3">
+        <v>254707268769</v>
       </c>
       <c r="E663" t="s">
-        <v>479</v>
+        <v>10</v>
       </c>
       <c r="F663" t="s">
-        <v>2298</v>
+        <v>32</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" t="s">
+        <v>2298</v>
+      </c>
+      <c r="B664"/>
+      <c r="C664" t="s" s="2">
         <v>2299</v>
       </c>
-      <c r="B664" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D664"/>
       <c r="E664" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F664"/>
     </row>
     <row r="665">
       <c r="A665" t="s">
+        <v>2300</v>
+      </c>
+      <c r="B665" t="s">
+        <v>2301</v>
+      </c>
+      <c r="C665" t="s" s="2">
         <v>2302</v>
       </c>
-      <c r="B665" t="s">
-[...6 lines deleted...]
-        <v>2305</v>
+      <c r="D665" s="3">
+        <v>2348109525256</v>
       </c>
       <c r="E665" t="s">
-        <v>60</v>
+        <v>31</v>
       </c>
       <c r="F665" t="s">
-        <v>400</v>
+        <v>616</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" t="s">
+        <v>2303</v>
+      </c>
+      <c r="B666" t="s">
+        <v>2304</v>
+      </c>
+      <c r="C666" t="s" s="2">
+        <v>2305</v>
+      </c>
+      <c r="D666" t="s" s="4">
         <v>2306</v>
       </c>
-      <c r="B666" t="s">
+      <c r="E666" t="s">
+        <v>20</v>
+      </c>
+      <c r="F666" t="s">
         <v>2307</v>
-      </c>
-[...10 lines deleted...]
-        <v>2310</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" t="s">
-        <v>2311</v>
+        <v>2308</v>
       </c>
       <c r="B667" t="s">
-        <v>2312</v>
+        <v>2309</v>
       </c>
       <c r="C667" t="s" s="2">
-        <v>2313</v>
-[...2 lines deleted...]
-        <v>2547114721959</v>
+        <v>2310</v>
+      </c>
+      <c r="D667" s="3">
+        <v>254728645482</v>
       </c>
       <c r="E667" t="s">
-        <v>474</v>
+        <v>10</v>
       </c>
       <c r="F667" t="s">
-        <v>2314</v>
+        <v>32</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" t="s">
-        <v>2315</v>
+        <v>2311</v>
       </c>
       <c r="B668" t="s">
-        <v>2316</v>
+        <v>2312</v>
       </c>
       <c r="C668" t="s" s="2">
-        <v>2317</v>
-[...2 lines deleted...]
-        <v>2318</v>
+        <v>2313</v>
+      </c>
+      <c r="D668" s="3">
+        <v>2349136547834</v>
       </c>
       <c r="E668" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F668" t="s">
-        <v>39</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" t="s">
-        <v>2319</v>
-[...1 lines deleted...]
-      <c r="B669"/>
+        <v>2315</v>
+      </c>
+      <c r="B669" t="s">
+        <v>2316</v>
+      </c>
       <c r="C669" t="s" s="2">
-        <v>2320</v>
-[...1 lines deleted...]
-      <c r="D669"/>
+        <v>2317</v>
+      </c>
+      <c r="D669" s="3">
+        <v>253794898425</v>
+      </c>
       <c r="E669" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F669"/>
+        <v>159</v>
+      </c>
+      <c r="F669" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="670">
       <c r="A670" t="s">
+        <v>2318</v>
+      </c>
+      <c r="B670" t="s">
+        <v>2319</v>
+      </c>
+      <c r="C670" t="s" s="2">
+        <v>2320</v>
+      </c>
+      <c r="D670" t="s" s="4">
         <v>2321</v>
       </c>
-      <c r="B670"/>
-      <c r="C670" t="s" s="2">
+      <c r="E670" t="s">
+        <v>31</v>
+      </c>
+      <c r="F670" t="s">
         <v>2322</v>
       </c>
-      <c r="D670"/>
-[...3 lines deleted...]
-      <c r="F670"/>
     </row>
     <row r="671">
       <c r="A671" t="s">
         <v>2323</v>
       </c>
       <c r="B671" t="s">
         <v>2324</v>
       </c>
       <c r="C671" t="s" s="2">
         <v>2325</v>
       </c>
-      <c r="D671"/>
+      <c r="D671" t="s" s="4">
+        <v>2326</v>
+      </c>
       <c r="E671" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F671"/>
+        <v>31</v>
+      </c>
+      <c r="F671" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="672">
       <c r="A672" t="s">
-        <v>2326</v>
-[...1 lines deleted...]
-      <c r="B672"/>
+        <v>2327</v>
+      </c>
+      <c r="B672" t="s">
+        <v>2328</v>
+      </c>
       <c r="C672" t="s" s="2">
-        <v>2327</v>
-[...1 lines deleted...]
-      <c r="D672"/>
+        <v>2329</v>
+      </c>
+      <c r="D672" s="3">
+        <v>233551096683</v>
+      </c>
       <c r="E672" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F672"/>
+        <v>20</v>
+      </c>
+      <c r="F672" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="673">
       <c r="A673" t="s">
-        <v>2328</v>
-[...3 lines deleted...]
-      </c>
+        <v>2330</v>
+      </c>
+      <c r="B673"/>
       <c r="C673" t="s" s="2">
-        <v>2330</v>
-[...1 lines deleted...]
-      <c r="D673" t="s" s="3">
         <v>2331</v>
       </c>
+      <c r="D673"/>
       <c r="E673" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F673"/>
     </row>
     <row r="674">
       <c r="A674" t="s">
         <v>2332</v>
       </c>
-      <c r="B674" t="s">
+      <c r="B674"/>
+      <c r="C674" t="s" s="2">
         <v>2333</v>
       </c>
-      <c r="C674" t="s" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="D674"/>
       <c r="E674" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F674"/>
     </row>
     <row r="675">
       <c r="A675" t="s">
+        <v>2334</v>
+      </c>
+      <c r="B675" t="s">
+        <v>858</v>
+      </c>
+      <c r="C675" t="s" s="2">
         <v>2335</v>
       </c>
-      <c r="B675" t="s">
-[...5 lines deleted...]
-      <c r="D675"/>
+      <c r="D675">
+        <v>7703161470</v>
+      </c>
       <c r="E675" t="s">
+        <v>159</v>
+      </c>
+      <c r="F675" t="s">
         <v>11</v>
       </c>
-      <c r="F675"/>
     </row>
     <row r="676">
       <c r="A676" t="s">
-        <v>2338</v>
-[...3 lines deleted...]
-      </c>
+        <v>2336</v>
+      </c>
+      <c r="B676"/>
       <c r="C676" t="s" s="2">
-        <v>2340</v>
-[...2 lines deleted...]
-        <v>2341</v>
+        <v>2337</v>
+      </c>
+      <c r="D676" s="3">
+        <v>8618851191642</v>
       </c>
       <c r="E676" t="s">
-        <v>474</v>
+        <v>20</v>
       </c>
       <c r="F676" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" t="s">
-        <v>2342</v>
+        <v>2338</v>
       </c>
       <c r="B677" t="s">
-        <v>2343</v>
+        <v>2339</v>
       </c>
       <c r="C677" t="s" s="2">
-        <v>2344</v>
-[...2 lines deleted...]
-        <v>8052456274</v>
+        <v>2340</v>
+      </c>
+      <c r="D677" s="3">
+        <v>254759104204</v>
       </c>
       <c r="E677" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F677" t="s">
-        <v>463</v>
+        <v>100</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" t="s">
-        <v>2345</v>
-[...1 lines deleted...]
-      <c r="B678"/>
+        <v>2341</v>
+      </c>
+      <c r="B678" t="s">
+        <v>2342</v>
+      </c>
       <c r="C678" t="s" s="2">
-        <v>2346</v>
-[...1 lines deleted...]
-      <c r="D678"/>
+        <v>2343</v>
+      </c>
+      <c r="D678" s="3">
+        <v>2349060146237</v>
+      </c>
       <c r="E678" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F678"/>
+        <v>31</v>
+      </c>
+      <c r="F678" t="s">
+        <v>729</v>
+      </c>
     </row>
     <row r="679">
       <c r="A679" t="s">
+        <v>2344</v>
+      </c>
+      <c r="B679" t="s">
+        <v>2345</v>
+      </c>
+      <c r="C679" t="s" s="2">
+        <v>2346</v>
+      </c>
+      <c r="D679" s="3">
+        <v>251916705403</v>
+      </c>
+      <c r="E679" t="s">
+        <v>533</v>
+      </c>
+      <c r="F679" t="s">
         <v>2347</v>
-      </c>
-[...13 lines deleted...]
-        <v>512</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" t="s">
+        <v>2348</v>
+      </c>
+      <c r="B680" t="s">
+        <v>2349</v>
+      </c>
+      <c r="C680" t="s" s="2">
         <v>2350</v>
       </c>
-      <c r="B680" t="s">
-[...6 lines deleted...]
-        <v>2348121120828</v>
+      <c r="D680" s="3">
+        <v>254746234404</v>
       </c>
       <c r="E680" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="F680" t="s">
-        <v>512</v>
+        <v>566</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" t="s">
+        <v>2351</v>
+      </c>
+      <c r="B681" t="s">
         <v>2352</v>
       </c>
-      <c r="B681" t="s">
+      <c r="C681" t="s" s="2">
         <v>2353</v>
       </c>
-      <c r="C681" t="s" s="2">
+      <c r="D681" t="s" s="4">
         <v>2354</v>
       </c>
-      <c r="D681" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="E681" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F681" t="s">
-        <v>2355</v>
+        <v>459</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" t="s">
+        <v>2355</v>
+      </c>
+      <c r="B682" t="s">
         <v>2356</v>
       </c>
-      <c r="B682" t="s">
+      <c r="C682" t="s" s="2">
         <v>2357</v>
       </c>
-      <c r="C682" t="s" s="2">
+      <c r="D682" t="s" s="4">
         <v>2358</v>
       </c>
-      <c r="D682" t="s" s="3">
+      <c r="E682" t="s">
+        <v>834</v>
+      </c>
+      <c r="F682" t="s">
         <v>2359</v>
-      </c>
-[...4 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" t="s">
         <v>2360</v>
       </c>
       <c r="B683" t="s">
         <v>2361</v>
       </c>
       <c r="C683" t="s" s="2">
         <v>2362</v>
       </c>
-      <c r="D683" t="s" s="3">
+      <c r="D683" s="3">
+        <v>2547114721959</v>
+      </c>
+      <c r="E683" t="s">
+        <v>528</v>
+      </c>
+      <c r="F683" t="s">
         <v>2363</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" t="s">
         <v>2364</v>
       </c>
       <c r="B684" t="s">
-        <v>2361</v>
+        <v>2365</v>
       </c>
       <c r="C684" t="s" s="2">
-        <v>2365</v>
-[...1 lines deleted...]
-      <c r="D684" t="s" s="3">
         <v>2366</v>
       </c>
+      <c r="D684" t="s" s="4">
+        <v>2367</v>
+      </c>
       <c r="E684" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F684" t="s">
-        <v>12</v>
+        <v>105</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" t="s">
-        <v>2367</v>
+        <v>2368</v>
       </c>
       <c r="B685"/>
       <c r="C685" t="s" s="2">
-        <v>2368</v>
+        <v>2369</v>
       </c>
       <c r="D685"/>
       <c r="E685" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F685"/>
     </row>
     <row r="686">
       <c r="A686" t="s">
-        <v>2369</v>
+        <v>2370</v>
       </c>
       <c r="B686"/>
       <c r="C686" t="s" s="2">
-        <v>2370</v>
+        <v>2371</v>
       </c>
       <c r="D686"/>
       <c r="E686" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F686"/>
     </row>
     <row r="687">
       <c r="A687" t="s">
-        <v>2371</v>
+        <v>2372</v>
       </c>
       <c r="B687" t="s">
-        <v>2372</v>
+        <v>2373</v>
       </c>
       <c r="C687" t="s" s="2">
-        <v>2373</v>
-[...3 lines deleted...]
-      </c>
+        <v>2374</v>
+      </c>
+      <c r="D687"/>
       <c r="E687" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F687"/>
     </row>
     <row r="688">
       <c r="A688" t="s">
-        <v>2374</v>
+        <v>2375</v>
       </c>
       <c r="B688"/>
       <c r="C688" t="s" s="2">
-        <v>2375</v>
+        <v>2376</v>
       </c>
       <c r="D688"/>
       <c r="E688" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F688"/>
     </row>
     <row r="689">
       <c r="A689" t="s">
-        <v>2376</v>
+        <v>2377</v>
       </c>
       <c r="B689" t="s">
-        <v>2377</v>
+        <v>2378</v>
       </c>
       <c r="C689" t="s" s="2">
-        <v>2378</v>
-[...2 lines deleted...]
-        <v>23407061279989</v>
+        <v>2379</v>
+      </c>
+      <c r="D689" t="s" s="4">
+        <v>2380</v>
       </c>
       <c r="E689" t="s">
-        <v>530</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F689"/>
     </row>
     <row r="690">
       <c r="A690" t="s">
-        <v>2379</v>
+        <v>2381</v>
       </c>
       <c r="B690" t="s">
-        <v>2380</v>
-[...4 lines deleted...]
-      <c r="D690" t="s" s="3">
         <v>2382</v>
       </c>
+      <c r="C690" t="s" s="2">
+        <v>2383</v>
+      </c>
+      <c r="D690" s="3">
+        <v>254719248606</v>
+      </c>
       <c r="E690" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F690" t="s">
-        <v>463</v>
+        <v>32</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" t="s">
-        <v>2383</v>
+        <v>2384</v>
       </c>
       <c r="B691" t="s">
-        <v>2384</v>
+        <v>2385</v>
       </c>
       <c r="C691" t="s" s="2">
-        <v>2385</v>
+        <v>2386</v>
       </c>
       <c r="D691"/>
       <c r="E691" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F691"/>
     </row>
     <row r="692">
       <c r="A692" t="s">
-        <v>2386</v>
+        <v>2387</v>
       </c>
       <c r="B692" t="s">
-        <v>2387</v>
+        <v>2388</v>
       </c>
       <c r="C692" t="s" s="2">
-        <v>2388</v>
-[...2 lines deleted...]
-        <v>2348032332064</v>
+        <v>2389</v>
+      </c>
+      <c r="D692" t="s" s="4">
+        <v>2390</v>
       </c>
       <c r="E692" t="s">
-        <v>16</v>
+        <v>528</v>
       </c>
       <c r="F692" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" t="s">
-        <v>2389</v>
-[...1 lines deleted...]
-      <c r="B693"/>
+        <v>2391</v>
+      </c>
+      <c r="B693" t="s">
+        <v>2392</v>
+      </c>
       <c r="C693" t="s" s="2">
-        <v>2390</v>
-[...1 lines deleted...]
-      <c r="D693"/>
+        <v>2393</v>
+      </c>
+      <c r="D693">
+        <v>8052456274</v>
+      </c>
       <c r="E693" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F693"/>
+        <v>31</v>
+      </c>
+      <c r="F693" t="s">
+        <v>517</v>
+      </c>
     </row>
     <row r="694">
       <c r="A694" t="s">
-        <v>2391</v>
-[...3 lines deleted...]
-      </c>
+        <v>2394</v>
+      </c>
+      <c r="B694"/>
       <c r="C694" t="s" s="2">
-        <v>2393</v>
+        <v>2395</v>
       </c>
       <c r="D694"/>
       <c r="E694" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F694"/>
     </row>
     <row r="695">
       <c r="A695" t="s">
-        <v>2394</v>
+        <v>2396</v>
       </c>
       <c r="B695" t="s">
-        <v>2395</v>
+        <v>2397</v>
       </c>
       <c r="C695" t="s" s="2">
-        <v>2396</v>
-[...2 lines deleted...]
-        <v>22960164737</v>
+        <v>2398</v>
+      </c>
+      <c r="D695" s="3">
+        <v>2348121120828</v>
       </c>
       <c r="E695" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="F695" t="s">
-        <v>12</v>
+        <v>566</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" t="s">
+        <v>2399</v>
+      </c>
+      <c r="B696" t="s">
         <v>2397</v>
       </c>
-      <c r="B696" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C696" t="s" s="2">
-        <v>2399</v>
-[...2 lines deleted...]
-        <v>233534345282</v>
+        <v>2400</v>
+      </c>
+      <c r="D696" s="3">
+        <v>2348121120828</v>
       </c>
       <c r="E696" t="s">
-        <v>33</v>
+        <v>55</v>
       </c>
       <c r="F696" t="s">
-        <v>1361</v>
+        <v>566</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" t="s">
-        <v>2400</v>
+        <v>2401</v>
       </c>
       <c r="B697" t="s">
-        <v>2401</v>
+        <v>2402</v>
       </c>
       <c r="C697" t="s" s="2">
-        <v>2402</v>
-[...1 lines deleted...]
-      <c r="D697" t="s" s="3">
         <v>2403</v>
       </c>
+      <c r="D697" s="3">
+        <v>2347030193409</v>
+      </c>
       <c r="E697" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F697"/>
+        <v>31</v>
+      </c>
+      <c r="F697" t="s">
+        <v>2404</v>
+      </c>
     </row>
     <row r="698">
       <c r="A698" t="s">
-        <v>2404</v>
+        <v>2405</v>
       </c>
       <c r="B698" t="s">
-        <v>2405</v>
+        <v>2406</v>
       </c>
       <c r="C698" t="s" s="2">
-        <v>2406</v>
-[...2 lines deleted...]
-        <v>2347040421153</v>
+        <v>2407</v>
+      </c>
+      <c r="D698" t="s" s="4">
+        <v>2408</v>
       </c>
       <c r="E698" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F698" t="s">
-        <v>123</v>
+        <v>26</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" t="s">
-        <v>2407</v>
+        <v>2409</v>
       </c>
       <c r="B699" t="s">
-        <v>2408</v>
+        <v>2410</v>
       </c>
       <c r="C699" t="s" s="2">
-        <v>2409</v>
-[...2 lines deleted...]
-        <v>254707674366</v>
+        <v>2411</v>
+      </c>
+      <c r="D699" t="s" s="4">
+        <v>2412</v>
       </c>
       <c r="E699" t="s">
-        <v>474</v>
+        <v>31</v>
       </c>
       <c r="F699" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" t="s">
+        <v>2413</v>
+      </c>
+      <c r="B700" t="s">
         <v>2410</v>
       </c>
-      <c r="B700" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C700" t="s" s="2">
-        <v>2412</v>
-[...2 lines deleted...]
-        <v>2348164908911</v>
+        <v>2414</v>
+      </c>
+      <c r="D700" t="s" s="4">
+        <v>2415</v>
       </c>
       <c r="E700" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F700"/>
+        <v>31</v>
+      </c>
+      <c r="F700" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="701">
       <c r="A701" t="s">
-        <v>2413</v>
-[...3 lines deleted...]
-      </c>
+        <v>2416</v>
+      </c>
+      <c r="B701"/>
       <c r="C701" t="s" s="2">
-        <v>2415</v>
-[...3 lines deleted...]
-      </c>
+        <v>2417</v>
+      </c>
+      <c r="D701"/>
       <c r="E701" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="F701" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" t="s">
-        <v>2417</v>
-[...1 lines deleted...]
-      <c r="B702" t="s">
         <v>2418</v>
       </c>
+      <c r="B702"/>
       <c r="C702" t="s" s="2">
         <v>2419</v>
       </c>
-      <c r="D702" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="D702"/>
       <c r="E702" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F702"/>
     </row>
     <row r="703">
       <c r="A703" t="s">
         <v>2420</v>
       </c>
       <c r="B703" t="s">
         <v>2421</v>
       </c>
       <c r="C703" t="s" s="2">
         <v>2422</v>
       </c>
-      <c r="D703" s="4">
-        <v>2348134615099</v>
+      <c r="D703" s="3">
+        <v>2347065077030</v>
       </c>
       <c r="E703" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="F703" t="s">
-        <v>123</v>
+        <v>32</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" t="s">
         <v>2423</v>
       </c>
-      <c r="B704" t="s">
+      <c r="B704"/>
+      <c r="C704" t="s" s="2">
         <v>2424</v>
       </c>
-      <c r="C704" t="s" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="D704"/>
       <c r="E704" t="s">
-        <v>60</v>
+        <v>31</v>
       </c>
       <c r="F704"/>
     </row>
     <row r="705">
       <c r="A705" t="s">
+        <v>2425</v>
+      </c>
+      <c r="B705" t="s">
         <v>2426</v>
       </c>
-      <c r="B705" t="s">
+      <c r="C705" t="s" s="2">
         <v>2427</v>
       </c>
-      <c r="C705" t="s" s="2">
-[...3 lines deleted...]
-        <v>254795929622</v>
+      <c r="D705" s="3">
+        <v>23407061279989</v>
       </c>
       <c r="E705" t="s">
-        <v>60</v>
+        <v>584</v>
       </c>
       <c r="F705" t="s">
-        <v>123</v>
+        <v>100</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" t="s">
+        <v>2428</v>
+      </c>
+      <c r="B706" t="s">
         <v>2429</v>
       </c>
-      <c r="B706" t="s">
+      <c r="C706" t="s">
         <v>2430</v>
       </c>
-      <c r="C706" t="s" s="2">
+      <c r="D706" t="s" s="4">
         <v>2431</v>
       </c>
-      <c r="D706" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="E706" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F706" t="s">
-        <v>1669</v>
+        <v>517</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" t="s">
         <v>2432</v>
       </c>
       <c r="B707" t="s">
         <v>2433</v>
       </c>
       <c r="C707" t="s" s="2">
         <v>2434</v>
       </c>
-      <c r="D707" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="D707"/>
       <c r="E707" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F707"/>
     </row>
     <row r="708">
       <c r="A708" t="s">
+        <v>2435</v>
+      </c>
+      <c r="B708" t="s">
         <v>2436</v>
       </c>
-      <c r="B708"/>
       <c r="C708" t="s" s="2">
         <v>2437</v>
       </c>
-      <c r="D708"/>
+      <c r="D708" s="3">
+        <v>2348032332064</v>
+      </c>
       <c r="E708" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F708"/>
+        <v>55</v>
+      </c>
+      <c r="F708" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="709">
       <c r="A709" t="s">
         <v>2438</v>
       </c>
-      <c r="B709" t="s">
+      <c r="B709"/>
+      <c r="C709" t="s" s="2">
         <v>2439</v>
       </c>
-      <c r="C709" t="s" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="D709"/>
       <c r="E709" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F709"/>
     </row>
     <row r="710">
       <c r="A710" t="s">
+        <v>2440</v>
+      </c>
+      <c r="B710" t="s">
         <v>2441</v>
       </c>
-      <c r="B710" t="s">
+      <c r="C710" t="s" s="2">
         <v>2442</v>
       </c>
-      <c r="C710" t="s" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="D710"/>
       <c r="E710" t="s">
-        <v>530</v>
+        <v>31</v>
       </c>
       <c r="F710" t="s">
-        <v>2444</v>
+        <v>32</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" t="s">
+        <v>2443</v>
+      </c>
+      <c r="B711" t="s">
+        <v>2444</v>
+      </c>
+      <c r="C711" t="s" s="2">
         <v>2445</v>
       </c>
-      <c r="B711" t="s">
-[...6 lines deleted...]
-        <v>2348033591616</v>
+      <c r="D711" s="3">
+        <v>22960164737</v>
       </c>
       <c r="E711" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F711" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" t="s">
+        <v>2446</v>
+      </c>
+      <c r="B712" t="s">
+        <v>2447</v>
+      </c>
+      <c r="C712" t="s" s="2">
         <v>2448</v>
       </c>
-      <c r="B712" t="s">
-[...6 lines deleted...]
-        <v>2347033244956</v>
+      <c r="D712" s="3">
+        <v>233534345282</v>
       </c>
       <c r="E712" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F712" t="s">
-        <v>2451</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" t="s">
+        <v>2449</v>
+      </c>
+      <c r="B713" t="s">
+        <v>2450</v>
+      </c>
+      <c r="C713" t="s" s="2">
+        <v>2451</v>
+      </c>
+      <c r="D713" t="s" s="4">
         <v>2452</v>
       </c>
-      <c r="B713" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E713" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F713"/>
     </row>
     <row r="714">
       <c r="A714" t="s">
-        <v>2456</v>
+        <v>2453</v>
       </c>
       <c r="B714" t="s">
-        <v>2457</v>
+        <v>2454</v>
       </c>
       <c r="C714" t="s" s="2">
-        <v>2458</v>
-[...2 lines deleted...]
-        <v>233209311220</v>
+        <v>2455</v>
+      </c>
+      <c r="D714" s="3">
+        <v>2347040421153</v>
       </c>
       <c r="E714" t="s">
-        <v>142</v>
+        <v>31</v>
       </c>
       <c r="F714" t="s">
-        <v>463</v>
+        <v>26</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" t="s">
-        <v>2459</v>
-[...1 lines deleted...]
-      <c r="B715"/>
+        <v>2456</v>
+      </c>
+      <c r="B715" t="s">
+        <v>2457</v>
+      </c>
       <c r="C715" t="s" s="2">
-        <v>2460</v>
-[...1 lines deleted...]
-      <c r="D715"/>
+        <v>2458</v>
+      </c>
+      <c r="D715" s="3">
+        <v>254707674366</v>
+      </c>
       <c r="E715" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F715"/>
+        <v>528</v>
+      </c>
+      <c r="F715" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="716">
       <c r="A716" t="s">
+        <v>2459</v>
+      </c>
+      <c r="B716" t="s">
+        <v>2460</v>
+      </c>
+      <c r="C716" t="s" s="2">
         <v>2461</v>
       </c>
-      <c r="B716"/>
-[...3 lines deleted...]
-      <c r="D716"/>
+      <c r="D716" s="3">
+        <v>2348164908911</v>
+      </c>
       <c r="E716" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F716"/>
     </row>
     <row r="717">
       <c r="A717" t="s">
+        <v>2462</v>
+      </c>
+      <c r="B717" t="s">
         <v>2463</v>
       </c>
-      <c r="B717" t="s">
+      <c r="C717" t="s" s="2">
         <v>2464</v>
       </c>
-      <c r="C717" t="s" s="2">
+      <c r="D717" t="s" s="4">
         <v>2465</v>
       </c>
-      <c r="D717" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="E717" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="F717" t="s">
-        <v>123</v>
+        <v>32</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" t="s">
         <v>2466</v>
       </c>
       <c r="B718" t="s">
         <v>2467</v>
       </c>
       <c r="C718" t="s" s="2">
         <v>2468</v>
       </c>
-      <c r="D718" s="4">
-        <v>2348164033292</v>
+      <c r="D718" s="3">
+        <v>2348037334707</v>
       </c>
       <c r="E718" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F718" t="s">
-        <v>453</v>
+        <v>47</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" t="s">
         <v>2469</v>
       </c>
       <c r="B719" t="s">
         <v>2470</v>
       </c>
       <c r="C719" t="s" s="2">
         <v>2471</v>
       </c>
-      <c r="D719" s="4">
-        <v>447424734335</v>
+      <c r="D719" s="3">
+        <v>2348134615099</v>
       </c>
       <c r="E719" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="F719"/>
+        <v>31</v>
+      </c>
+      <c r="F719" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="720">
       <c r="A720" t="s">
         <v>2472</v>
       </c>
       <c r="B720" t="s">
         <v>2473</v>
       </c>
       <c r="C720" t="s" s="2">
         <v>2474</v>
       </c>
-      <c r="D720" s="4">
-        <v>2348102842252</v>
+      <c r="D720" s="3">
+        <v>254701608819</v>
       </c>
       <c r="E720" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="F720"/>
     </row>
     <row r="721">
       <c r="A721" t="s">
         <v>2475</v>
       </c>
       <c r="B721" t="s">
         <v>2476</v>
       </c>
       <c r="C721" t="s" s="2">
         <v>2477</v>
       </c>
-      <c r="D721" s="4">
-        <v>233556747100</v>
+      <c r="D721" s="3">
+        <v>254795929622</v>
       </c>
       <c r="E721" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F721"/>
+        <v>10</v>
+      </c>
+      <c r="F721" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="722">
       <c r="A722" t="s">
         <v>2478</v>
       </c>
       <c r="B722" t="s">
         <v>2479</v>
       </c>
       <c r="C722" t="s" s="2">
         <v>2480</v>
       </c>
-      <c r="D722" s="4">
-        <v>231775521911</v>
+      <c r="D722" s="3">
+        <v>2348141349653</v>
       </c>
       <c r="E722" t="s">
-        <v>118</v>
+        <v>31</v>
       </c>
       <c r="F722" t="s">
-        <v>123</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" t="s">
         <v>2481</v>
       </c>
       <c r="B723" t="s">
         <v>2482</v>
       </c>
       <c r="C723" t="s" s="2">
         <v>2483</v>
       </c>
-      <c r="D723" s="4">
-        <v>2348032147352</v>
+      <c r="D723" s="3">
+        <v>2348169061087</v>
       </c>
       <c r="E723" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="F723" t="s">
-        <v>123</v>
+        <v>2484</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" t="s">
-        <v>2484</v>
-[...1 lines deleted...]
-      <c r="B724" t="s">
         <v>2485</v>
       </c>
+      <c r="B724"/>
       <c r="C724" t="s" s="2">
         <v>2486</v>
       </c>
-      <c r="D724" t="s" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="D724"/>
       <c r="E724" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F724"/>
     </row>
     <row r="725">
       <c r="A725" t="s">
+        <v>2487</v>
+      </c>
+      <c r="B725" t="s">
         <v>2488</v>
       </c>
-      <c r="B725" t="s">
+      <c r="C725" t="s" s="2">
         <v>2489</v>
       </c>
-      <c r="C725" t="s" s="2">
-[...3 lines deleted...]
-        <v>2347069402426</v>
+      <c r="D725" s="3">
+        <v>447935210040</v>
       </c>
       <c r="E725" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F725"/>
     </row>
     <row r="726">
       <c r="A726" t="s">
+        <v>2490</v>
+      </c>
+      <c r="B726" t="s">
         <v>2491</v>
       </c>
-      <c r="B726" t="s">
+      <c r="C726" t="s" s="2">
         <v>2492</v>
       </c>
-      <c r="C726" t="s" s="2">
+      <c r="D726" s="3">
+        <v>2540721355999</v>
+      </c>
+      <c r="E726" t="s">
+        <v>584</v>
+      </c>
+      <c r="F726" t="s">
         <v>2493</v>
-      </c>
-[...7 lines deleted...]
-        <v>1109</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" t="s">
         <v>2494</v>
       </c>
       <c r="B727" t="s">
         <v>2495</v>
       </c>
       <c r="C727" t="s" s="2">
         <v>2496</v>
       </c>
-      <c r="D727" s="4">
-        <v>254722666086</v>
+      <c r="D727" s="3">
+        <v>2348033591616</v>
       </c>
       <c r="E727" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="F727" t="s">
-        <v>512</v>
+        <v>32</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" t="s">
         <v>2497</v>
       </c>
-      <c r="B728"/>
+      <c r="B728" t="s">
+        <v>2498</v>
+      </c>
       <c r="C728" t="s" s="2">
-        <v>2498</v>
-[...1 lines deleted...]
-      <c r="D728"/>
+        <v>2499</v>
+      </c>
+      <c r="D728" s="3">
+        <v>2347033244956</v>
+      </c>
       <c r="E728" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="F728"/>
+        <v>31</v>
+      </c>
+      <c r="F728" t="s">
+        <v>2500</v>
+      </c>
     </row>
     <row r="729">
       <c r="A729" t="s">
-        <v>2499</v>
+        <v>2501</v>
       </c>
       <c r="B729" t="s">
-        <v>2500</v>
+        <v>2502</v>
       </c>
       <c r="C729" t="s" s="2">
-        <v>2501</v>
-[...2 lines deleted...]
-        <v>2347031259465</v>
+        <v>2503</v>
+      </c>
+      <c r="D729" t="s" s="4">
+        <v>2504</v>
       </c>
       <c r="E729" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F729" t="s">
-        <v>1303</v>
+        <v>32</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" t="s">
-        <v>2502</v>
+        <v>2505</v>
       </c>
       <c r="B730" t="s">
-        <v>2503</v>
+        <v>2506</v>
       </c>
       <c r="C730" t="s" s="2">
-        <v>2504</v>
-[...2 lines deleted...]
-        <v>2347062705388</v>
+        <v>2507</v>
+      </c>
+      <c r="D730" s="3">
+        <v>233209311220</v>
       </c>
       <c r="E730" t="s">
-        <v>11</v>
+        <v>203</v>
       </c>
       <c r="F730" t="s">
-        <v>2505</v>
+        <v>517</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" t="s">
-        <v>2506</v>
+        <v>2508</v>
       </c>
       <c r="B731"/>
       <c r="C731" t="s" s="2">
-        <v>2507</v>
+        <v>2509</v>
       </c>
       <c r="D731"/>
       <c r="E731" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F731"/>
     </row>
     <row r="732">
       <c r="A732" t="s">
-        <v>2508</v>
-[...3 lines deleted...]
-      </c>
+        <v>2510</v>
+      </c>
+      <c r="B732"/>
       <c r="C732" t="s" s="2">
-        <v>2510</v>
-[...3 lines deleted...]
-      </c>
+        <v>2511</v>
+      </c>
+      <c r="D732"/>
       <c r="E732" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F732"/>
     </row>
     <row r="733">
       <c r="A733" t="s">
-        <v>2511</v>
+        <v>2512</v>
       </c>
       <c r="B733" t="s">
-        <v>2512</v>
+        <v>2513</v>
       </c>
       <c r="C733" t="s" s="2">
-        <v>2513</v>
-[...1 lines deleted...]
-      <c r="D733"/>
+        <v>2514</v>
+      </c>
+      <c r="D733" s="3">
+        <v>2347069772169</v>
+      </c>
       <c r="E733" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="F733" t="s">
-        <v>123</v>
+        <v>26</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" t="s">
-        <v>2514</v>
+        <v>2515</v>
       </c>
       <c r="B734" t="s">
-        <v>2515</v>
+        <v>2516</v>
       </c>
       <c r="C734" t="s" s="2">
-        <v>2516</v>
-[...2 lines deleted...]
-        <v>254723019264</v>
+        <v>2517</v>
+      </c>
+      <c r="D734" s="3">
+        <v>2348164033292</v>
       </c>
       <c r="E734" t="s">
-        <v>60</v>
+        <v>31</v>
       </c>
       <c r="F734" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" t="s">
-        <v>2517</v>
+        <v>2518</v>
       </c>
       <c r="B735" t="s">
-        <v>2518</v>
+        <v>2519</v>
       </c>
       <c r="C735" t="s" s="2">
-        <v>2519</v>
-[...2 lines deleted...]
-        <v>61404406320</v>
+        <v>2520</v>
+      </c>
+      <c r="D735" s="3">
+        <v>447424734335</v>
       </c>
       <c r="E735" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="F735"/>
     </row>
     <row r="736">
       <c r="A736" t="s">
-        <v>2520</v>
+        <v>2521</v>
       </c>
       <c r="B736" t="s">
-        <v>2521</v>
+        <v>2522</v>
       </c>
       <c r="C736" t="s" s="2">
-        <v>2522</v>
-[...2 lines deleted...]
-        <v>2348030890895</v>
+        <v>2523</v>
+      </c>
+      <c r="D736" s="3">
+        <v>2348102842252</v>
       </c>
       <c r="E736" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F736" t="s">
-        <v>2523</v>
+        <v>26</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" t="s">
         <v>2524</v>
       </c>
       <c r="B737" t="s">
         <v>2525</v>
       </c>
       <c r="C737" t="s" s="2">
         <v>2526</v>
       </c>
-      <c r="D737" s="4">
-        <v>2348168862237</v>
+      <c r="D737" s="3">
+        <v>233556747100</v>
       </c>
       <c r="E737" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F737"/>
     </row>
     <row r="738">
       <c r="A738" t="s">
         <v>2527</v>
       </c>
       <c r="B738" t="s">
         <v>2528</v>
       </c>
       <c r="C738" t="s" s="2">
         <v>2529</v>
       </c>
-      <c r="D738" s="4">
-        <v>2348036462656</v>
+      <c r="D738" s="3">
+        <v>231775521911</v>
       </c>
       <c r="E738" t="s">
-        <v>16</v>
+        <v>181</v>
       </c>
       <c r="F738" t="s">
-        <v>1109</v>
+        <v>26</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" t="s">
         <v>2530</v>
       </c>
       <c r="B739" t="s">
         <v>2531</v>
       </c>
       <c r="C739" t="s" s="2">
         <v>2532</v>
       </c>
-      <c r="D739" s="4">
-        <v>2348035022392</v>
+      <c r="D739" s="3">
+        <v>2348032147352</v>
       </c>
       <c r="E739" t="s">
-        <v>530</v>
+        <v>25</v>
       </c>
       <c r="F739" t="s">
-        <v>974</v>
+        <v>26</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" t="s">
         <v>2533</v>
       </c>
       <c r="B740" t="s">
         <v>2534</v>
       </c>
       <c r="C740" t="s" s="2">
         <v>2535</v>
       </c>
-      <c r="D740" s="4">
-        <v>2348164538998</v>
+      <c r="D740" t="s" s="4">
+        <v>2536</v>
       </c>
       <c r="E740" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F740" t="s">
-        <v>2536</v>
+        <v>160</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" t="s">
         <v>2537</v>
       </c>
       <c r="B741" t="s">
         <v>2538</v>
       </c>
       <c r="C741" t="s" s="2">
         <v>2539</v>
       </c>
-      <c r="D741" s="4">
-        <v>2348101071652</v>
+      <c r="D741" s="3">
+        <v>2347069402426</v>
       </c>
       <c r="E741" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F741" t="s">
-        <v>2540</v>
+        <v>32</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" t="s">
+        <v>2540</v>
+      </c>
+      <c r="B742" t="s">
         <v>2541</v>
       </c>
-      <c r="B742" t="s">
+      <c r="C742" t="s" s="2">
         <v>2542</v>
       </c>
-      <c r="C742" t="s" s="2">
-[...3 lines deleted...]
-        <v>2348181772608</v>
+      <c r="D742" s="3">
+        <v>2348060879312</v>
       </c>
       <c r="E742" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="F742" t="s">
-        <v>2544</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" t="s">
+        <v>2543</v>
+      </c>
+      <c r="B743" t="s">
+        <v>2544</v>
+      </c>
+      <c r="C743" t="s" s="2">
         <v>2545</v>
       </c>
-      <c r="B743"/>
-[...3 lines deleted...]
-      <c r="D743"/>
+      <c r="D743" s="3">
+        <v>254722666086</v>
+      </c>
       <c r="E743" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F743"/>
+        <v>10</v>
+      </c>
+      <c r="F743" t="s">
+        <v>566</v>
+      </c>
     </row>
     <row r="744">
       <c r="A744" t="s">
+        <v>2546</v>
+      </c>
+      <c r="B744"/>
+      <c r="C744" t="s" s="2">
         <v>2547</v>
       </c>
-      <c r="B744" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D744"/>
       <c r="E744" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="F744"/>
     </row>
     <row r="745">
       <c r="A745" t="s">
+        <v>2548</v>
+      </c>
+      <c r="B745" t="s">
+        <v>2549</v>
+      </c>
+      <c r="C745" t="s" s="2">
         <v>2550</v>
       </c>
-      <c r="B745" t="s">
-[...6 lines deleted...]
-        <v>2553</v>
+      <c r="D745" s="3">
+        <v>2347031259465</v>
       </c>
       <c r="E745" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F745"/>
+        <v>31</v>
+      </c>
+      <c r="F745" t="s">
+        <v>1353</v>
+      </c>
     </row>
     <row r="746">
       <c r="A746" t="s">
+        <v>2551</v>
+      </c>
+      <c r="B746" t="s">
+        <v>2552</v>
+      </c>
+      <c r="C746" t="s" s="2">
+        <v>2553</v>
+      </c>
+      <c r="D746" s="3">
+        <v>2347062705388</v>
+      </c>
+      <c r="E746" t="s">
+        <v>31</v>
+      </c>
+      <c r="F746" t="s">
         <v>2554</v>
-      </c>
-[...13 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="747">
       <c r="A747" t="s">
-        <v>2558</v>
-[...3 lines deleted...]
-      </c>
+        <v>2555</v>
+      </c>
+      <c r="B747"/>
       <c r="C747" t="s" s="2">
-        <v>2560</v>
-[...3 lines deleted...]
-      </c>
+        <v>2556</v>
+      </c>
+      <c r="D747"/>
       <c r="E747" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F747"/>
     </row>
     <row r="748">
       <c r="A748" t="s">
-        <v>2562</v>
-[...1 lines deleted...]
-      <c r="B748"/>
+        <v>2557</v>
+      </c>
+      <c r="B748" t="s">
+        <v>2558</v>
+      </c>
       <c r="C748" t="s" s="2">
-        <v>2563</v>
-[...1 lines deleted...]
-      <c r="D748"/>
+        <v>2559</v>
+      </c>
+      <c r="D748" s="3">
+        <v>2348037633093</v>
+      </c>
       <c r="E748" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F748"/>
+        <v>55</v>
+      </c>
+      <c r="F748" t="s">
+        <v>517</v>
+      </c>
     </row>
     <row r="749">
       <c r="A749" t="s">
-        <v>2564</v>
+        <v>2560</v>
       </c>
       <c r="B749" t="s">
-        <v>2565</v>
+        <v>2561</v>
       </c>
       <c r="C749" t="s" s="2">
-        <v>2566</v>
-[...3 lines deleted...]
-      </c>
+        <v>2562</v>
+      </c>
+      <c r="D749"/>
       <c r="E749" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="F749" t="s">
-        <v>2567</v>
+        <v>26</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" t="s">
-        <v>2568</v>
-[...1 lines deleted...]
-      <c r="B750"/>
+        <v>2563</v>
+      </c>
+      <c r="B750" t="s">
+        <v>2564</v>
+      </c>
       <c r="C750" t="s" s="2">
-        <v>2569</v>
-[...1 lines deleted...]
-      <c r="D750"/>
+        <v>2565</v>
+      </c>
+      <c r="D750" s="3">
+        <v>254723019264</v>
+      </c>
       <c r="E750" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F750"/>
+        <v>10</v>
+      </c>
+      <c r="F750" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="751">
       <c r="A751" t="s">
-        <v>2570</v>
+        <v>2566</v>
       </c>
       <c r="B751" t="s">
-        <v>2571</v>
+        <v>2567</v>
       </c>
       <c r="C751" t="s" s="2">
-        <v>2572</v>
-[...2 lines deleted...]
-        <v>2347033983719</v>
+        <v>2568</v>
+      </c>
+      <c r="D751" s="3">
+        <v>61404406320</v>
       </c>
       <c r="E751" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F751" t="s">
-        <v>2573</v>
+        <v>32</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" t="s">
-        <v>2574</v>
+        <v>2569</v>
       </c>
       <c r="B752" t="s">
-        <v>2575</v>
+        <v>2570</v>
       </c>
       <c r="C752" t="s" s="2">
-        <v>2576</v>
-[...2 lines deleted...]
-        <v>2348068159135</v>
+        <v>2571</v>
+      </c>
+      <c r="D752" s="3">
+        <v>2348030890895</v>
       </c>
       <c r="E752" t="s">
-        <v>530</v>
+        <v>31</v>
       </c>
       <c r="F752" t="s">
-        <v>56</v>
+        <v>2572</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" t="s">
-        <v>2577</v>
+        <v>2573</v>
       </c>
       <c r="B753" t="s">
-        <v>2578</v>
+        <v>2574</v>
       </c>
       <c r="C753" t="s" s="2">
-        <v>2579</v>
-[...2 lines deleted...]
-        <v>2580</v>
+        <v>2575</v>
+      </c>
+      <c r="D753" s="3">
+        <v>2348168862237</v>
       </c>
       <c r="E753" t="s">
-        <v>60</v>
+        <v>31</v>
       </c>
       <c r="F753" t="s">
-        <v>2581</v>
+        <v>32</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" t="s">
-        <v>2582</v>
+        <v>2576</v>
       </c>
       <c r="B754" t="s">
-        <v>2583</v>
+        <v>2577</v>
       </c>
       <c r="C754" t="s" s="2">
-        <v>2584</v>
-[...2 lines deleted...]
-        <v>2348101575950</v>
+        <v>2578</v>
+      </c>
+      <c r="D754" s="3">
+        <v>2348036462656</v>
       </c>
       <c r="E754" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F754"/>
+        <v>55</v>
+      </c>
+      <c r="F754" t="s">
+        <v>1159</v>
+      </c>
     </row>
     <row r="755">
       <c r="A755" t="s">
-        <v>2585</v>
-[...1 lines deleted...]
-      <c r="B755"/>
+        <v>2579</v>
+      </c>
+      <c r="B755" t="s">
+        <v>2580</v>
+      </c>
       <c r="C755" t="s" s="2">
-        <v>2586</v>
-[...1 lines deleted...]
-      <c r="D755"/>
+        <v>2581</v>
+      </c>
+      <c r="D755" s="3">
+        <v>2348035022392</v>
+      </c>
       <c r="E755" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F755"/>
+        <v>584</v>
+      </c>
+      <c r="F755" t="s">
+        <v>1024</v>
+      </c>
     </row>
     <row r="756">
       <c r="A756" t="s">
-        <v>2587</v>
+        <v>2582</v>
       </c>
       <c r="B756" t="s">
-        <v>2588</v>
+        <v>2583</v>
       </c>
       <c r="C756" t="s" s="2">
-        <v>2589</v>
-[...2 lines deleted...]
-        <v>14753125941</v>
+        <v>2584</v>
+      </c>
+      <c r="D756" s="3">
+        <v>2348164538998</v>
       </c>
       <c r="E756" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F756"/>
+        <v>31</v>
+      </c>
+      <c r="F756" t="s">
+        <v>2585</v>
+      </c>
     </row>
     <row r="757">
       <c r="A757" t="s">
-        <v>2590</v>
+        <v>2586</v>
       </c>
       <c r="B757" t="s">
-        <v>2591</v>
+        <v>2587</v>
       </c>
       <c r="C757" t="s" s="2">
-        <v>2592</v>
-[...2 lines deleted...]
-        <v>2593</v>
+        <v>2588</v>
+      </c>
+      <c r="D757" s="3">
+        <v>2348101071652</v>
       </c>
       <c r="E757" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F757" t="s">
-        <v>2594</v>
+        <v>2589</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" t="s">
-        <v>2595</v>
-[...1 lines deleted...]
-      <c r="B758"/>
+        <v>2590</v>
+      </c>
+      <c r="B758" t="s">
+        <v>2591</v>
+      </c>
       <c r="C758" t="s" s="2">
-        <v>2596</v>
-[...1 lines deleted...]
-      <c r="D758"/>
+        <v>2592</v>
+      </c>
+      <c r="D758" s="3">
+        <v>2348181772608</v>
+      </c>
       <c r="E758" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F758"/>
+        <v>31</v>
+      </c>
+      <c r="F758" t="s">
+        <v>2593</v>
+      </c>
     </row>
     <row r="759">
       <c r="A759" t="s">
-        <v>2597</v>
-[...3 lines deleted...]
-      </c>
+        <v>2594</v>
+      </c>
+      <c r="B759"/>
       <c r="C759" t="s" s="2">
-        <v>2599</v>
-[...3 lines deleted...]
-      </c>
+        <v>2595</v>
+      </c>
+      <c r="D759"/>
       <c r="E759" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F759"/>
     </row>
     <row r="760">
       <c r="A760" t="s">
-        <v>2600</v>
+        <v>2596</v>
       </c>
       <c r="B760" t="s">
-        <v>2601</v>
+        <v>2597</v>
       </c>
       <c r="C760" t="s" s="2">
-        <v>2602</v>
-[...2 lines deleted...]
-        <v>2348137104284</v>
+        <v>2598</v>
+      </c>
+      <c r="D760" s="3">
+        <v>254704755775</v>
       </c>
       <c r="E760" t="s">
-        <v>11</v>
+        <v>90</v>
       </c>
       <c r="F760" t="s">
-        <v>918</v>
+        <v>529</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" t="s">
-        <v>2603</v>
+        <v>2599</v>
       </c>
       <c r="B761" t="s">
-        <v>2604</v>
+        <v>2600</v>
       </c>
       <c r="C761" t="s" s="2">
-        <v>2605</v>
-[...2 lines deleted...]
-        <v>2606</v>
+        <v>2601</v>
+      </c>
+      <c r="D761" t="s" s="4">
+        <v>2602</v>
       </c>
       <c r="E761" t="s">
-        <v>142</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F761"/>
     </row>
     <row r="762">
       <c r="A762" t="s">
-        <v>2608</v>
+        <v>2603</v>
       </c>
       <c r="B762" t="s">
-        <v>2609</v>
+        <v>2604</v>
       </c>
       <c r="C762" t="s" s="2">
-        <v>2610</v>
-[...2 lines deleted...]
-        <v>2348163487434</v>
+        <v>2605</v>
+      </c>
+      <c r="D762" t="s" s="4">
+        <v>2606</v>
       </c>
       <c r="E762" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F762" t="s">
-        <v>1109</v>
+        <v>32</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" t="s">
-        <v>2611</v>
+        <v>2607</v>
       </c>
       <c r="B763" t="s">
-        <v>2612</v>
+        <v>2608</v>
       </c>
       <c r="C763" t="s" s="2">
-        <v>2613</v>
-[...2 lines deleted...]
-        <v>2348064749177</v>
+        <v>2609</v>
+      </c>
+      <c r="D763" t="s" s="4">
+        <v>2610</v>
       </c>
       <c r="E763" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F763" t="s">
-        <v>2614</v>
+        <v>32</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" t="s">
-        <v>2615</v>
-[...3 lines deleted...]
-      </c>
+        <v>2611</v>
+      </c>
+      <c r="B764"/>
       <c r="C764" t="s" s="2">
-        <v>2617</v>
-[...3 lines deleted...]
-      </c>
+        <v>2612</v>
+      </c>
+      <c r="D764"/>
       <c r="E764" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F764"/>
     </row>
     <row r="765">
       <c r="A765" t="s">
-        <v>2618</v>
+        <v>2613</v>
       </c>
       <c r="B765" t="s">
-        <v>2619</v>
+        <v>2614</v>
       </c>
       <c r="C765" t="s" s="2">
-        <v>2620</v>
-[...2 lines deleted...]
-        <v>2348133486944</v>
+        <v>2615</v>
+      </c>
+      <c r="D765" s="3">
+        <v>61478783358</v>
       </c>
       <c r="E765" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F765" t="s">
-        <v>123</v>
+        <v>2616</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" t="s">
-        <v>2621</v>
-[...3 lines deleted...]
-      </c>
+        <v>2617</v>
+      </c>
+      <c r="B766"/>
       <c r="C766" t="s" s="2">
-        <v>2623</v>
-[...3 lines deleted...]
-      </c>
+        <v>2618</v>
+      </c>
+      <c r="D766"/>
       <c r="E766" t="s">
-        <v>365</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F766"/>
     </row>
     <row r="767">
       <c r="A767" t="s">
-        <v>2624</v>
-[...1 lines deleted...]
-      <c r="B767"/>
+        <v>2619</v>
+      </c>
+      <c r="B767" t="s">
+        <v>2620</v>
+      </c>
       <c r="C767" t="s" s="2">
-        <v>2625</v>
-[...1 lines deleted...]
-      <c r="D767"/>
+        <v>2621</v>
+      </c>
+      <c r="D767" s="3">
+        <v>2347033983719</v>
+      </c>
       <c r="E767" t="s">
-        <v>1966</v>
-[...1 lines deleted...]
-      <c r="F767"/>
+        <v>31</v>
+      </c>
+      <c r="F767" t="s">
+        <v>2622</v>
+      </c>
     </row>
     <row r="768">
       <c r="A768" t="s">
-        <v>2626</v>
+        <v>2623</v>
       </c>
       <c r="B768" t="s">
-        <v>2627</v>
+        <v>2624</v>
       </c>
       <c r="C768" t="s" s="2">
-        <v>2628</v>
-[...2 lines deleted...]
-        <v>2629</v>
+        <v>2625</v>
+      </c>
+      <c r="D768" s="3">
+        <v>2348068159135</v>
       </c>
       <c r="E768" t="s">
-        <v>365</v>
+        <v>584</v>
       </c>
       <c r="F768" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" t="s">
+        <v>2626</v>
+      </c>
+      <c r="B769" t="s">
+        <v>2627</v>
+      </c>
+      <c r="C769" t="s" s="2">
+        <v>2628</v>
+      </c>
+      <c r="D769" t="s" s="4">
+        <v>2629</v>
+      </c>
+      <c r="E769" t="s">
+        <v>10</v>
+      </c>
+      <c r="F769" t="s">
         <v>2630</v>
       </c>
-      <c r="B769"/>
-[...7 lines deleted...]
-      <c r="F769"/>
     </row>
     <row r="770">
       <c r="A770" t="s">
+        <v>2631</v>
+      </c>
+      <c r="B770" t="s">
         <v>2632</v>
       </c>
-      <c r="B770" t="s">
+      <c r="C770" t="s" s="2">
         <v>2633</v>
       </c>
-      <c r="C770" t="s" s="2">
-[...3 lines deleted...]
-        <v>250722072668</v>
+      <c r="D770" s="3">
+        <v>2348101575950</v>
       </c>
       <c r="E770" t="s">
-        <v>365</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F770"/>
     </row>
     <row r="771">
       <c r="A771" t="s">
+        <v>2634</v>
+      </c>
+      <c r="B771"/>
+      <c r="C771" t="s" s="2">
         <v>2635</v>
       </c>
-      <c r="B771" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D771"/>
       <c r="E771" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F771"/>
     </row>
     <row r="772">
       <c r="A772" t="s">
+        <v>2636</v>
+      </c>
+      <c r="B772" t="s">
+        <v>2637</v>
+      </c>
+      <c r="C772" t="s" s="2">
         <v>2638</v>
       </c>
-      <c r="B772"/>
-[...3 lines deleted...]
-      <c r="D772"/>
+      <c r="D772" s="3">
+        <v>14753125941</v>
+      </c>
       <c r="E772" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F772"/>
     </row>
     <row r="773">
       <c r="A773" t="s">
+        <v>2639</v>
+      </c>
+      <c r="B773" t="s">
         <v>2640</v>
       </c>
-      <c r="B773" t="s">
+      <c r="C773" t="s" s="2">
         <v>2641</v>
       </c>
-      <c r="C773" t="s" s="2">
+      <c r="D773" t="s" s="4">
         <v>2642</v>
       </c>
-      <c r="D773" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="E773" t="s">
-        <v>365</v>
+        <v>31</v>
       </c>
       <c r="F773" t="s">
         <v>2643</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" t="s">
         <v>2644</v>
       </c>
-      <c r="B774" t="s">
+      <c r="B774"/>
+      <c r="C774" t="s" s="2">
         <v>2645</v>
       </c>
-      <c r="C774" t="s" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="D774"/>
       <c r="E774" t="s">
-        <v>2647</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F774"/>
     </row>
     <row r="775">
       <c r="A775" t="s">
+        <v>2646</v>
+      </c>
+      <c r="B775" t="s">
+        <v>2647</v>
+      </c>
+      <c r="C775" t="s" s="2">
         <v>2648</v>
       </c>
-      <c r="B775" t="s">
-[...6 lines deleted...]
-        <v>2651</v>
+      <c r="D775" s="3">
+        <v>2348068216101</v>
       </c>
       <c r="E775" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F775" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" t="s">
-        <v>2652</v>
+        <v>2649</v>
       </c>
       <c r="B776" t="s">
-        <v>2653</v>
+        <v>2650</v>
       </c>
       <c r="C776" t="s" s="2">
-        <v>2654</v>
-[...2 lines deleted...]
-        <v>250791834668</v>
+        <v>2651</v>
+      </c>
+      <c r="D776" s="3">
+        <v>2348137104284</v>
       </c>
       <c r="E776" t="s">
-        <v>2655</v>
+        <v>31</v>
       </c>
       <c r="F776" t="s">
-        <v>2656</v>
+        <v>968</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" t="s">
-        <v>2657</v>
-[...1 lines deleted...]
-      <c r="B777"/>
+        <v>2652</v>
+      </c>
+      <c r="B777" t="s">
+        <v>2653</v>
+      </c>
       <c r="C777" t="s" s="2">
-        <v>2658</v>
-[...1 lines deleted...]
-      <c r="D777"/>
+        <v>2654</v>
+      </c>
+      <c r="D777" t="s" s="4">
+        <v>2655</v>
+      </c>
       <c r="E777" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="F777"/>
+        <v>203</v>
+      </c>
+      <c r="F777" t="s">
+        <v>2656</v>
+      </c>
     </row>
     <row r="778">
       <c r="A778" t="s">
+        <v>2657</v>
+      </c>
+      <c r="B778" t="s">
+        <v>2658</v>
+      </c>
+      <c r="C778" t="s" s="2">
         <v>2659</v>
       </c>
-      <c r="B778" t="s">
-[...6 lines deleted...]
-        <v>250798687025</v>
+      <c r="D778" s="3">
+        <v>2348163487434</v>
       </c>
       <c r="E778" t="s">
-        <v>2662</v>
+        <v>31</v>
       </c>
       <c r="F778" t="s">
-        <v>17</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" t="s">
+        <v>2660</v>
+      </c>
+      <c r="B779" t="s">
+        <v>2661</v>
+      </c>
+      <c r="C779" t="s" s="2">
+        <v>2662</v>
+      </c>
+      <c r="D779" s="3">
+        <v>2348064749177</v>
+      </c>
+      <c r="E779" t="s">
+        <v>31</v>
+      </c>
+      <c r="F779" t="s">
         <v>2663</v>
-      </c>
-[...13 lines deleted...]
-        <v>512</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" t="s">
+        <v>2664</v>
+      </c>
+      <c r="B780" t="s">
+        <v>2665</v>
+      </c>
+      <c r="C780" t="s" s="2">
         <v>2666</v>
       </c>
-      <c r="B780" t="s">
-[...6 lines deleted...]
-        <v>250788364621</v>
+      <c r="D780" s="3">
+        <v>233241996414</v>
       </c>
       <c r="E780" t="s">
-        <v>365</v>
+        <v>20</v>
       </c>
       <c r="F780" t="s">
-        <v>2669</v>
+        <v>32</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" t="s">
-        <v>2670</v>
+        <v>2667</v>
       </c>
       <c r="B781" t="s">
-        <v>2671</v>
+        <v>2668</v>
       </c>
       <c r="C781" t="s" s="2">
-        <v>2672</v>
-[...2 lines deleted...]
-        <v>2673</v>
+        <v>2669</v>
+      </c>
+      <c r="D781" s="3">
+        <v>2348133486944</v>
       </c>
       <c r="E781" t="s">
-        <v>2647</v>
+        <v>31</v>
       </c>
       <c r="F781" t="s">
-        <v>2674</v>
+        <v>26</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" t="s">
-        <v>2675</v>
+        <v>2670</v>
       </c>
       <c r="B782" t="s">
-        <v>2676</v>
+        <v>2671</v>
       </c>
       <c r="C782" t="s" s="2">
-        <v>2677</v>
-[...2 lines deleted...]
-        <v>2678</v>
+        <v>2672</v>
+      </c>
+      <c r="D782" s="3">
+        <v>250781105748</v>
       </c>
       <c r="E782" t="s">
-        <v>71</v>
+        <v>424</v>
       </c>
       <c r="F782" t="s">
-        <v>562</v>
+        <v>16</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" t="s">
-        <v>2679</v>
+        <v>2673</v>
       </c>
       <c r="B783"/>
       <c r="C783" t="s" s="2">
-        <v>2680</v>
+        <v>2674</v>
       </c>
       <c r="D783"/>
       <c r="E783" t="s">
-        <v>365</v>
+        <v>2015</v>
       </c>
       <c r="F783"/>
     </row>
     <row r="784">
       <c r="A784" t="s">
-        <v>2681</v>
+        <v>2675</v>
       </c>
       <c r="B784" t="s">
-        <v>2682</v>
+        <v>2676</v>
       </c>
       <c r="C784" t="s" s="2">
-        <v>2683</v>
-[...2 lines deleted...]
-        <v>263772748823</v>
+        <v>2677</v>
+      </c>
+      <c r="D784" t="s" s="4">
+        <v>2678</v>
       </c>
       <c r="E784" t="s">
-        <v>2684</v>
+        <v>424</v>
       </c>
       <c r="F784" t="s">
-        <v>2685</v>
+        <v>100</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" t="s">
-        <v>2686</v>
-[...3 lines deleted...]
-      </c>
+        <v>2679</v>
+      </c>
+      <c r="B785"/>
       <c r="C785" t="s" s="2">
-        <v>2688</v>
-[...3 lines deleted...]
-      </c>
+        <v>2680</v>
+      </c>
+      <c r="D785"/>
       <c r="E785" t="s">
-        <v>365</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F785"/>
     </row>
     <row r="786">
       <c r="A786" t="s">
-        <v>2691</v>
+        <v>2681</v>
       </c>
       <c r="B786" t="s">
-        <v>2692</v>
+        <v>2682</v>
       </c>
       <c r="C786" t="s" s="2">
-        <v>2693</v>
-[...2 lines deleted...]
-        <v>260972899573</v>
+        <v>2683</v>
+      </c>
+      <c r="D786" s="3">
+        <v>250722072668</v>
       </c>
       <c r="E786" t="s">
-        <v>1966</v>
+        <v>424</v>
       </c>
       <c r="F786" t="s">
-        <v>2694</v>
+        <v>16</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" t="s">
-        <v>2695</v>
+        <v>2684</v>
       </c>
       <c r="B787" t="s">
-        <v>2696</v>
+        <v>2685</v>
       </c>
       <c r="C787" t="s" s="2">
-        <v>2697</v>
-[...2 lines deleted...]
-        <v>263713413214</v>
+        <v>2686</v>
+      </c>
+      <c r="D787" s="3">
+        <v>2348069582240</v>
       </c>
       <c r="E787" t="s">
-        <v>2647</v>
+        <v>31</v>
       </c>
       <c r="F787" t="s">
-        <v>2698</v>
+        <v>26</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" t="s">
-        <v>2699</v>
-[...3 lines deleted...]
-      </c>
+        <v>2687</v>
+      </c>
+      <c r="B788"/>
       <c r="C788" t="s" s="2">
-        <v>2701</v>
-[...3 lines deleted...]
-      </c>
+        <v>2688</v>
+      </c>
+      <c r="D788"/>
       <c r="E788" t="s">
-        <v>1966</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F788"/>
     </row>
     <row r="789">
       <c r="A789" t="s">
-        <v>2702</v>
+        <v>2689</v>
       </c>
       <c r="B789" t="s">
-        <v>2703</v>
+        <v>2690</v>
       </c>
       <c r="C789" t="s" s="2">
-        <v>2704</v>
-[...2 lines deleted...]
-        <v>250785128172</v>
+        <v>2691</v>
+      </c>
+      <c r="D789" s="3">
+        <v>250784642516</v>
       </c>
       <c r="E789" t="s">
-        <v>365</v>
+        <v>424</v>
       </c>
       <c r="F789" t="s">
-        <v>2705</v>
+        <v>2692</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" t="s">
-        <v>2706</v>
-[...1 lines deleted...]
-      <c r="B790"/>
+        <v>2693</v>
+      </c>
+      <c r="B790" t="s">
+        <v>2694</v>
+      </c>
       <c r="C790" t="s" s="2">
-        <v>2707</v>
-[...1 lines deleted...]
-      <c r="D790"/>
+        <v>2695</v>
+      </c>
+      <c r="D790" s="3">
+        <v>263786724208</v>
+      </c>
       <c r="E790" t="s">
-        <v>2647</v>
+        <v>2696</v>
       </c>
       <c r="F790" t="s">
-        <v>34</v>
+        <v>323</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" t="s">
-        <v>2708</v>
+        <v>2697</v>
       </c>
       <c r="B791" t="s">
-        <v>2709</v>
+        <v>2698</v>
       </c>
       <c r="C791" t="s" s="2">
-        <v>2710</v>
-[...2 lines deleted...]
-        <v>250784464762</v>
+        <v>2699</v>
+      </c>
+      <c r="D791" t="s" s="4">
+        <v>2700</v>
       </c>
       <c r="E791" t="s">
-        <v>365</v>
+        <v>31</v>
       </c>
       <c r="F791" t="s">
-        <v>675</v>
+        <v>160</v>
       </c>
     </row>
     <row r="792">
       <c r="A792" t="s">
-        <v>2711</v>
+        <v>2701</v>
       </c>
       <c r="B792" t="s">
-        <v>2712</v>
+        <v>2702</v>
       </c>
       <c r="C792" t="s" s="2">
-        <v>2713</v>
-[...2 lines deleted...]
-        <v>250788484727</v>
+        <v>2703</v>
+      </c>
+      <c r="D792" s="3">
+        <v>250791834668</v>
       </c>
       <c r="E792" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="F792"/>
+        <v>2704</v>
+      </c>
+      <c r="F792" t="s">
+        <v>2705</v>
+      </c>
     </row>
     <row r="793">
       <c r="A793" t="s">
-        <v>2714</v>
-[...3 lines deleted...]
-      </c>
+        <v>2706</v>
+      </c>
+      <c r="B793"/>
       <c r="C793" t="s" s="2">
-        <v>2716</v>
-[...3 lines deleted...]
-      </c>
+        <v>2707</v>
+      </c>
+      <c r="D793"/>
       <c r="E793" t="s">
-        <v>2718</v>
-[...3 lines deleted...]
-      </c>
+        <v>424</v>
+      </c>
+      <c r="F793"/>
     </row>
     <row r="794">
       <c r="A794" t="s">
-        <v>2719</v>
+        <v>2708</v>
       </c>
       <c r="B794" t="s">
-        <v>2720</v>
+        <v>2709</v>
       </c>
       <c r="C794" t="s" s="2">
-        <v>2721</v>
-[...2 lines deleted...]
-        <v>250781269336</v>
+        <v>2710</v>
+      </c>
+      <c r="D794" s="3">
+        <v>250798687025</v>
       </c>
       <c r="E794" t="s">
-        <v>365</v>
+        <v>2711</v>
       </c>
       <c r="F794" t="s">
-        <v>34</v>
+        <v>84</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" t="s">
-        <v>2722</v>
+        <v>2712</v>
       </c>
       <c r="B795" t="s">
-        <v>2723</v>
+        <v>2713</v>
       </c>
       <c r="C795" t="s" s="2">
-        <v>2724</v>
-[...1 lines deleted...]
-      <c r="D795"/>
+        <v>2714</v>
+      </c>
+      <c r="D795" s="3">
+        <v>256750763753</v>
+      </c>
       <c r="E795" t="s">
-        <v>2725</v>
-[...1 lines deleted...]
-      <c r="F795"/>
+        <v>31</v>
+      </c>
+      <c r="F795" t="s">
+        <v>566</v>
+      </c>
     </row>
     <row r="796">
       <c r="A796" t="s">
-        <v>2726</v>
+        <v>2715</v>
       </c>
       <c r="B796" t="s">
-        <v>2727</v>
+        <v>2716</v>
       </c>
       <c r="C796" t="s" s="2">
-        <v>2728</v>
-[...2 lines deleted...]
-        <v>250791104699</v>
+        <v>2717</v>
+      </c>
+      <c r="D796" s="3">
+        <v>250788364621</v>
       </c>
       <c r="E796" t="s">
-        <v>365</v>
+        <v>424</v>
       </c>
       <c r="F796" t="s">
-        <v>195</v>
+        <v>2718</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" t="s">
-        <v>2729</v>
+        <v>2719</v>
       </c>
       <c r="B797" t="s">
-        <v>2730</v>
+        <v>2720</v>
       </c>
       <c r="C797" t="s" s="2">
-        <v>2731</v>
-[...2 lines deleted...]
-        <v>250798596207</v>
+        <v>2721</v>
+      </c>
+      <c r="D797" t="s" s="4">
+        <v>2722</v>
       </c>
       <c r="E797" t="s">
-        <v>365</v>
+        <v>2696</v>
       </c>
       <c r="F797" t="s">
-        <v>138</v>
+        <v>2723</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" t="s">
-        <v>2732</v>
+        <v>2724</v>
       </c>
       <c r="B798" t="s">
-        <v>2733</v>
+        <v>2725</v>
       </c>
       <c r="C798" t="s" s="2">
-        <v>2734</v>
-[...2 lines deleted...]
-        <v>250784243376</v>
+        <v>2726</v>
+      </c>
+      <c r="D798" t="s" s="4">
+        <v>2727</v>
       </c>
       <c r="E798" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="F798"/>
+        <v>25</v>
+      </c>
+      <c r="F798" t="s">
+        <v>616</v>
+      </c>
     </row>
     <row r="799">
       <c r="A799" t="s">
-        <v>2735</v>
-[...3 lines deleted...]
-      </c>
+        <v>2728</v>
+      </c>
+      <c r="B799"/>
       <c r="C799" t="s" s="2">
-        <v>2737</v>
-[...3 lines deleted...]
-      </c>
+        <v>2729</v>
+      </c>
+      <c r="D799"/>
       <c r="E799" t="s">
-        <v>2647</v>
-[...3 lines deleted...]
-      </c>
+        <v>424</v>
+      </c>
+      <c r="F799"/>
     </row>
     <row r="800">
       <c r="A800" t="s">
-        <v>2738</v>
+        <v>2730</v>
       </c>
       <c r="B800" t="s">
-        <v>2739</v>
+        <v>2731</v>
       </c>
       <c r="C800" t="s" s="2">
-        <v>2740</v>
-[...2 lines deleted...]
-        <v>250793108815</v>
+        <v>2732</v>
+      </c>
+      <c r="D800" s="3">
+        <v>263772748823</v>
       </c>
       <c r="E800" t="s">
-        <v>365</v>
+        <v>2733</v>
       </c>
       <c r="F800" t="s">
-        <v>1279</v>
+        <v>2734</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" t="s">
-        <v>2741</v>
-[...5 lines deleted...]
-      <c r="D801"/>
+        <v>2735</v>
+      </c>
+      <c r="B801" t="s">
+        <v>2736</v>
+      </c>
+      <c r="C801" t="s" s="2">
+        <v>2737</v>
+      </c>
+      <c r="D801" t="s" s="4">
+        <v>2738</v>
+      </c>
       <c r="E801" t="s">
-        <v>2647</v>
-[...1 lines deleted...]
-      <c r="F801"/>
+        <v>424</v>
+      </c>
+      <c r="F801" t="s">
+        <v>2739</v>
+      </c>
     </row>
     <row r="802">
       <c r="A802" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B802" t="s">
+        <v>2741</v>
+      </c>
+      <c r="C802" t="s" s="2">
+        <v>2742</v>
+      </c>
+      <c r="D802" s="3">
+        <v>260972899573</v>
+      </c>
+      <c r="E802" t="s">
+        <v>2015</v>
+      </c>
+      <c r="F802" t="s">
         <v>2743</v>
-      </c>
-[...13 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B803" t="s">
+        <v>2745</v>
+      </c>
+      <c r="C803" t="s" s="2">
+        <v>2746</v>
+      </c>
+      <c r="D803" s="3">
+        <v>263713413214</v>
+      </c>
+      <c r="E803" t="s">
+        <v>2696</v>
+      </c>
+      <c r="F803" t="s">
         <v>2747</v>
-      </c>
-[...13 lines deleted...]
-        <v>492</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" t="s">
+        <v>2748</v>
+      </c>
+      <c r="B804" t="s">
+        <v>2749</v>
+      </c>
+      <c r="C804" t="s" s="2">
         <v>2750</v>
       </c>
-      <c r="B804" t="s">
-[...5 lines deleted...]
-      <c r="D804"/>
+      <c r="D804" s="3">
+        <v>260962049241</v>
+      </c>
       <c r="E804" t="s">
-        <v>2753</v>
-[...1 lines deleted...]
-      <c r="F804"/>
+        <v>2015</v>
+      </c>
+      <c r="F804" t="s">
+        <v>529</v>
+      </c>
     </row>
     <row r="805">
       <c r="A805" t="s">
+        <v>2751</v>
+      </c>
+      <c r="B805" t="s">
+        <v>2752</v>
+      </c>
+      <c r="C805" t="s" s="2">
+        <v>2753</v>
+      </c>
+      <c r="D805" s="3">
+        <v>250785128172</v>
+      </c>
+      <c r="E805" t="s">
+        <v>424</v>
+      </c>
+      <c r="F805" t="s">
         <v>2754</v>
-      </c>
-[...13 lines deleted...]
-        <v>675</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" t="s">
-        <v>2757</v>
+        <v>2755</v>
       </c>
       <c r="B806"/>
       <c r="C806" t="s" s="2">
-        <v>2758</v>
+        <v>2756</v>
       </c>
       <c r="D806"/>
       <c r="E806" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F806"/>
+        <v>2696</v>
+      </c>
+      <c r="F806" t="s">
+        <v>100</v>
+      </c>
     </row>
     <row r="807">
       <c r="A807" t="s">
+        <v>2757</v>
+      </c>
+      <c r="B807" t="s">
+        <v>2758</v>
+      </c>
+      <c r="C807" t="s" s="2">
         <v>2759</v>
       </c>
-      <c r="B807" t="s">
-[...6 lines deleted...]
-        <v>263783892518</v>
+      <c r="D807" s="3">
+        <v>250784464762</v>
       </c>
       <c r="E807" t="s">
-        <v>2647</v>
+        <v>424</v>
       </c>
       <c r="F807" t="s">
-        <v>1494</v>
+        <v>729</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" t="s">
+        <v>2760</v>
+      </c>
+      <c r="B808" t="s">
+        <v>2761</v>
+      </c>
+      <c r="C808" t="s" s="2">
         <v>2762</v>
       </c>
-      <c r="B808" t="s">
-[...6 lines deleted...]
-        <v>2348037031630</v>
+      <c r="D808" s="3">
+        <v>250788484727</v>
       </c>
       <c r="E808" t="s">
-        <v>1556</v>
-[...3 lines deleted...]
-      </c>
+        <v>424</v>
+      </c>
+      <c r="F808"/>
     </row>
     <row r="809">
       <c r="A809" t="s">
+        <v>2763</v>
+      </c>
+      <c r="B809" t="s">
+        <v>2764</v>
+      </c>
+      <c r="C809" t="s" s="2">
+        <v>2765</v>
+      </c>
+      <c r="D809" t="s" s="4">
         <v>2766</v>
       </c>
-      <c r="B809" t="s">
+      <c r="E809" t="s">
         <v>2767</v>
       </c>
-      <c r="C809" t="s" s="2">
-[...7 lines deleted...]
-      </c>
       <c r="F809" t="s">
-        <v>2769</v>
+        <v>32</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" t="s">
+        <v>2768</v>
+      </c>
+      <c r="B810" t="s">
+        <v>2769</v>
+      </c>
+      <c r="C810" t="s" s="2">
         <v>2770</v>
       </c>
-      <c r="B810" t="s">
-[...6 lines deleted...]
-        <v>263773476670</v>
+      <c r="D810" s="3">
+        <v>250781269336</v>
       </c>
       <c r="E810" t="s">
-        <v>2647</v>
+        <v>424</v>
       </c>
       <c r="F810" t="s">
-        <v>12</v>
+        <v>100</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" t="s">
+        <v>2771</v>
+      </c>
+      <c r="B811" t="s">
+        <v>2772</v>
+      </c>
+      <c r="C811" t="s" s="2">
         <v>2773</v>
       </c>
-      <c r="B811" t="s">
+      <c r="D811"/>
+      <c r="E811" t="s">
         <v>2774</v>
       </c>
-      <c r="C811" t="s" s="2">
-[...10 lines deleted...]
-      </c>
+      <c r="F811"/>
     </row>
     <row r="812">
       <c r="A812" t="s">
+        <v>2775</v>
+      </c>
+      <c r="B812" t="s">
+        <v>2776</v>
+      </c>
+      <c r="C812" t="s" s="2">
         <v>2777</v>
       </c>
-      <c r="B812" t="s">
-[...6 lines deleted...]
-        <v>260970800720</v>
+      <c r="D812" s="3">
+        <v>250791104699</v>
       </c>
       <c r="E812" t="s">
-        <v>1966</v>
+        <v>424</v>
       </c>
       <c r="F812" t="s">
-        <v>34</v>
+        <v>255</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B813" t="s">
+        <v>2779</v>
+      </c>
+      <c r="C813" t="s" s="2">
         <v>2780</v>
       </c>
-      <c r="B813" t="s">
-[...6 lines deleted...]
-        <v>250791358723</v>
+      <c r="D813" s="3">
+        <v>250798596207</v>
       </c>
       <c r="E813" t="s">
-        <v>365</v>
+        <v>424</v>
       </c>
       <c r="F813" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" t="s">
+        <v>2781</v>
+      </c>
+      <c r="B814" t="s">
+        <v>2782</v>
+      </c>
+      <c r="C814" t="s" s="2">
         <v>2783</v>
       </c>
-      <c r="B814" t="s">
-[...6 lines deleted...]
-        <v>2348066640333</v>
+      <c r="D814" s="3">
+        <v>250784243376</v>
       </c>
       <c r="E814" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>424</v>
+      </c>
+      <c r="F814"/>
     </row>
     <row r="815">
       <c r="A815" t="s">
+        <v>2784</v>
+      </c>
+      <c r="B815" t="s">
+        <v>2785</v>
+      </c>
+      <c r="C815" t="s" s="2">
         <v>2786</v>
       </c>
-      <c r="B815" t="s">
-[...6 lines deleted...]
-        <v>263774917727</v>
+      <c r="D815" s="3">
+        <v>263717035192</v>
       </c>
       <c r="E815" t="s">
-        <v>2647</v>
+        <v>2696</v>
       </c>
       <c r="F815" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="816">
       <c r="A816" t="s">
+        <v>2787</v>
+      </c>
+      <c r="B816" t="s">
+        <v>2788</v>
+      </c>
+      <c r="C816" t="s" s="2">
         <v>2789</v>
       </c>
-      <c r="B816" t="s">
-[...6 lines deleted...]
-        <v>250798651616</v>
+      <c r="D816" s="3">
+        <v>250793108815</v>
       </c>
       <c r="E816" t="s">
-        <v>2792</v>
+        <v>424</v>
       </c>
       <c r="F816" t="s">
-        <v>2793</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" t="s">
-        <v>2794</v>
+        <v>2790</v>
       </c>
       <c r="B817"/>
-      <c r="C817" t="s" s="2">
-        <v>2795</v>
+      <c r="C817" t="s">
+        <v>2791</v>
       </c>
       <c r="D817"/>
       <c r="E817" t="s">
-        <v>365</v>
+        <v>2696</v>
       </c>
       <c r="F817"/>
     </row>
     <row r="818">
       <c r="A818" t="s">
-        <v>2796</v>
+        <v>2792</v>
       </c>
       <c r="B818" t="s">
-        <v>2797</v>
-[...5 lines deleted...]
-        <v>250787911604</v>
+        <v>2793</v>
+      </c>
+      <c r="C818" t="s" s="2">
+        <v>2794</v>
+      </c>
+      <c r="D818">
+        <v>785929737</v>
       </c>
       <c r="E818" t="s">
-        <v>365</v>
+        <v>2795</v>
       </c>
       <c r="F818" t="s">
-        <v>562</v>
+        <v>100</v>
       </c>
     </row>
     <row r="819">
       <c r="A819" t="s">
-        <v>2799</v>
+        <v>2796</v>
       </c>
       <c r="B819" t="s">
-        <v>2800</v>
+        <v>2797</v>
       </c>
       <c r="C819" t="s" s="2">
-        <v>2801</v>
-[...2 lines deleted...]
-        <v>250791949098</v>
+        <v>2798</v>
+      </c>
+      <c r="D819" s="3">
+        <v>263773398183</v>
       </c>
       <c r="E819" t="s">
-        <v>365</v>
+        <v>2733</v>
       </c>
       <c r="F819" t="s">
-        <v>1132</v>
+        <v>546</v>
       </c>
     </row>
     <row r="820">
       <c r="A820" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B820" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C820" t="s" s="2">
+        <v>2801</v>
+      </c>
+      <c r="D820"/>
+      <c r="E820" t="s">
         <v>2802</v>
       </c>
-      <c r="B820" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="F820"/>
     </row>
     <row r="821">
       <c r="A821" t="s">
-        <v>2806</v>
+        <v>2803</v>
       </c>
       <c r="B821" t="s">
-        <v>2807</v>
+        <v>2804</v>
       </c>
       <c r="C821" t="s" s="2">
-        <v>2808</v>
-[...2 lines deleted...]
-        <v>2809</v>
+        <v>2805</v>
+      </c>
+      <c r="D821" s="3">
+        <v>250780887966</v>
       </c>
       <c r="E821" t="s">
-        <v>11</v>
+        <v>1320</v>
       </c>
       <c r="F821" t="s">
-        <v>12</v>
+        <v>729</v>
       </c>
     </row>
     <row r="822">
       <c r="A822" t="s">
-        <v>2810</v>
-[...3 lines deleted...]
-      </c>
+        <v>2806</v>
+      </c>
+      <c r="B822"/>
       <c r="C822" t="s" s="2">
-        <v>2812</v>
-[...3 lines deleted...]
-      </c>
+        <v>2807</v>
+      </c>
+      <c r="D822"/>
       <c r="E822" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F822"/>
     </row>
     <row r="823">
       <c r="A823" t="s">
-        <v>2813</v>
+        <v>2808</v>
       </c>
       <c r="B823" t="s">
-        <v>2814</v>
+        <v>2809</v>
       </c>
       <c r="C823" t="s" s="2">
-        <v>2815</v>
-[...2 lines deleted...]
-        <v>8801741284439</v>
+        <v>2810</v>
+      </c>
+      <c r="D823" s="3">
+        <v>263783892518</v>
       </c>
       <c r="E823" t="s">
-        <v>1791</v>
+        <v>2696</v>
       </c>
       <c r="F823" t="s">
-        <v>123</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="824">
       <c r="A824" t="s">
-        <v>2816</v>
+        <v>2811</v>
       </c>
       <c r="B824" t="s">
-        <v>2817</v>
+        <v>2812</v>
       </c>
       <c r="C824" t="s" s="2">
-        <v>2818</v>
-[...2 lines deleted...]
-        <v>2819</v>
+        <v>2813</v>
+      </c>
+      <c r="D824" s="3">
+        <v>2348037031630</v>
       </c>
       <c r="E824" t="s">
-        <v>60</v>
+        <v>1606</v>
       </c>
       <c r="F824" t="s">
-        <v>2820</v>
+        <v>2814</v>
       </c>
     </row>
     <row r="825">
       <c r="A825" t="s">
-        <v>2821</v>
-[...1 lines deleted...]
-      <c r="B825"/>
+        <v>2815</v>
+      </c>
+      <c r="B825" t="s">
+        <v>2816</v>
+      </c>
       <c r="C825" t="s" s="2">
-        <v>2822</v>
-[...1 lines deleted...]
-      <c r="D825"/>
+        <v>2817</v>
+      </c>
+      <c r="D825" s="3">
+        <v>250791530343</v>
+      </c>
       <c r="E825" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F825"/>
+        <v>424</v>
+      </c>
+      <c r="F825" t="s">
+        <v>2818</v>
+      </c>
     </row>
     <row r="826">
       <c r="A826" t="s">
-        <v>2823</v>
+        <v>2819</v>
       </c>
       <c r="B826" t="s">
-        <v>2824</v>
+        <v>2820</v>
       </c>
       <c r="C826" t="s" s="2">
-        <v>2825</v>
-[...2 lines deleted...]
-        <v>2349043325958</v>
+        <v>2821</v>
+      </c>
+      <c r="D826" s="3">
+        <v>263773476670</v>
       </c>
       <c r="E826" t="s">
-        <v>11</v>
+        <v>2696</v>
       </c>
       <c r="F826" t="s">
-        <v>2826</v>
+        <v>32</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" t="s">
-        <v>2827</v>
+        <v>2822</v>
       </c>
       <c r="B827" t="s">
-        <v>2828</v>
+        <v>2823</v>
       </c>
       <c r="C827" t="s" s="2">
-        <v>2829</v>
-[...2 lines deleted...]
-        <v>2830</v>
+        <v>2824</v>
+      </c>
+      <c r="D827" t="s" s="4">
+        <v>2825</v>
       </c>
       <c r="E827" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F827" t="s">
-        <v>263</v>
+        <v>32</v>
       </c>
     </row>
     <row r="828">
       <c r="A828" t="s">
-        <v>2831</v>
+        <v>2826</v>
       </c>
       <c r="B828" t="s">
-        <v>2832</v>
+        <v>2827</v>
       </c>
       <c r="C828" t="s" s="2">
-        <v>2833</v>
-[...2 lines deleted...]
-        <v>61497218636</v>
+        <v>2828</v>
+      </c>
+      <c r="D828" s="3">
+        <v>260970800720</v>
       </c>
       <c r="E828" t="s">
-        <v>71</v>
+        <v>2015</v>
       </c>
       <c r="F828" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
     </row>
     <row r="829">
       <c r="A829" t="s">
-        <v>2834</v>
+        <v>2829</v>
       </c>
       <c r="B829" t="s">
-        <v>2835</v>
+        <v>2830</v>
       </c>
       <c r="C829" t="s" s="2">
-        <v>2836</v>
-[...2 lines deleted...]
-        <v>2837</v>
+        <v>2831</v>
+      </c>
+      <c r="D829" s="3">
+        <v>250791358723</v>
       </c>
       <c r="E829" t="s">
-        <v>210</v>
+        <v>424</v>
       </c>
       <c r="F829" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
     </row>
     <row r="830">
       <c r="A830" t="s">
-        <v>2838</v>
-[...1 lines deleted...]
-      <c r="B830"/>
+        <v>2832</v>
+      </c>
+      <c r="B830" t="s">
+        <v>2833</v>
+      </c>
       <c r="C830" t="s" s="2">
-        <v>2839</v>
-[...1 lines deleted...]
-      <c r="D830"/>
+        <v>2834</v>
+      </c>
+      <c r="D830" s="3">
+        <v>2348066640333</v>
+      </c>
       <c r="E830" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F830"/>
+        <v>31</v>
+      </c>
+      <c r="F830" t="s">
+        <v>160</v>
+      </c>
     </row>
     <row r="831">
       <c r="A831" t="s">
-        <v>2840</v>
+        <v>2835</v>
       </c>
       <c r="B831" t="s">
-        <v>2841</v>
+        <v>2836</v>
       </c>
       <c r="C831" t="s" s="2">
-        <v>2842</v>
-[...2 lines deleted...]
-        <v>233506846401</v>
+        <v>2837</v>
+      </c>
+      <c r="D831" s="3">
+        <v>263774917727</v>
       </c>
       <c r="E831" t="s">
-        <v>2647</v>
+        <v>2696</v>
       </c>
       <c r="F831" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="832">
       <c r="A832" t="s">
-        <v>2843</v>
-[...1 lines deleted...]
-      <c r="B832"/>
+        <v>2838</v>
+      </c>
+      <c r="B832" t="s">
+        <v>2839</v>
+      </c>
       <c r="C832" t="s" s="2">
-        <v>2844</v>
-[...1 lines deleted...]
-      <c r="D832"/>
+        <v>2840</v>
+      </c>
+      <c r="D832" s="3">
+        <v>250798651616</v>
+      </c>
       <c r="E832" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F832"/>
+        <v>2841</v>
+      </c>
+      <c r="F832" t="s">
+        <v>2842</v>
+      </c>
     </row>
     <row r="833">
       <c r="A833" t="s">
-        <v>2845</v>
+        <v>2843</v>
       </c>
       <c r="B833"/>
       <c r="C833" t="s" s="2">
-        <v>2846</v>
+        <v>2844</v>
       </c>
       <c r="D833"/>
       <c r="E833" t="s">
-        <v>2647</v>
+        <v>424</v>
       </c>
       <c r="F833"/>
     </row>
     <row r="834">
       <c r="A834" t="s">
+        <v>2845</v>
+      </c>
+      <c r="B834" t="s">
+        <v>2846</v>
+      </c>
+      <c r="C834" t="s">
         <v>2847</v>
       </c>
-      <c r="B834" t="s">
-[...6 lines deleted...]
-        <v>23278868275</v>
+      <c r="D834" s="3">
+        <v>250787911604</v>
       </c>
       <c r="E834" t="s">
-        <v>606</v>
+        <v>424</v>
       </c>
       <c r="F834" t="s">
-        <v>12</v>
+        <v>616</v>
       </c>
     </row>
     <row r="835">
       <c r="A835" t="s">
+        <v>2848</v>
+      </c>
+      <c r="B835" t="s">
+        <v>2849</v>
+      </c>
+      <c r="C835" t="s" s="2">
         <v>2850</v>
       </c>
-      <c r="B835"/>
-[...3 lines deleted...]
-      <c r="D835"/>
+      <c r="D835" s="3">
+        <v>250791949098</v>
+      </c>
       <c r="E835" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F835"/>
+        <v>424</v>
+      </c>
+      <c r="F835" t="s">
+        <v>1182</v>
+      </c>
     </row>
     <row r="836">
       <c r="A836" t="s">
+        <v>2851</v>
+      </c>
+      <c r="B836" t="s">
         <v>2852</v>
       </c>
-      <c r="B836" t="s">
+      <c r="C836" t="s" s="2">
         <v>2853</v>
       </c>
-      <c r="C836" t="s" s="2">
+      <c r="D836" s="3">
+        <v>61478179906</v>
+      </c>
+      <c r="E836" t="s">
+        <v>192</v>
+      </c>
+      <c r="F836" t="s">
         <v>2854</v>
-      </c>
-[...7 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" t="s">
         <v>2855</v>
       </c>
       <c r="B837" t="s">
         <v>2856</v>
       </c>
       <c r="C837" t="s" s="2">
         <v>2857</v>
       </c>
-      <c r="D837" s="4">
-        <v>2347030427542</v>
+      <c r="D837" t="s" s="4">
+        <v>2858</v>
       </c>
       <c r="E837" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F837" t="s">
-        <v>123</v>
+        <v>32</v>
       </c>
     </row>
     <row r="838">
       <c r="A838" t="s">
-        <v>2858</v>
+        <v>2859</v>
       </c>
       <c r="B838" t="s">
-        <v>2859</v>
+        <v>2860</v>
       </c>
       <c r="C838" t="s" s="2">
-        <v>2860</v>
-[...1 lines deleted...]
-      <c r="D838" t="s" s="3">
         <v>2861</v>
       </c>
+      <c r="D838" s="3">
+        <v>8615857799019</v>
+      </c>
       <c r="E838" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F838"/>
     </row>
     <row r="839">
       <c r="A839" t="s">
         <v>2862</v>
       </c>
       <c r="B839" t="s">
         <v>2863</v>
       </c>
       <c r="C839" t="s" s="2">
         <v>2864</v>
       </c>
-      <c r="D839" s="4">
-        <v>254738308906</v>
+      <c r="D839" s="3">
+        <v>8801741284439</v>
       </c>
       <c r="E839" t="s">
-        <v>60</v>
+        <v>1840</v>
       </c>
       <c r="F839" t="s">
-        <v>123</v>
+        <v>26</v>
       </c>
     </row>
     <row r="840">
       <c r="A840" t="s">
         <v>2865</v>
       </c>
       <c r="B840" t="s">
         <v>2866</v>
       </c>
       <c r="C840" t="s" s="2">
         <v>2867</v>
       </c>
-      <c r="D840" s="4">
-        <v>61493867934</v>
+      <c r="D840" t="s" s="4">
+        <v>2868</v>
       </c>
       <c r="E840" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F840" t="s">
-        <v>918</v>
+        <v>2869</v>
       </c>
     </row>
     <row r="841">
       <c r="A841" t="s">
-        <v>2868</v>
-[...3 lines deleted...]
-      </c>
+        <v>2870</v>
+      </c>
+      <c r="B841"/>
       <c r="C841" t="s" s="2">
-        <v>2870</v>
-[...3 lines deleted...]
-      </c>
+        <v>2871</v>
+      </c>
+      <c r="D841"/>
       <c r="E841" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F841"/>
     </row>
     <row r="842">
       <c r="A842" t="s">
-        <v>2871</v>
+        <v>2872</v>
       </c>
       <c r="B842" t="s">
-        <v>2872</v>
+        <v>2873</v>
       </c>
       <c r="C842" t="s" s="2">
-        <v>2873</v>
-[...1 lines deleted...]
-      <c r="D842" t="s" s="3">
         <v>2874</v>
       </c>
+      <c r="D842" s="3">
+        <v>2349043325958</v>
+      </c>
       <c r="E842" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F842" t="s">
-        <v>12</v>
+        <v>2875</v>
       </c>
     </row>
     <row r="843">
       <c r="A843" t="s">
-        <v>2875</v>
+        <v>2876</v>
       </c>
       <c r="B843" t="s">
-        <v>2876</v>
+        <v>2877</v>
       </c>
       <c r="C843" t="s" s="2">
-        <v>2877</v>
-[...1 lines deleted...]
-      <c r="D843" t="s" s="3">
         <v>2878</v>
       </c>
+      <c r="D843" t="s" s="4">
+        <v>2879</v>
+      </c>
       <c r="E843" t="s">
-        <v>60</v>
+        <v>31</v>
       </c>
       <c r="F843" t="s">
-        <v>475</v>
+        <v>323</v>
       </c>
     </row>
     <row r="844">
       <c r="A844" t="s">
-        <v>2879</v>
+        <v>2880</v>
       </c>
       <c r="B844" t="s">
-        <v>2880</v>
+        <v>2881</v>
       </c>
       <c r="C844" t="s" s="2">
-        <v>2881</v>
-[...2 lines deleted...]
-        <v>254702328710</v>
+        <v>2882</v>
+      </c>
+      <c r="D844" s="3">
+        <v>61497218636</v>
       </c>
       <c r="E844" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="F844" t="s">
-        <v>12</v>
+        <v>174</v>
       </c>
     </row>
     <row r="845">
       <c r="A845" t="s">
-        <v>2882</v>
+        <v>2883</v>
       </c>
       <c r="B845" t="s">
-        <v>2883</v>
+        <v>2884</v>
       </c>
       <c r="C845" t="s" s="2">
-        <v>2884</v>
-[...2 lines deleted...]
-        <v>254750557031</v>
+        <v>2885</v>
+      </c>
+      <c r="D845" t="s" s="4">
+        <v>2886</v>
       </c>
       <c r="E845" t="s">
-        <v>60</v>
+        <v>270</v>
       </c>
       <c r="F845" t="s">
-        <v>1533</v>
+        <v>100</v>
       </c>
     </row>
     <row r="846">
       <c r="A846" t="s">
-        <v>2885</v>
-[...3 lines deleted...]
-      </c>
+        <v>2887</v>
+      </c>
+      <c r="B846"/>
       <c r="C846" t="s" s="2">
-        <v>2887</v>
-[...1 lines deleted...]
-      <c r="D846" t="s" s="3">
         <v>2888</v>
       </c>
+      <c r="D846"/>
       <c r="E846" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F846"/>
     </row>
     <row r="847">
       <c r="A847" t="s">
         <v>2889</v>
       </c>
       <c r="B847" t="s">
         <v>2890</v>
       </c>
       <c r="C847" t="s" s="2">
         <v>2891</v>
       </c>
-      <c r="D847" t="s" s="3">
-        <v>2892</v>
+      <c r="D847" s="3">
+        <v>233506846401</v>
       </c>
       <c r="E847" t="s">
-        <v>11</v>
+        <v>2696</v>
       </c>
       <c r="F847" t="s">
-        <v>2893</v>
+        <v>32</v>
       </c>
     </row>
     <row r="848">
       <c r="A848" t="s">
-        <v>2894</v>
+        <v>2892</v>
       </c>
       <c r="B848"/>
       <c r="C848" t="s" s="2">
-        <v>2895</v>
+        <v>2893</v>
       </c>
       <c r="D848"/>
       <c r="E848" t="s">
-        <v>1094</v>
+        <v>31</v>
       </c>
       <c r="F848"/>
     </row>
     <row r="849">
       <c r="A849" t="s">
-        <v>2896</v>
+        <v>2894</v>
       </c>
       <c r="B849"/>
       <c r="C849" t="s" s="2">
-        <v>2897</v>
+        <v>2895</v>
       </c>
       <c r="D849"/>
       <c r="E849" t="s">
-        <v>11</v>
+        <v>2696</v>
       </c>
       <c r="F849"/>
     </row>
     <row r="850">
       <c r="A850" t="s">
+        <v>2896</v>
+      </c>
+      <c r="B850" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C850" t="s" s="2">
         <v>2898</v>
       </c>
-      <c r="B850"/>
-[...3 lines deleted...]
-      <c r="D850"/>
+      <c r="D850" s="3">
+        <v>23278868275</v>
+      </c>
       <c r="E850" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F850"/>
+        <v>660</v>
+      </c>
+      <c r="F850" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="851">
       <c r="A851" t="s">
+        <v>2899</v>
+      </c>
+      <c r="B851"/>
+      <c r="C851" t="s">
         <v>2900</v>
       </c>
-      <c r="B851" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D851"/>
       <c r="E851" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F851"/>
     </row>
     <row r="852">
       <c r="A852" t="s">
+        <v>2901</v>
+      </c>
+      <c r="B852" t="s">
+        <v>2902</v>
+      </c>
+      <c r="C852" t="s" s="2">
         <v>2903</v>
       </c>
-      <c r="B852" t="s">
-[...6 lines deleted...]
-        <v>2906</v>
+      <c r="D852" s="3">
+        <v>23407030173324</v>
       </c>
       <c r="E852" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F852" t="s">
-        <v>2907</v>
+        <v>32</v>
       </c>
     </row>
     <row r="853">
       <c r="A853" t="s">
-        <v>2908</v>
+        <v>2904</v>
       </c>
       <c r="B853" t="s">
-        <v>2909</v>
+        <v>2905</v>
       </c>
       <c r="C853" t="s" s="2">
-        <v>2910</v>
-[...2 lines deleted...]
-        <v>254716539555</v>
+        <v>2906</v>
+      </c>
+      <c r="D853" s="3">
+        <v>2347030427542</v>
       </c>
       <c r="E853" t="s">
-        <v>474</v>
+        <v>31</v>
       </c>
       <c r="F853" t="s">
-        <v>2911</v>
+        <v>26</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" t="s">
-        <v>2912</v>
+        <v>2907</v>
       </c>
       <c r="B854" t="s">
-        <v>2913</v>
+        <v>2908</v>
       </c>
       <c r="C854" t="s" s="2">
-        <v>2914</v>
-[...2 lines deleted...]
-        <v>2915</v>
+        <v>2909</v>
+      </c>
+      <c r="D854" t="s" s="4">
+        <v>2910</v>
       </c>
       <c r="E854" t="s">
-        <v>2647</v>
+        <v>90</v>
       </c>
       <c r="F854" t="s">
-        <v>475</v>
+        <v>779</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" t="s">
-        <v>2916</v>
-[...1 lines deleted...]
-      <c r="B855"/>
+        <v>2911</v>
+      </c>
+      <c r="B855" t="s">
+        <v>2912</v>
+      </c>
       <c r="C855" t="s" s="2">
-        <v>2917</v>
-[...1 lines deleted...]
-      <c r="D855"/>
+        <v>2913</v>
+      </c>
+      <c r="D855" s="3">
+        <v>254738308906</v>
+      </c>
       <c r="E855" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F855"/>
+        <v>10</v>
+      </c>
+      <c r="F855" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="856">
       <c r="A856" t="s">
-        <v>2918</v>
+        <v>2914</v>
       </c>
       <c r="B856" t="s">
-        <v>2919</v>
+        <v>2915</v>
       </c>
       <c r="C856" t="s" s="2">
-        <v>2920</v>
-[...2 lines deleted...]
-        <v>250785376132</v>
+        <v>2916</v>
+      </c>
+      <c r="D856" s="3">
+        <v>61493867934</v>
       </c>
       <c r="E856" t="s">
-        <v>365</v>
+        <v>31</v>
       </c>
       <c r="F856" t="s">
-        <v>2921</v>
+        <v>968</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" t="s">
-        <v>2922</v>
+        <v>2917</v>
       </c>
       <c r="B857" t="s">
-        <v>2923</v>
+        <v>2918</v>
       </c>
       <c r="C857" t="s" s="2">
-        <v>2924</v>
-[...2 lines deleted...]
-        <v>2925</v>
+        <v>2919</v>
+      </c>
+      <c r="D857" s="3">
+        <v>254727287418</v>
       </c>
       <c r="E857" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="F857"/>
+        <v>10</v>
+      </c>
+      <c r="F857" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="858">
       <c r="A858" t="s">
-        <v>2926</v>
+        <v>2920</v>
       </c>
       <c r="B858" t="s">
-        <v>2927</v>
+        <v>2921</v>
       </c>
       <c r="C858" t="s" s="2">
-        <v>2928</v>
-[...2 lines deleted...]
-        <v>254790044954</v>
+        <v>2922</v>
+      </c>
+      <c r="D858" t="s" s="4">
+        <v>2923</v>
       </c>
       <c r="E858" t="s">
-        <v>474</v>
+        <v>55</v>
       </c>
       <c r="F858" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" t="s">
-        <v>2929</v>
+        <v>2924</v>
       </c>
       <c r="B859" t="s">
-        <v>2930</v>
+        <v>2925</v>
       </c>
       <c r="C859" t="s" s="2">
-        <v>2931</v>
-[...2 lines deleted...]
-        <v>254741472695</v>
+        <v>2926</v>
+      </c>
+      <c r="D859" t="s" s="4">
+        <v>2927</v>
       </c>
       <c r="E859" t="s">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="F859" t="s">
-        <v>267</v>
+        <v>529</v>
       </c>
     </row>
     <row r="860">
       <c r="A860" t="s">
-        <v>2932</v>
+        <v>2928</v>
       </c>
       <c r="B860" t="s">
-        <v>2933</v>
+        <v>2929</v>
       </c>
       <c r="C860" t="s" s="2">
-        <v>2934</v>
-[...2 lines deleted...]
-        <v>250788447512</v>
+        <v>2930</v>
+      </c>
+      <c r="D860" s="3">
+        <v>254702328710</v>
       </c>
       <c r="E860" t="s">
-        <v>365</v>
+        <v>10</v>
       </c>
       <c r="F860" t="s">
-        <v>2935</v>
+        <v>32</v>
       </c>
     </row>
     <row r="861">
       <c r="A861" t="s">
-        <v>2936</v>
+        <v>2931</v>
       </c>
       <c r="B861" t="s">
-        <v>2937</v>
+        <v>2932</v>
       </c>
       <c r="C861" t="s" s="2">
-        <v>2938</v>
-[...2 lines deleted...]
-        <v>243975141091</v>
+        <v>2933</v>
+      </c>
+      <c r="D861" s="3">
+        <v>254750557031</v>
       </c>
       <c r="E861" t="s">
-        <v>2939</v>
+        <v>10</v>
       </c>
       <c r="F861" t="s">
-        <v>2940</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="862">
       <c r="A862" t="s">
-        <v>2941</v>
+        <v>2934</v>
       </c>
       <c r="B862" t="s">
-        <v>2942</v>
+        <v>2935</v>
       </c>
       <c r="C862" t="s" s="2">
-        <v>2943</v>
-[...2 lines deleted...]
-        <v>2944</v>
+        <v>2936</v>
+      </c>
+      <c r="D862" t="s" s="4">
+        <v>2937</v>
       </c>
       <c r="E862" t="s">
-        <v>1747</v>
+        <v>10</v>
       </c>
       <c r="F862" t="s">
-        <v>138</v>
+        <v>26</v>
       </c>
     </row>
     <row r="863">
       <c r="A863" t="s">
-        <v>2945</v>
-[...1 lines deleted...]
-      <c r="B863"/>
+        <v>2938</v>
+      </c>
+      <c r="B863" t="s">
+        <v>2939</v>
+      </c>
       <c r="C863" t="s" s="2">
-        <v>2946</v>
-[...1 lines deleted...]
-      <c r="D863"/>
+        <v>2940</v>
+      </c>
+      <c r="D863" t="s" s="4">
+        <v>2941</v>
+      </c>
       <c r="E863" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="F863"/>
+        <v>31</v>
+      </c>
+      <c r="F863" t="s">
+        <v>2942</v>
+      </c>
     </row>
     <row r="864">
       <c r="A864" t="s">
-        <v>2947</v>
-[...3 lines deleted...]
-      </c>
+        <v>2943</v>
+      </c>
+      <c r="B864"/>
       <c r="C864" t="s" s="2">
-        <v>2949</v>
-[...3 lines deleted...]
-      </c>
+        <v>2944</v>
+      </c>
+      <c r="D864"/>
       <c r="E864" t="s">
-        <v>365</v>
+        <v>1144</v>
       </c>
       <c r="F864"/>
     </row>
     <row r="865">
       <c r="A865" t="s">
-        <v>2950</v>
-[...3 lines deleted...]
-      </c>
+        <v>2945</v>
+      </c>
+      <c r="B865"/>
       <c r="C865" t="s" s="2">
-        <v>2952</v>
-[...3 lines deleted...]
-      </c>
+        <v>2946</v>
+      </c>
+      <c r="D865"/>
       <c r="E865" t="s">
-        <v>1940</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F865"/>
     </row>
     <row r="866">
       <c r="A866" t="s">
-        <v>2954</v>
-[...3 lines deleted...]
-      </c>
+        <v>2947</v>
+      </c>
+      <c r="B866"/>
       <c r="C866" t="s" s="2">
-        <v>2956</v>
-[...3 lines deleted...]
-      </c>
+        <v>2948</v>
+      </c>
+      <c r="D866"/>
       <c r="E866" t="s">
-        <v>2746</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F866"/>
     </row>
     <row r="867">
       <c r="A867" t="s">
-        <v>2958</v>
+        <v>2949</v>
       </c>
       <c r="B867" t="s">
-        <v>2959</v>
+        <v>2950</v>
       </c>
       <c r="C867" t="s" s="2">
-        <v>2960</v>
-[...2 lines deleted...]
-        <v>250788354951</v>
+        <v>2951</v>
+      </c>
+      <c r="D867" s="3">
+        <v>2349033114131</v>
       </c>
       <c r="E867" t="s">
-        <v>365</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F867"/>
     </row>
     <row r="868">
       <c r="A868" t="s">
-        <v>2962</v>
+        <v>2952</v>
       </c>
       <c r="B868" t="s">
-        <v>2963</v>
+        <v>2953</v>
       </c>
       <c r="C868" t="s" s="2">
-        <v>2964</v>
-[...2 lines deleted...]
-        <v>250780068017</v>
+        <v>2954</v>
+      </c>
+      <c r="D868" t="s" s="4">
+        <v>2955</v>
       </c>
       <c r="E868" t="s">
-        <v>365</v>
+        <v>55</v>
       </c>
       <c r="F868" t="s">
-        <v>2965</v>
+        <v>2956</v>
       </c>
     </row>
     <row r="869">
       <c r="A869" t="s">
-        <v>2966</v>
+        <v>2957</v>
       </c>
       <c r="B869" t="s">
-        <v>2967</v>
-[...5 lines deleted...]
-        <v>250791604607</v>
+        <v>2958</v>
+      </c>
+      <c r="C869" t="s" s="2">
+        <v>2959</v>
+      </c>
+      <c r="D869" s="3">
+        <v>254716539555</v>
       </c>
       <c r="E869" t="s">
-        <v>365</v>
+        <v>528</v>
       </c>
       <c r="F869" t="s">
-        <v>2969</v>
+        <v>2960</v>
       </c>
     </row>
     <row r="870">
       <c r="A870" t="s">
-        <v>2970</v>
+        <v>2961</v>
       </c>
       <c r="B870" t="s">
-        <v>2971</v>
+        <v>2962</v>
       </c>
       <c r="C870" t="s" s="2">
-        <v>2972</v>
-[...2 lines deleted...]
-        <v>250783337141</v>
+        <v>2963</v>
+      </c>
+      <c r="D870" t="s" s="4">
+        <v>2964</v>
       </c>
       <c r="E870" t="s">
-        <v>365</v>
+        <v>2696</v>
       </c>
       <c r="F870" t="s">
-        <v>2973</v>
+        <v>529</v>
       </c>
     </row>
     <row r="871">
       <c r="A871" t="s">
-        <v>2974</v>
-[...3 lines deleted...]
-      </c>
+        <v>2965</v>
+      </c>
+      <c r="B871"/>
       <c r="C871" t="s" s="2">
-        <v>2976</v>
-[...3 lines deleted...]
-      </c>
+        <v>2966</v>
+      </c>
+      <c r="D871"/>
       <c r="E871" t="s">
-        <v>2746</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F871"/>
     </row>
     <row r="872">
       <c r="A872" t="s">
-        <v>2977</v>
+        <v>2967</v>
       </c>
       <c r="B872" t="s">
-        <v>2978</v>
+        <v>2968</v>
       </c>
       <c r="C872" t="s" s="2">
-        <v>2979</v>
-[...2 lines deleted...]
-        <v>2980</v>
+        <v>2969</v>
+      </c>
+      <c r="D872" s="3">
+        <v>250785376132</v>
       </c>
       <c r="E872" t="s">
-        <v>11</v>
+        <v>424</v>
       </c>
       <c r="F872" t="s">
-        <v>111</v>
+        <v>2970</v>
       </c>
     </row>
     <row r="873">
       <c r="A873" t="s">
-        <v>2981</v>
+        <v>2971</v>
       </c>
       <c r="B873" t="s">
-        <v>2982</v>
+        <v>2972</v>
       </c>
       <c r="C873" t="s" s="2">
-        <v>2983</v>
-[...2 lines deleted...]
-        <v>250784658006</v>
+        <v>2973</v>
+      </c>
+      <c r="D873" t="s" s="4">
+        <v>2974</v>
       </c>
       <c r="E873" t="s">
-        <v>365</v>
-[...3 lines deleted...]
-      </c>
+        <v>424</v>
+      </c>
+      <c r="F873"/>
     </row>
     <row r="874">
       <c r="A874" t="s">
-        <v>2984</v>
+        <v>2975</v>
       </c>
       <c r="B874" t="s">
-        <v>2985</v>
+        <v>2976</v>
       </c>
       <c r="C874" t="s" s="2">
-        <v>2986</v>
-[...2 lines deleted...]
-        <v>250787683750</v>
+        <v>2977</v>
+      </c>
+      <c r="D874" s="3">
+        <v>254790044954</v>
       </c>
       <c r="E874" t="s">
-        <v>365</v>
+        <v>528</v>
       </c>
       <c r="F874" t="s">
-        <v>2987</v>
+        <v>32</v>
       </c>
     </row>
     <row r="875">
       <c r="A875" t="s">
-        <v>2988</v>
+        <v>2978</v>
       </c>
       <c r="B875" t="s">
-        <v>2989</v>
+        <v>2979</v>
       </c>
       <c r="C875" t="s" s="2">
-        <v>2990</v>
-[...2 lines deleted...]
-        <v>250788248503</v>
+        <v>2980</v>
+      </c>
+      <c r="D875" s="3">
+        <v>254741472695</v>
       </c>
       <c r="E875" t="s">
-        <v>2746</v>
+        <v>10</v>
       </c>
       <c r="F875" t="s">
-        <v>34</v>
+        <v>327</v>
       </c>
     </row>
     <row r="876">
       <c r="A876" t="s">
-        <v>2991</v>
+        <v>2981</v>
       </c>
       <c r="B876" t="s">
-        <v>2992</v>
+        <v>2982</v>
       </c>
       <c r="C876" t="s" s="2">
-        <v>2993</v>
-[...2 lines deleted...]
-        <v>263785966543</v>
+        <v>2983</v>
+      </c>
+      <c r="D876" s="3">
+        <v>250788447512</v>
       </c>
       <c r="E876" t="s">
-        <v>2684</v>
+        <v>424</v>
       </c>
       <c r="F876" t="s">
-        <v>12</v>
+        <v>2984</v>
       </c>
     </row>
     <row r="877">
       <c r="A877" t="s">
-        <v>2994</v>
-[...1 lines deleted...]
-      <c r="B877"/>
+        <v>2985</v>
+      </c>
+      <c r="B877" t="s">
+        <v>2986</v>
+      </c>
       <c r="C877" t="s" s="2">
-        <v>2995</v>
-[...1 lines deleted...]
-      <c r="D877"/>
+        <v>2987</v>
+      </c>
+      <c r="D877" s="3">
+        <v>243975141091</v>
+      </c>
       <c r="E877" t="s">
-        <v>2647</v>
-[...1 lines deleted...]
-      <c r="F877"/>
+        <v>2988</v>
+      </c>
+      <c r="F877" t="s">
+        <v>2989</v>
+      </c>
     </row>
     <row r="878">
       <c r="A878" t="s">
-        <v>2996</v>
-[...1 lines deleted...]
-      <c r="B878"/>
+        <v>2990</v>
+      </c>
+      <c r="B878" t="s">
+        <v>2991</v>
+      </c>
       <c r="C878" t="s" s="2">
-        <v>2997</v>
-[...1 lines deleted...]
-      <c r="D878"/>
+        <v>2992</v>
+      </c>
+      <c r="D878" t="s" s="4">
+        <v>2993</v>
+      </c>
       <c r="E878" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F878"/>
+        <v>1796</v>
+      </c>
+      <c r="F878" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="879">
       <c r="A879" t="s">
-        <v>2998</v>
-[...3 lines deleted...]
-      </c>
+        <v>2994</v>
+      </c>
+      <c r="B879"/>
       <c r="C879" t="s" s="2">
-        <v>3000</v>
-[...3 lines deleted...]
-      </c>
+        <v>2995</v>
+      </c>
+      <c r="D879"/>
       <c r="E879" t="s">
-        <v>2684</v>
-[...3 lines deleted...]
-      </c>
+        <v>424</v>
+      </c>
+      <c r="F879"/>
     </row>
     <row r="880">
       <c r="A880" t="s">
-        <v>3001</v>
-[...1 lines deleted...]
-      <c r="B880"/>
+        <v>2996</v>
+      </c>
+      <c r="B880" t="s">
+        <v>2997</v>
+      </c>
       <c r="C880" t="s" s="2">
-        <v>3002</v>
-[...1 lines deleted...]
-      <c r="D880"/>
+        <v>2998</v>
+      </c>
+      <c r="D880" s="3">
+        <v>250788622158</v>
+      </c>
       <c r="E880" t="s">
-        <v>2647</v>
+        <v>424</v>
       </c>
       <c r="F880"/>
     </row>
     <row r="881">
       <c r="A881" t="s">
-        <v>3003</v>
+        <v>2999</v>
       </c>
       <c r="B881" t="s">
-        <v>3004</v>
+        <v>3000</v>
       </c>
       <c r="C881" t="s" s="2">
-        <v>3005</v>
-[...2 lines deleted...]
-        <v>250788543347</v>
+        <v>3001</v>
+      </c>
+      <c r="D881" s="3">
+        <v>250781949293</v>
       </c>
       <c r="E881" t="s">
-        <v>365</v>
+        <v>1989</v>
       </c>
       <c r="F881" t="s">
-        <v>3006</v>
+        <v>3002</v>
       </c>
     </row>
     <row r="882">
       <c r="A882" t="s">
-        <v>3007</v>
+        <v>3003</v>
       </c>
       <c r="B882" t="s">
-        <v>3008</v>
+        <v>3004</v>
       </c>
       <c r="C882" t="s" s="2">
-        <v>3009</v>
-[...2 lines deleted...]
-        <v>2349162484113</v>
+        <v>3005</v>
+      </c>
+      <c r="D882" s="3">
+        <v>250798686938</v>
       </c>
       <c r="E882" t="s">
-        <v>11</v>
+        <v>2795</v>
       </c>
       <c r="F882" t="s">
-        <v>12</v>
+        <v>3006</v>
       </c>
     </row>
     <row r="883">
       <c r="A883" t="s">
+        <v>3007</v>
+      </c>
+      <c r="B883" t="s">
+        <v>3008</v>
+      </c>
+      <c r="C883" t="s" s="2">
+        <v>3009</v>
+      </c>
+      <c r="D883" s="3">
+        <v>250788354951</v>
+      </c>
+      <c r="E883" t="s">
+        <v>424</v>
+      </c>
+      <c r="F883" t="s">
         <v>3010</v>
       </c>
-      <c r="B883"/>
-[...7 lines deleted...]
-      <c r="F883"/>
     </row>
     <row r="884">
       <c r="A884" t="s">
+        <v>3011</v>
+      </c>
+      <c r="B884" t="s">
         <v>3012</v>
       </c>
-      <c r="B884" t="s">
+      <c r="C884" t="s" s="2">
         <v>3013</v>
       </c>
-      <c r="C884" t="s" s="2">
+      <c r="D884" s="3">
+        <v>250780068017</v>
+      </c>
+      <c r="E884" t="s">
+        <v>424</v>
+      </c>
+      <c r="F884" t="s">
         <v>3014</v>
-      </c>
-[...7 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="885">
       <c r="A885" t="s">
+        <v>3015</v>
+      </c>
+      <c r="B885" t="s">
         <v>3016</v>
       </c>
-      <c r="B885"/>
-      <c r="C885" t="s" s="2">
+      <c r="C885" t="s">
         <v>3017</v>
       </c>
-      <c r="D885"/>
+      <c r="D885" s="3">
+        <v>250791604607</v>
+      </c>
       <c r="E885" t="s">
-        <v>1966</v>
-[...1 lines deleted...]
-      <c r="F885"/>
+        <v>424</v>
+      </c>
+      <c r="F885" t="s">
+        <v>3018</v>
+      </c>
     </row>
     <row r="886">
       <c r="A886" t="s">
-        <v>3018</v>
+        <v>3019</v>
       </c>
       <c r="B886" t="s">
-        <v>3019</v>
+        <v>3020</v>
       </c>
       <c r="C886" t="s" s="2">
-        <v>3020</v>
-[...2 lines deleted...]
-        <v>263719611819</v>
+        <v>3021</v>
+      </c>
+      <c r="D886" s="3">
+        <v>250783337141</v>
       </c>
       <c r="E886" t="s">
-        <v>2647</v>
+        <v>424</v>
       </c>
       <c r="F886" t="s">
-        <v>3021</v>
+        <v>3022</v>
       </c>
     </row>
     <row r="887">
       <c r="A887" t="s">
-        <v>3022</v>
+        <v>3023</v>
       </c>
       <c r="B887" t="s">
-        <v>3023</v>
+        <v>3024</v>
       </c>
       <c r="C887" t="s" s="2">
-        <v>3024</v>
-[...2 lines deleted...]
-        <v>2348113548296</v>
+        <v>3025</v>
+      </c>
+      <c r="D887" s="3">
+        <v>250788653699</v>
       </c>
       <c r="E887" t="s">
-        <v>11</v>
+        <v>2795</v>
       </c>
       <c r="F887" t="s">
-        <v>512</v>
+        <v>32</v>
       </c>
     </row>
     <row r="888">
       <c r="A888" t="s">
-        <v>3025</v>
+        <v>3026</v>
       </c>
       <c r="B888" t="s">
-        <v>3026</v>
+        <v>3027</v>
       </c>
       <c r="C888" t="s" s="2">
-        <v>3027</v>
-[...1 lines deleted...]
-      <c r="D888"/>
+        <v>3028</v>
+      </c>
+      <c r="D888" t="s" s="4">
+        <v>3029</v>
+      </c>
       <c r="E888" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="F888"/>
+        <v>31</v>
+      </c>
+      <c r="F888" t="s">
+        <v>174</v>
+      </c>
     </row>
     <row r="889">
       <c r="A889" t="s">
-        <v>3028</v>
-[...1 lines deleted...]
-      <c r="B889"/>
+        <v>3030</v>
+      </c>
+      <c r="B889" t="s">
+        <v>3031</v>
+      </c>
       <c r="C889" t="s" s="2">
-        <v>3029</v>
-[...1 lines deleted...]
-      <c r="D889"/>
+        <v>3032</v>
+      </c>
+      <c r="D889" s="3">
+        <v>250784658006</v>
+      </c>
       <c r="E889" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="F889"/>
+        <v>424</v>
+      </c>
+      <c r="F889" t="s">
+        <v>100</v>
+      </c>
     </row>
     <row r="890">
       <c r="A890" t="s">
-        <v>3030</v>
-[...1 lines deleted...]
-      <c r="B890"/>
+        <v>3033</v>
+      </c>
+      <c r="B890" t="s">
+        <v>3034</v>
+      </c>
       <c r="C890" t="s" s="2">
-        <v>3031</v>
-[...1 lines deleted...]
-      <c r="D890"/>
+        <v>3035</v>
+      </c>
+      <c r="D890" s="3">
+        <v>250787683750</v>
+      </c>
       <c r="E890" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="F890"/>
+        <v>424</v>
+      </c>
+      <c r="F890" t="s">
+        <v>3036</v>
+      </c>
     </row>
     <row r="891">
       <c r="A891" t="s">
-        <v>3032</v>
+        <v>3037</v>
       </c>
       <c r="B891" t="s">
-        <v>3033</v>
+        <v>3038</v>
       </c>
       <c r="C891" t="s" s="2">
-        <v>3034</v>
-[...2 lines deleted...]
-        <v>250789496583</v>
+        <v>3039</v>
+      </c>
+      <c r="D891" s="3">
+        <v>250788248503</v>
       </c>
       <c r="E891" t="s">
-        <v>365</v>
+        <v>2795</v>
       </c>
       <c r="F891" t="s">
-        <v>3035</v>
+        <v>100</v>
       </c>
     </row>
     <row r="892">
       <c r="A892" t="s">
-        <v>3036</v>
+        <v>3040</v>
       </c>
       <c r="B892" t="s">
-        <v>3037</v>
-[...5 lines deleted...]
-        <v>250788337893</v>
+        <v>3041</v>
+      </c>
+      <c r="C892" t="s" s="2">
+        <v>3042</v>
+      </c>
+      <c r="D892" s="3">
+        <v>263785966543</v>
       </c>
       <c r="E892" t="s">
-        <v>530</v>
+        <v>2733</v>
       </c>
       <c r="F892" t="s">
-        <v>3039</v>
+        <v>32</v>
       </c>
     </row>
     <row r="893">
       <c r="A893" t="s">
-        <v>3040</v>
-[...3 lines deleted...]
-      </c>
+        <v>3043</v>
+      </c>
+      <c r="B893"/>
       <c r="C893" t="s" s="2">
-        <v>3042</v>
-[...3 lines deleted...]
-      </c>
+        <v>3044</v>
+      </c>
+      <c r="D893"/>
       <c r="E893" t="s">
-        <v>3043</v>
-[...3 lines deleted...]
-      </c>
+        <v>2696</v>
+      </c>
+      <c r="F893"/>
     </row>
     <row r="894">
       <c r="A894" t="s">
         <v>3045</v>
       </c>
       <c r="B894"/>
       <c r="C894" t="s" s="2">
         <v>3046</v>
       </c>
       <c r="D894"/>
       <c r="E894" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F894"/>
     </row>
     <row r="895">
       <c r="A895" t="s">
         <v>3047</v>
       </c>
       <c r="B895" t="s">
         <v>3048</v>
       </c>
       <c r="C895" t="s" s="2">
         <v>3049</v>
       </c>
-      <c r="D895" s="4">
-        <v>263718026543</v>
+      <c r="D895" s="3">
+        <v>263776555474</v>
       </c>
       <c r="E895" t="s">
-        <v>2684</v>
+        <v>2733</v>
       </c>
       <c r="F895" t="s">
-        <v>267</v>
+        <v>32</v>
       </c>
     </row>
     <row r="896">
       <c r="A896" t="s">
         <v>3050</v>
       </c>
-      <c r="B896" t="s">
+      <c r="B896"/>
+      <c r="C896" t="s" s="2">
         <v>3051</v>
       </c>
-      <c r="C896" t="s" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="D896"/>
       <c r="E896" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>2696</v>
+      </c>
+      <c r="F896"/>
     </row>
     <row r="897">
       <c r="A897" t="s">
+        <v>3052</v>
+      </c>
+      <c r="B897" t="s">
         <v>3053</v>
       </c>
-      <c r="B897" t="s">
+      <c r="C897" t="s" s="2">
         <v>3054</v>
       </c>
-      <c r="C897" t="s" s="2">
+      <c r="D897" s="3">
+        <v>250788543347</v>
+      </c>
+      <c r="E897" t="s">
+        <v>424</v>
+      </c>
+      <c r="F897" t="s">
         <v>3055</v>
-      </c>
-[...7 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="898">
       <c r="A898" t="s">
         <v>3056</v>
       </c>
       <c r="B898" t="s">
         <v>3057</v>
       </c>
       <c r="C898" t="s" s="2">
         <v>3058</v>
       </c>
-      <c r="D898" s="4">
-        <v>250798596633</v>
+      <c r="D898" s="3">
+        <v>2349162484113</v>
       </c>
       <c r="E898" t="s">
-        <v>365</v>
+        <v>31</v>
       </c>
       <c r="F898" t="s">
-        <v>3059</v>
+        <v>32</v>
       </c>
     </row>
     <row r="899">
       <c r="A899" t="s">
+        <v>3059</v>
+      </c>
+      <c r="B899"/>
+      <c r="C899" t="s" s="2">
         <v>3060</v>
       </c>
-      <c r="B899" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D899"/>
       <c r="E899" t="s">
-        <v>365</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="F899"/>
     </row>
     <row r="900">
       <c r="A900" t="s">
-        <v>3065</v>
+        <v>3061</v>
       </c>
       <c r="B900" t="s">
-        <v>3066</v>
+        <v>3062</v>
       </c>
       <c r="C900" t="s" s="2">
-        <v>3067</v>
-[...2 lines deleted...]
-        <v>2348022853641</v>
+        <v>3063</v>
+      </c>
+      <c r="D900" t="s" s="4">
+        <v>3064</v>
       </c>
       <c r="E900" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F900" t="s">
-        <v>3068</v>
+        <v>135</v>
       </c>
     </row>
     <row r="901">
       <c r="A901" t="s">
-        <v>3069</v>
-[...3 lines deleted...]
-      </c>
+        <v>3065</v>
+      </c>
+      <c r="B901"/>
       <c r="C901" t="s" s="2">
-        <v>3071</v>
-[...3 lines deleted...]
-      </c>
+        <v>3066</v>
+      </c>
+      <c r="D901"/>
       <c r="E901" t="s">
-        <v>1940</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="F901"/>
     </row>
     <row r="902">
       <c r="A902" t="s">
-        <v>3072</v>
-[...1 lines deleted...]
-      <c r="B902"/>
+        <v>3067</v>
+      </c>
+      <c r="B902" t="s">
+        <v>3068</v>
+      </c>
       <c r="C902" t="s" s="2">
-        <v>3073</v>
-[...1 lines deleted...]
-      <c r="D902"/>
+        <v>3069</v>
+      </c>
+      <c r="D902" s="3">
+        <v>263719611819</v>
+      </c>
       <c r="E902" t="s">
-        <v>2684</v>
-[...1 lines deleted...]
-      <c r="F902"/>
+        <v>2696</v>
+      </c>
+      <c r="F902" t="s">
+        <v>3070</v>
+      </c>
     </row>
     <row r="903">
       <c r="A903" t="s">
-        <v>3074</v>
-[...1 lines deleted...]
-      <c r="B903"/>
+        <v>3071</v>
+      </c>
+      <c r="B903" t="s">
+        <v>3072</v>
+      </c>
       <c r="C903" t="s" s="2">
-        <v>3075</v>
-[...1 lines deleted...]
-      <c r="D903"/>
+        <v>3073</v>
+      </c>
+      <c r="D903" s="3">
+        <v>2348113548296</v>
+      </c>
       <c r="E903" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="F903"/>
+        <v>31</v>
+      </c>
+      <c r="F903" t="s">
+        <v>566</v>
+      </c>
     </row>
     <row r="904">
       <c r="A904" t="s">
+        <v>3074</v>
+      </c>
+      <c r="B904" t="s">
+        <v>3075</v>
+      </c>
+      <c r="C904" t="s" s="2">
         <v>3076</v>
       </c>
-      <c r="B904" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D904"/>
       <c r="E904" t="s">
-        <v>2684</v>
-[...3 lines deleted...]
-      </c>
+        <v>424</v>
+      </c>
+      <c r="F904"/>
     </row>
     <row r="905">
       <c r="A905" t="s">
-        <v>3080</v>
-[...3 lines deleted...]
-      </c>
+        <v>3077</v>
+      </c>
+      <c r="B905"/>
       <c r="C905" t="s" s="2">
-        <v>3082</v>
-[...3 lines deleted...]
-      </c>
+        <v>3078</v>
+      </c>
+      <c r="D905"/>
       <c r="E905" t="s">
-        <v>1966</v>
-[...3 lines deleted...]
-      </c>
+        <v>424</v>
+      </c>
+      <c r="F905"/>
     </row>
     <row r="906">
       <c r="A906" t="s">
-        <v>3083</v>
-[...3 lines deleted...]
-      </c>
+        <v>3079</v>
+      </c>
+      <c r="B906"/>
       <c r="C906" t="s" s="2">
-        <v>3085</v>
-[...3 lines deleted...]
-      </c>
+        <v>3080</v>
+      </c>
+      <c r="D906"/>
       <c r="E906" t="s">
-        <v>137</v>
-[...3 lines deleted...]
-      </c>
+        <v>424</v>
+      </c>
+      <c r="F906"/>
     </row>
     <row r="907">
       <c r="A907" t="s">
-        <v>3086</v>
+        <v>3081</v>
       </c>
       <c r="B907" t="s">
-        <v>3087</v>
+        <v>3082</v>
       </c>
       <c r="C907" t="s" s="2">
-        <v>3088</v>
-[...2 lines deleted...]
-        <v>250798645146</v>
+        <v>3083</v>
+      </c>
+      <c r="D907" s="3">
+        <v>250789496583</v>
       </c>
       <c r="E907" t="s">
-        <v>2746</v>
+        <v>424</v>
       </c>
       <c r="F907" t="s">
-        <v>12</v>
+        <v>3084</v>
       </c>
     </row>
     <row r="908">
       <c r="A908" t="s">
-        <v>3089</v>
+        <v>3085</v>
       </c>
       <c r="B908" t="s">
-        <v>3090</v>
-[...5 lines deleted...]
-        <v>250783312719</v>
+        <v>3086</v>
+      </c>
+      <c r="C908" t="s">
+        <v>3087</v>
+      </c>
+      <c r="D908" s="3">
+        <v>250788337893</v>
       </c>
       <c r="E908" t="s">
-        <v>365</v>
+        <v>584</v>
       </c>
       <c r="F908" t="s">
-        <v>34</v>
+        <v>3088</v>
       </c>
     </row>
     <row r="909">
       <c r="A909" t="s">
+        <v>3089</v>
+      </c>
+      <c r="B909" t="s">
+        <v>3090</v>
+      </c>
+      <c r="C909" t="s" s="2">
+        <v>3091</v>
+      </c>
+      <c r="D909" s="3">
+        <v>250783560725</v>
+      </c>
+      <c r="E909" t="s">
         <v>3092</v>
       </c>
-      <c r="B909" t="s">
+      <c r="F909" t="s">
         <v>3093</v>
-      </c>
-[...10 lines deleted...]
-        <v>3096</v>
       </c>
     </row>
     <row r="910">
       <c r="A910" t="s">
-        <v>3097</v>
-[...3 lines deleted...]
-      </c>
+        <v>3094</v>
+      </c>
+      <c r="B910"/>
       <c r="C910" t="s" s="2">
-        <v>3099</v>
-[...3 lines deleted...]
-      </c>
+        <v>3095</v>
+      </c>
+      <c r="D910"/>
       <c r="E910" t="s">
-        <v>2647</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F910"/>
     </row>
     <row r="911">
       <c r="A911" t="s">
-        <v>3100</v>
+        <v>3096</v>
       </c>
       <c r="B911" t="s">
-        <v>3101</v>
+        <v>3097</v>
       </c>
       <c r="C911" t="s" s="2">
-        <v>3102</v>
-[...2 lines deleted...]
-        <v>250791055615</v>
+        <v>3098</v>
+      </c>
+      <c r="D911" s="3">
+        <v>263718026543</v>
       </c>
       <c r="E911" t="s">
-        <v>1940</v>
+        <v>2733</v>
       </c>
       <c r="F911" t="s">
-        <v>3103</v>
+        <v>327</v>
       </c>
     </row>
     <row r="912">
       <c r="A912" t="s">
-        <v>3104</v>
+        <v>3099</v>
       </c>
       <c r="B912" t="s">
-        <v>3105</v>
+        <v>3100</v>
       </c>
       <c r="C912" t="s" s="2">
-        <v>3106</v>
-[...2 lines deleted...]
-        <v>3107</v>
+        <v>3101</v>
+      </c>
+      <c r="D912">
+        <v>3179702429</v>
       </c>
       <c r="E912" t="s">
-        <v>365</v>
+        <v>31</v>
       </c>
       <c r="F912" t="s">
-        <v>1132</v>
+        <v>327</v>
       </c>
     </row>
     <row r="913">
       <c r="A913" t="s">
-        <v>3108</v>
+        <v>3102</v>
       </c>
       <c r="B913" t="s">
-        <v>3109</v>
+        <v>3103</v>
       </c>
       <c r="C913" t="s" s="2">
-        <v>3110</v>
-[...2 lines deleted...]
-        <v>233241530256</v>
+        <v>3104</v>
+      </c>
+      <c r="D913">
+        <v>790334233</v>
       </c>
       <c r="E913" t="s">
-        <v>33</v>
+        <v>424</v>
       </c>
       <c r="F913" t="s">
-        <v>123</v>
+        <v>32</v>
       </c>
     </row>
     <row r="914">
       <c r="A914" t="s">
-        <v>3111</v>
+        <v>3105</v>
       </c>
       <c r="B914" t="s">
-        <v>3112</v>
+        <v>3106</v>
       </c>
       <c r="C914" t="s" s="2">
-        <v>3113</v>
-[...2 lines deleted...]
-        <v>256755632903</v>
+        <v>3107</v>
+      </c>
+      <c r="D914" s="3">
+        <v>250798596633</v>
       </c>
       <c r="E914" t="s">
-        <v>130</v>
+        <v>424</v>
       </c>
       <c r="F914" t="s">
-        <v>475</v>
+        <v>3108</v>
       </c>
     </row>
     <row r="915">
       <c r="A915" t="s">
-        <v>3114</v>
+        <v>3109</v>
       </c>
       <c r="B915" t="s">
-        <v>3115</v>
+        <v>3110</v>
       </c>
       <c r="C915" t="s" s="2">
-        <v>3116</v>
-[...2 lines deleted...]
-        <v>250787893832</v>
+        <v>3111</v>
+      </c>
+      <c r="D915" t="s" s="4">
+        <v>3112</v>
       </c>
       <c r="E915" t="s">
-        <v>365</v>
+        <v>424</v>
       </c>
       <c r="F915" t="s">
-        <v>710</v>
+        <v>3113</v>
       </c>
     </row>
     <row r="916">
       <c r="A916" t="s">
+        <v>3114</v>
+      </c>
+      <c r="B916" t="s">
+        <v>3115</v>
+      </c>
+      <c r="C916" t="s" s="2">
+        <v>3116</v>
+      </c>
+      <c r="D916" s="3">
+        <v>2348022853641</v>
+      </c>
+      <c r="E916" t="s">
+        <v>31</v>
+      </c>
+      <c r="F916" t="s">
         <v>3117</v>
-      </c>
-[...13 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="917">
       <c r="A917" t="s">
+        <v>3118</v>
+      </c>
+      <c r="B917" t="s">
+        <v>3119</v>
+      </c>
+      <c r="C917" t="s" s="2">
         <v>3120</v>
       </c>
-      <c r="B917"/>
-[...3 lines deleted...]
-      <c r="D917"/>
+      <c r="D917" s="3">
+        <v>250787746407</v>
+      </c>
       <c r="E917" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="F917"/>
+        <v>1989</v>
+      </c>
+      <c r="F917" t="s">
+        <v>105</v>
+      </c>
     </row>
     <row r="918">
       <c r="A918" t="s">
+        <v>3121</v>
+      </c>
+      <c r="B918"/>
+      <c r="C918" t="s" s="2">
         <v>3122</v>
       </c>
-      <c r="B918" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D918"/>
       <c r="E918" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>2733</v>
+      </c>
+      <c r="F918"/>
     </row>
     <row r="919">
       <c r="A919" t="s">
-        <v>3125</v>
-[...3 lines deleted...]
-      </c>
+        <v>3123</v>
+      </c>
+      <c r="B919"/>
       <c r="C919" t="s" s="2">
-        <v>3127</v>
-[...3 lines deleted...]
-      </c>
+        <v>3124</v>
+      </c>
+      <c r="D919"/>
       <c r="E919" t="s">
-        <v>389</v>
-[...3 lines deleted...]
-      </c>
+        <v>424</v>
+      </c>
+      <c r="F919"/>
     </row>
     <row r="920">
       <c r="A920" t="s">
+        <v>3125</v>
+      </c>
+      <c r="B920" t="s">
+        <v>3126</v>
+      </c>
+      <c r="C920" t="s" s="2">
+        <v>3127</v>
+      </c>
+      <c r="D920" s="3">
+        <v>263780091074</v>
+      </c>
+      <c r="E920" t="s">
+        <v>2733</v>
+      </c>
+      <c r="F920" t="s">
         <v>3128</v>
       </c>
-      <c r="B920"/>
-[...7 lines deleted...]
-      <c r="F920"/>
     </row>
     <row r="921">
       <c r="A921" t="s">
+        <v>3129</v>
+      </c>
+      <c r="B921" t="s">
         <v>3130</v>
       </c>
-      <c r="B921" t="s">
+      <c r="C921" t="s" s="2">
         <v>3131</v>
       </c>
-      <c r="C921" t="s" s="2">
-[...3 lines deleted...]
-        <v>256771395500</v>
+      <c r="D921" s="3">
+        <v>260772812712</v>
       </c>
       <c r="E921" t="s">
-        <v>3133</v>
+        <v>2015</v>
       </c>
       <c r="F921" t="s">
-        <v>1589</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="922">
       <c r="A922" t="s">
+        <v>3132</v>
+      </c>
+      <c r="B922" t="s">
+        <v>3133</v>
+      </c>
+      <c r="C922" t="s" s="2">
         <v>3134</v>
       </c>
-      <c r="B922" t="s">
-[...6 lines deleted...]
-        <v>250788690696</v>
+      <c r="D922" s="3">
+        <v>256705337578</v>
       </c>
       <c r="E922" t="s">
-        <v>2746</v>
+        <v>199</v>
       </c>
       <c r="F922" t="s">
-        <v>3137</v>
+        <v>135</v>
       </c>
     </row>
     <row r="923">
       <c r="A923" t="s">
-        <v>3138</v>
+        <v>3135</v>
       </c>
       <c r="B923" t="s">
-        <v>3135</v>
+        <v>3136</v>
       </c>
       <c r="C923" t="s" s="2">
-        <v>3139</v>
-[...2 lines deleted...]
-        <v>250788690696</v>
+        <v>3137</v>
+      </c>
+      <c r="D923" s="3">
+        <v>250798645146</v>
       </c>
       <c r="E923" t="s">
-        <v>2746</v>
+        <v>2795</v>
       </c>
       <c r="F923" t="s">
-        <v>3137</v>
+        <v>32</v>
       </c>
     </row>
     <row r="924">
       <c r="A924" t="s">
+        <v>3138</v>
+      </c>
+      <c r="B924" t="s">
+        <v>3139</v>
+      </c>
+      <c r="C924" t="s" s="2">
         <v>3140</v>
       </c>
-      <c r="B924" t="s">
-[...6 lines deleted...]
-        <v>250781028441</v>
+      <c r="D924" s="3">
+        <v>250783312719</v>
       </c>
       <c r="E924" t="s">
-        <v>365</v>
+        <v>424</v>
       </c>
       <c r="F924" t="s">
-        <v>12</v>
+        <v>100</v>
       </c>
     </row>
     <row r="925">
       <c r="A925" t="s">
+        <v>3141</v>
+      </c>
+      <c r="B925" t="s">
+        <v>3142</v>
+      </c>
+      <c r="C925" t="s" s="2">
         <v>3143</v>
       </c>
-      <c r="B925" t="s">
+      <c r="D925" t="s" s="4">
         <v>3144</v>
       </c>
-      <c r="C925" t="s" s="2">
+      <c r="E925" t="s">
+        <v>424</v>
+      </c>
+      <c r="F925" t="s">
         <v>3145</v>
-      </c>
-[...7 lines deleted...]
-        <v>1533</v>
       </c>
     </row>
     <row r="926">
       <c r="A926" t="s">
         <v>3146</v>
       </c>
       <c r="B926" t="s">
         <v>3147</v>
       </c>
       <c r="C926" t="s" s="2">
         <v>3148</v>
       </c>
-      <c r="D926" t="s" s="3">
-        <v>3149</v>
+      <c r="D926" s="3">
+        <v>263781491918</v>
       </c>
       <c r="E926" t="s">
-        <v>60</v>
+        <v>2696</v>
       </c>
       <c r="F926" t="s">
-        <v>12</v>
+        <v>566</v>
       </c>
     </row>
     <row r="927">
       <c r="A927" t="s">
+        <v>3149</v>
+      </c>
+      <c r="B927" t="s">
         <v>3150</v>
       </c>
-      <c r="B927" t="s">
+      <c r="C927" t="s" s="2">
         <v>3151</v>
       </c>
-      <c r="C927" t="s" s="2">
+      <c r="D927" s="3">
+        <v>250791055615</v>
+      </c>
+      <c r="E927" t="s">
+        <v>1989</v>
+      </c>
+      <c r="F927" t="s">
         <v>3152</v>
-      </c>
-[...7 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="928">
       <c r="A928" t="s">
+        <v>3153</v>
+      </c>
+      <c r="B928" t="s">
+        <v>3154</v>
+      </c>
+      <c r="C928" t="s" s="2">
         <v>3155</v>
       </c>
-      <c r="B928" t="s">
+      <c r="D928" t="s" s="4">
         <v>3156</v>
       </c>
-      <c r="C928" t="s" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="E928" t="s">
-        <v>11</v>
+        <v>424</v>
       </c>
       <c r="F928" t="s">
-        <v>34</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="929">
       <c r="A929" t="s">
+        <v>3157</v>
+      </c>
+      <c r="B929" t="s">
         <v>3158</v>
       </c>
-      <c r="B929" t="s">
+      <c r="C929" t="s" s="2">
         <v>3159</v>
       </c>
-      <c r="C929" t="s" s="2">
-[...3 lines deleted...]
-        <v>250791226934</v>
+      <c r="D929" s="3">
+        <v>233241530256</v>
       </c>
       <c r="E929" t="s">
-        <v>1940</v>
+        <v>20</v>
       </c>
       <c r="F929" t="s">
-        <v>263</v>
+        <v>26</v>
       </c>
     </row>
     <row r="930">
       <c r="A930" t="s">
+        <v>3160</v>
+      </c>
+      <c r="B930" t="s">
         <v>3161</v>
       </c>
-      <c r="B930"/>
       <c r="C930" t="s" s="2">
         <v>3162</v>
       </c>
-      <c r="D930"/>
+      <c r="D930" s="3">
+        <v>256755632903</v>
+      </c>
       <c r="E930" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="F930"/>
+        <v>192</v>
+      </c>
+      <c r="F930" t="s">
+        <v>529</v>
+      </c>
     </row>
     <row r="931">
       <c r="A931" t="s">
         <v>3163</v>
       </c>
-      <c r="B931"/>
+      <c r="B931" t="s">
+        <v>3164</v>
+      </c>
       <c r="C931" t="s" s="2">
-        <v>3164</v>
-[...1 lines deleted...]
-      <c r="D931"/>
+        <v>3165</v>
+      </c>
+      <c r="D931" s="3">
+        <v>250787893832</v>
+      </c>
       <c r="E931" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F931"/>
+        <v>424</v>
+      </c>
+      <c r="F931" t="s">
+        <v>763</v>
+      </c>
     </row>
     <row r="932">
       <c r="A932" t="s">
-        <v>3165</v>
+        <v>3166</v>
       </c>
       <c r="B932" t="s">
-        <v>3166</v>
+        <v>3167</v>
       </c>
       <c r="C932" t="s" s="2">
-        <v>3167</v>
-[...2 lines deleted...]
-        <v>233242608656</v>
+        <v>3168</v>
+      </c>
+      <c r="D932" s="3">
+        <v>250788260984</v>
       </c>
       <c r="E932" t="s">
-        <v>33</v>
+        <v>424</v>
       </c>
       <c r="F932" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="933">
       <c r="A933" t="s">
-        <v>3168</v>
-[...1 lines deleted...]
-      <c r="B933" t="s">
         <v>3169</v>
       </c>
+      <c r="B933"/>
       <c r="C933" t="s" s="2">
         <v>3170</v>
       </c>
-      <c r="D933" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="D933"/>
       <c r="E933" t="s">
-        <v>2684</v>
-[...3 lines deleted...]
-      </c>
+        <v>424</v>
+      </c>
+      <c r="F933"/>
     </row>
     <row r="934">
       <c r="A934" t="s">
+        <v>3171</v>
+      </c>
+      <c r="B934" t="s">
         <v>3172</v>
       </c>
-      <c r="B934" t="s">
+      <c r="C934" t="s" s="2">
         <v>3173</v>
       </c>
-      <c r="C934" t="s" s="2">
-[...3 lines deleted...]
-        <v>263779107560</v>
+      <c r="D934" s="3">
+        <v>233246294517</v>
       </c>
       <c r="E934" t="s">
-        <v>2647</v>
+        <v>20</v>
       </c>
       <c r="F934" t="s">
-        <v>3175</v>
+        <v>26</v>
       </c>
     </row>
     <row r="935">
       <c r="A935" t="s">
+        <v>3174</v>
+      </c>
+      <c r="B935" t="s">
+        <v>3175</v>
+      </c>
+      <c r="C935" t="s" s="2">
         <v>3176</v>
       </c>
-      <c r="B935" t="s">
-[...6 lines deleted...]
-        <v>233553058602</v>
+      <c r="D935" s="3">
+        <v>256779854528</v>
       </c>
       <c r="E935" t="s">
-        <v>33</v>
+        <v>448</v>
       </c>
       <c r="F935" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="936">
       <c r="A936" t="s">
-        <v>3179</v>
-[...3 lines deleted...]
-      </c>
+        <v>3177</v>
+      </c>
+      <c r="B936"/>
       <c r="C936" t="s" s="2">
-        <v>3181</v>
-[...3 lines deleted...]
-      </c>
+        <v>3178</v>
+      </c>
+      <c r="D936"/>
       <c r="E936" t="s">
-        <v>365</v>
-[...3 lines deleted...]
-      </c>
+        <v>424</v>
+      </c>
+      <c r="F936"/>
     </row>
     <row r="937">
       <c r="A937" t="s">
+        <v>3179</v>
+      </c>
+      <c r="B937" t="s">
+        <v>3180</v>
+      </c>
+      <c r="C937" t="s" s="2">
+        <v>3181</v>
+      </c>
+      <c r="D937" s="3">
+        <v>256771395500</v>
+      </c>
+      <c r="E937" t="s">
         <v>3182</v>
       </c>
-      <c r="B937" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F937" t="s">
-        <v>562</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="938">
       <c r="A938" t="s">
+        <v>3183</v>
+      </c>
+      <c r="B938" t="s">
+        <v>3184</v>
+      </c>
+      <c r="C938" t="s" s="2">
         <v>3185</v>
       </c>
-      <c r="B938"/>
-      <c r="C938" t="s" s="2">
+      <c r="D938" s="3">
+        <v>250788690696</v>
+      </c>
+      <c r="E938" t="s">
+        <v>2795</v>
+      </c>
+      <c r="F938" t="s">
         <v>3186</v>
       </c>
-      <c r="D938"/>
-[...3 lines deleted...]
-      <c r="F938"/>
     </row>
     <row r="939">
       <c r="A939" t="s">
         <v>3187</v>
       </c>
       <c r="B939" t="s">
-        <v>3066</v>
+        <v>3184</v>
       </c>
       <c r="C939" t="s" s="2">
         <v>3188</v>
       </c>
-      <c r="D939" s="4">
-        <v>2348022853641</v>
+      <c r="D939" s="3">
+        <v>250788690696</v>
       </c>
       <c r="E939" t="s">
-        <v>11</v>
+        <v>2795</v>
       </c>
       <c r="F939" t="s">
-        <v>3189</v>
+        <v>3186</v>
       </c>
     </row>
     <row r="940">
       <c r="A940" t="s">
+        <v>3189</v>
+      </c>
+      <c r="B940" t="s">
         <v>3190</v>
       </c>
-      <c r="B940" t="s">
+      <c r="C940" t="s" s="2">
         <v>3191</v>
       </c>
-      <c r="C940" t="s" s="2">
-[...3 lines deleted...]
-        <v>3193</v>
+      <c r="D940" s="3">
+        <v>250781028441</v>
       </c>
       <c r="E940" t="s">
-        <v>142</v>
+        <v>424</v>
       </c>
       <c r="F940" t="s">
-        <v>463</v>
+        <v>32</v>
       </c>
     </row>
     <row r="941">
       <c r="A941" t="s">
+        <v>3192</v>
+      </c>
+      <c r="B941" t="s">
+        <v>3193</v>
+      </c>
+      <c r="C941" t="s" s="2">
         <v>3194</v>
       </c>
-      <c r="B941" t="s">
-[...6 lines deleted...]
-        <v>245073802</v>
+      <c r="D941" s="3">
+        <v>250785527793</v>
       </c>
       <c r="E941" t="s">
-        <v>33</v>
+        <v>424</v>
       </c>
       <c r="F941" t="s">
-        <v>12</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="942">
       <c r="A942" t="s">
+        <v>3195</v>
+      </c>
+      <c r="B942" t="s">
+        <v>3196</v>
+      </c>
+      <c r="C942" t="s" s="2">
         <v>3197</v>
       </c>
-      <c r="B942" t="s">
+      <c r="D942" t="s" s="4">
         <v>3198</v>
       </c>
-      <c r="C942" t="s" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="E942" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="F942" t="s">
-        <v>463</v>
+        <v>32</v>
       </c>
     </row>
     <row r="943">
       <c r="A943" t="s">
+        <v>3199</v>
+      </c>
+      <c r="B943" t="s">
+        <v>3200</v>
+      </c>
+      <c r="C943" t="s" s="2">
         <v>3201</v>
       </c>
-      <c r="B943" t="s">
+      <c r="D943" t="s" s="4">
         <v>3202</v>
       </c>
-      <c r="C943" t="s" s="2">
+      <c r="E943" t="s">
         <v>3203</v>
       </c>
-      <c r="D943" s="4">
-[...4 lines deleted...]
-      </c>
       <c r="F943" t="s">
-        <v>897</v>
+        <v>16</v>
       </c>
     </row>
     <row r="944">
       <c r="A944" t="s">
         <v>3204</v>
       </c>
       <c r="B944" t="s">
         <v>3205</v>
       </c>
       <c r="C944" t="s" s="2">
         <v>3206</v>
       </c>
-      <c r="D944" t="s" s="3">
-        <v>3207</v>
+      <c r="D944" s="3">
+        <v>13179692508</v>
       </c>
       <c r="E944" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F944" t="s">
-        <v>12</v>
+        <v>100</v>
       </c>
     </row>
     <row r="945">
       <c r="A945" t="s">
+        <v>3207</v>
+      </c>
+      <c r="B945" t="s">
         <v>3208</v>
       </c>
-      <c r="B945"/>
       <c r="C945" t="s" s="2">
         <v>3209</v>
       </c>
-      <c r="D945"/>
+      <c r="D945" s="3">
+        <v>250791226934</v>
+      </c>
       <c r="E945" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F945"/>
+        <v>1989</v>
+      </c>
+      <c r="F945" t="s">
+        <v>323</v>
+      </c>
     </row>
     <row r="946">
       <c r="A946" t="s">
         <v>3210</v>
       </c>
-      <c r="B946" t="s">
+      <c r="B946"/>
+      <c r="C946" t="s" s="2">
         <v>3211</v>
       </c>
-      <c r="C946" t="s" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="D946"/>
       <c r="E946" t="s">
-        <v>1556</v>
-[...3 lines deleted...]
-      </c>
+        <v>424</v>
+      </c>
+      <c r="F946"/>
     </row>
     <row r="947">
       <c r="A947" t="s">
-        <v>3214</v>
-[...3 lines deleted...]
-      </c>
+        <v>3212</v>
+      </c>
+      <c r="B947"/>
       <c r="C947" t="s" s="2">
-        <v>3216</v>
-[...3 lines deleted...]
-      </c>
+        <v>3213</v>
+      </c>
+      <c r="D947"/>
       <c r="E947" t="s">
-        <v>142</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F947"/>
     </row>
     <row r="948">
       <c r="A948" t="s">
-        <v>3218</v>
-[...1 lines deleted...]
-      <c r="B948"/>
+        <v>3214</v>
+      </c>
+      <c r="B948" t="s">
+        <v>3215</v>
+      </c>
       <c r="C948" t="s" s="2">
-        <v>3219</v>
-[...1 lines deleted...]
-      <c r="D948"/>
+        <v>3216</v>
+      </c>
+      <c r="D948" s="3">
+        <v>233242608656</v>
+      </c>
       <c r="E948" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F948"/>
+        <v>20</v>
+      </c>
+      <c r="F948" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="949">
       <c r="A949" t="s">
+        <v>3217</v>
+      </c>
+      <c r="B949" t="s">
+        <v>3218</v>
+      </c>
+      <c r="C949" t="s" s="2">
+        <v>3219</v>
+      </c>
+      <c r="D949" s="3">
+        <v>263787766072</v>
+      </c>
+      <c r="E949" t="s">
+        <v>2733</v>
+      </c>
+      <c r="F949" t="s">
         <v>3220</v>
-      </c>
-[...13 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="950">
       <c r="A950" t="s">
+        <v>3221</v>
+      </c>
+      <c r="B950" t="s">
+        <v>3222</v>
+      </c>
+      <c r="C950" t="s" s="2">
         <v>3223</v>
       </c>
-      <c r="B950" t="s">
+      <c r="D950" s="3">
+        <v>263779107560</v>
+      </c>
+      <c r="E950" t="s">
+        <v>2696</v>
+      </c>
+      <c r="F950" t="s">
         <v>3224</v>
-      </c>
-[...10 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="951">
       <c r="A951" t="s">
+        <v>3225</v>
+      </c>
+      <c r="B951" t="s">
         <v>3226</v>
       </c>
-      <c r="B951"/>
       <c r="C951" t="s" s="2">
         <v>3227</v>
       </c>
-      <c r="D951"/>
+      <c r="D951" s="3">
+        <v>233553058602</v>
+      </c>
       <c r="E951" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F951"/>
+        <v>20</v>
+      </c>
+      <c r="F951" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="952">
       <c r="A952" t="s">
         <v>3228</v>
       </c>
       <c r="B952" t="s">
         <v>3229</v>
       </c>
       <c r="C952" t="s" s="2">
         <v>3230</v>
       </c>
-      <c r="D952" s="4">
-        <v>2347059845940</v>
+      <c r="D952" s="3">
+        <v>250787993762</v>
       </c>
       <c r="E952" t="s">
-        <v>11</v>
+        <v>424</v>
       </c>
       <c r="F952" t="s">
-        <v>1669</v>
+        <v>32</v>
       </c>
     </row>
     <row r="953">
       <c r="A953" t="s">
         <v>3231</v>
       </c>
       <c r="B953" t="s">
-        <v>2293</v>
+        <v>3232</v>
       </c>
       <c r="C953" t="s" s="2">
-        <v>3232</v>
-[...1 lines deleted...]
-      <c r="D953" t="s" s="3">
         <v>3233</v>
       </c>
+      <c r="D953" s="3">
+        <v>233598294681</v>
+      </c>
       <c r="E953" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F953" t="s">
-        <v>3234</v>
+        <v>616</v>
       </c>
     </row>
     <row r="954">
       <c r="A954" t="s">
+        <v>3234</v>
+      </c>
+      <c r="B954"/>
+      <c r="C954" t="s" s="2">
         <v>3235</v>
       </c>
-      <c r="B954" t="s" s="2">
-[...7 lines deleted...]
-      </c>
+      <c r="D954"/>
       <c r="E954" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>2767</v>
+      </c>
+      <c r="F954"/>
     </row>
     <row r="955">
       <c r="A955" t="s">
+        <v>3236</v>
+      </c>
+      <c r="B955" t="s">
+        <v>3115</v>
+      </c>
+      <c r="C955" t="s" s="2">
+        <v>3237</v>
+      </c>
+      <c r="D955" s="3">
+        <v>2348022853641</v>
+      </c>
+      <c r="E955" t="s">
+        <v>31</v>
+      </c>
+      <c r="F955" t="s">
         <v>3238</v>
       </c>
-      <c r="B955"/>
-[...7 lines deleted...]
-      <c r="F955"/>
     </row>
     <row r="956">
       <c r="A956" t="s">
+        <v>3239</v>
+      </c>
+      <c r="B956" t="s">
         <v>3240</v>
       </c>
-      <c r="B956"/>
-      <c r="C956" t="s">
+      <c r="C956" t="s" s="2">
         <v>3241</v>
       </c>
-      <c r="D956"/>
+      <c r="D956" t="s" s="4">
+        <v>3242</v>
+      </c>
       <c r="E956" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F956"/>
+        <v>203</v>
+      </c>
+      <c r="F956" t="s">
+        <v>517</v>
+      </c>
     </row>
     <row r="957">
       <c r="A957" t="s">
-        <v>3242</v>
-[...1 lines deleted...]
-      <c r="B957"/>
+        <v>3243</v>
+      </c>
+      <c r="B957" t="s">
+        <v>3244</v>
+      </c>
       <c r="C957" t="s" s="2">
-        <v>3243</v>
-[...1 lines deleted...]
-      <c r="D957"/>
+        <v>3245</v>
+      </c>
+      <c r="D957">
+        <v>245073802</v>
+      </c>
       <c r="E957" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F957"/>
+        <v>20</v>
+      </c>
+      <c r="F957" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="958">
       <c r="A958" t="s">
-        <v>3244</v>
+        <v>3246</v>
       </c>
       <c r="B958" t="s">
-        <v>3245</v>
+        <v>3247</v>
       </c>
       <c r="C958" t="s" s="2">
-        <v>3246</v>
-[...2 lines deleted...]
-        <v>2347062174010</v>
+        <v>3248</v>
+      </c>
+      <c r="D958" t="s" s="4">
+        <v>3249</v>
       </c>
       <c r="E958" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F958" t="s">
-        <v>28</v>
+        <v>517</v>
       </c>
     </row>
     <row r="959">
       <c r="A959" t="s">
-        <v>3247</v>
+        <v>3250</v>
       </c>
       <c r="B959" t="s">
-        <v>3248</v>
+        <v>3251</v>
       </c>
       <c r="C959" t="s" s="2">
-        <v>3249</v>
-[...2 lines deleted...]
-        <v>233504363018</v>
+        <v>3252</v>
+      </c>
+      <c r="D959" s="3">
+        <v>2347044987854</v>
       </c>
       <c r="E959" t="s">
-        <v>142</v>
+        <v>31</v>
       </c>
       <c r="F959" t="s">
-        <v>12</v>
+        <v>947</v>
       </c>
     </row>
     <row r="960">
       <c r="A960" t="s">
-        <v>3250</v>
+        <v>3253</v>
       </c>
       <c r="B960" t="s">
-        <v>3251</v>
+        <v>3254</v>
       </c>
       <c r="C960" t="s" s="2">
-        <v>3252</v>
-[...2 lines deleted...]
-        <v>2348092410799</v>
+        <v>3255</v>
+      </c>
+      <c r="D960" t="s" s="4">
+        <v>3256</v>
       </c>
       <c r="E960" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="F960" t="s">
-        <v>123</v>
+        <v>32</v>
       </c>
     </row>
     <row r="961">
       <c r="A961" t="s">
-        <v>3253</v>
+        <v>3257</v>
       </c>
       <c r="B961"/>
       <c r="C961" t="s" s="2">
-        <v>3254</v>
+        <v>3258</v>
       </c>
       <c r="D961"/>
       <c r="E961" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F961"/>
     </row>
     <row r="962">
       <c r="A962" t="s">
-        <v>3255</v>
+        <v>3259</v>
       </c>
       <c r="B962" t="s">
-        <v>3256</v>
+        <v>3260</v>
       </c>
       <c r="C962" t="s" s="2">
-        <v>3257</v>
-[...2 lines deleted...]
-        <v>2347033414733</v>
+        <v>3261</v>
+      </c>
+      <c r="D962" s="3">
+        <v>2348060555138</v>
       </c>
       <c r="E962" t="s">
-        <v>11</v>
+        <v>1606</v>
       </c>
       <c r="F962" t="s">
-        <v>12</v>
+        <v>3262</v>
       </c>
     </row>
     <row r="963">
       <c r="A963" t="s">
-        <v>3258</v>
+        <v>3263</v>
       </c>
       <c r="B963" t="s">
-        <v>3259</v>
+        <v>3264</v>
       </c>
       <c r="C963" t="s" s="2">
-        <v>3260</v>
-[...2 lines deleted...]
-        <v>3261</v>
+        <v>3265</v>
+      </c>
+      <c r="D963" t="s" s="4">
+        <v>3266</v>
       </c>
       <c r="E963" t="s">
-        <v>16</v>
+        <v>203</v>
       </c>
       <c r="F963" t="s">
-        <v>12</v>
+        <v>255</v>
       </c>
     </row>
     <row r="964">
       <c r="A964" t="s">
-        <v>3262</v>
-[...3 lines deleted...]
-      </c>
+        <v>3267</v>
+      </c>
+      <c r="B964"/>
       <c r="C964" t="s" s="2">
-        <v>3264</v>
-[...3 lines deleted...]
-      </c>
+        <v>3268</v>
+      </c>
+      <c r="D964"/>
       <c r="E964" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F964"/>
     </row>
     <row r="965">
       <c r="A965" t="s">
-        <v>3267</v>
+        <v>3269</v>
       </c>
       <c r="B965" t="s">
-        <v>3268</v>
+        <v>3270</v>
       </c>
       <c r="C965" t="s" s="2">
-        <v>3269</v>
-[...2 lines deleted...]
-        <v>256703959087</v>
+        <v>3271</v>
+      </c>
+      <c r="D965" s="3">
+        <v>233247491122</v>
       </c>
       <c r="E965" t="s">
-        <v>130</v>
+        <v>20</v>
       </c>
       <c r="F965" t="s">
-        <v>3270</v>
+        <v>26</v>
       </c>
     </row>
     <row r="966">
       <c r="A966" t="s">
-        <v>3271</v>
+        <v>3272</v>
       </c>
       <c r="B966" t="s">
-        <v>3272</v>
+        <v>3273</v>
       </c>
       <c r="C966" t="s" s="2">
-        <v>3273</v>
-[...2 lines deleted...]
-        <v>2349012234626</v>
+        <v>3274</v>
+      </c>
+      <c r="D966" s="3">
+        <v>233242274977</v>
       </c>
       <c r="E966" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F966" t="s">
-        <v>3274</v>
+        <v>26</v>
       </c>
     </row>
     <row r="967">
       <c r="A967" t="s">
         <v>3275</v>
       </c>
       <c r="B967"/>
       <c r="C967" t="s" s="2">
         <v>3276</v>
       </c>
       <c r="D967"/>
       <c r="E967" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F967"/>
     </row>
     <row r="968">
       <c r="A968" t="s">
         <v>3277</v>
       </c>
-      <c r="B968"/>
+      <c r="B968" t="s">
+        <v>3278</v>
+      </c>
       <c r="C968" t="s" s="2">
-        <v>3278</v>
-[...1 lines deleted...]
-      <c r="D968"/>
+        <v>3279</v>
+      </c>
+      <c r="D968" s="3">
+        <v>2347059845940</v>
+      </c>
       <c r="E968" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F968"/>
+        <v>31</v>
+      </c>
+      <c r="F968" t="s">
+        <v>1719</v>
+      </c>
     </row>
     <row r="969">
       <c r="A969" t="s">
-        <v>3279</v>
+        <v>3280</v>
       </c>
       <c r="B969" t="s">
-        <v>3280</v>
+        <v>2342</v>
       </c>
       <c r="C969" t="s" s="2">
         <v>3281</v>
       </c>
-      <c r="D969" s="4">
-        <v>2348035690333</v>
+      <c r="D969" t="s" s="4">
+        <v>3282</v>
       </c>
       <c r="E969" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F969" t="s">
-        <v>12</v>
+        <v>3283</v>
       </c>
     </row>
     <row r="970">
       <c r="A970" t="s">
-        <v>3282</v>
-[...2 lines deleted...]
-        <v>3283</v>
+        <v>3284</v>
+      </c>
+      <c r="B970" t="s" s="2">
+        <v>3285</v>
       </c>
       <c r="C970" t="s" s="2">
-        <v>3284</v>
-[...2 lines deleted...]
-        <v>2348186280321</v>
+        <v>3285</v>
+      </c>
+      <c r="D970" t="s" s="4">
+        <v>3286</v>
       </c>
       <c r="E970" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F970" t="s">
-        <v>56</v>
+        <v>318</v>
       </c>
     </row>
     <row r="971">
       <c r="A971" t="s">
-        <v>3285</v>
-[...3 lines deleted...]
-      </c>
+        <v>3287</v>
+      </c>
+      <c r="B971"/>
       <c r="C971" t="s" s="2">
-        <v>3287</v>
-[...3 lines deleted...]
-      </c>
+        <v>3288</v>
+      </c>
+      <c r="D971"/>
       <c r="E971" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F971"/>
     </row>
     <row r="972">
       <c r="A972" t="s">
         <v>3289</v>
       </c>
-      <c r="B972" t="s">
+      <c r="B972"/>
+      <c r="C972" t="s">
         <v>3290</v>
       </c>
-      <c r="C972" t="s" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="D972"/>
       <c r="E972" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F972"/>
     </row>
     <row r="973">
       <c r="A973" t="s">
-        <v>3293</v>
-[...3 lines deleted...]
-      </c>
+        <v>3291</v>
+      </c>
+      <c r="B973"/>
       <c r="C973" t="s" s="2">
-        <v>3295</v>
-[...3 lines deleted...]
-      </c>
+        <v>3292</v>
+      </c>
+      <c r="D973"/>
       <c r="E973" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F973"/>
     </row>
     <row r="974">
       <c r="A974" t="s">
-        <v>3298</v>
-[...1 lines deleted...]
-      <c r="B974"/>
+        <v>3293</v>
+      </c>
+      <c r="B974" t="s">
+        <v>3294</v>
+      </c>
       <c r="C974" t="s" s="2">
-        <v>3299</v>
-[...1 lines deleted...]
-      <c r="D974"/>
+        <v>3295</v>
+      </c>
+      <c r="D974" s="3">
+        <v>2347062174010</v>
+      </c>
       <c r="E974" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F974"/>
+        <v>31</v>
+      </c>
+      <c r="F974" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="975">
       <c r="A975" t="s">
-        <v>3300</v>
+        <v>3296</v>
       </c>
       <c r="B975" t="s">
-        <v>3301</v>
+        <v>3297</v>
       </c>
       <c r="C975" t="s" s="2">
-        <v>3302</v>
-[...2 lines deleted...]
-        <v>254702381825</v>
+        <v>3298</v>
+      </c>
+      <c r="D975" s="3">
+        <v>233504363018</v>
       </c>
       <c r="E975" t="s">
-        <v>60</v>
+        <v>203</v>
       </c>
       <c r="F975" t="s">
-        <v>1725</v>
+        <v>32</v>
       </c>
     </row>
     <row r="976">
       <c r="A976" t="s">
-        <v>3303</v>
+        <v>3299</v>
       </c>
       <c r="B976" t="s">
+        <v>3300</v>
+      </c>
+      <c r="C976" t="s" s="2">
         <v>3301</v>
       </c>
-      <c r="C976" t="s">
-[...3 lines deleted...]
-        <v>254702381825</v>
+      <c r="D976" s="3">
+        <v>2348092410799</v>
       </c>
       <c r="E976" t="s">
-        <v>60</v>
+        <v>31</v>
       </c>
       <c r="F976" t="s">
-        <v>1725</v>
+        <v>26</v>
       </c>
     </row>
     <row r="977">
       <c r="A977" t="s">
-        <v>3305</v>
-[...3 lines deleted...]
-      </c>
+        <v>3302</v>
+      </c>
+      <c r="B977"/>
       <c r="C977" t="s" s="2">
-        <v>3307</v>
-[...3 lines deleted...]
-      </c>
+        <v>3303</v>
+      </c>
+      <c r="D977"/>
       <c r="E977" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F977"/>
     </row>
     <row r="978">
       <c r="A978" t="s">
-        <v>3309</v>
+        <v>3304</v>
       </c>
       <c r="B978" t="s">
-        <v>3310</v>
+        <v>3305</v>
       </c>
       <c r="C978" t="s" s="2">
-        <v>3311</v>
-[...2 lines deleted...]
-        <v>9060981545</v>
+        <v>3306</v>
+      </c>
+      <c r="D978" s="3">
+        <v>2347033414733</v>
       </c>
       <c r="E978" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F978" t="s">
-        <v>1121</v>
+        <v>32</v>
       </c>
     </row>
     <row r="979">
       <c r="A979" t="s">
-        <v>3312</v>
+        <v>3307</v>
       </c>
       <c r="B979" t="s">
-        <v>3313</v>
+        <v>3308</v>
       </c>
       <c r="C979" t="s" s="2">
-        <v>3314</v>
-[...2 lines deleted...]
-        <v>3315</v>
+        <v>3309</v>
+      </c>
+      <c r="D979" t="s" s="4">
+        <v>3310</v>
       </c>
       <c r="E979" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
       <c r="F979" t="s">
-        <v>1201</v>
+        <v>32</v>
       </c>
     </row>
     <row r="980">
       <c r="A980" t="s">
-        <v>3316</v>
+        <v>3311</v>
       </c>
       <c r="B980" t="s">
-        <v>3317</v>
+        <v>3312</v>
       </c>
       <c r="C980" t="s" s="2">
-        <v>3318</v>
-[...2 lines deleted...]
-        <v>3319</v>
+        <v>3313</v>
+      </c>
+      <c r="D980" t="s" s="4">
+        <v>3314</v>
       </c>
       <c r="E980" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="F980" t="s">
-        <v>263</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="981">
       <c r="A981" t="s">
-        <v>3320</v>
-[...1 lines deleted...]
-      <c r="B981"/>
+        <v>3316</v>
+      </c>
+      <c r="B981" t="s">
+        <v>3317</v>
+      </c>
       <c r="C981" t="s" s="2">
-        <v>3321</v>
-[...1 lines deleted...]
-      <c r="D981"/>
+        <v>3318</v>
+      </c>
+      <c r="D981" s="3">
+        <v>256703959087</v>
+      </c>
       <c r="E981" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="F981"/>
+        <v>192</v>
+      </c>
+      <c r="F981" t="s">
+        <v>3319</v>
+      </c>
     </row>
     <row r="982">
       <c r="A982" t="s">
+        <v>3320</v>
+      </c>
+      <c r="B982" t="s">
+        <v>3321</v>
+      </c>
+      <c r="C982" t="s" s="2">
         <v>3322</v>
       </c>
-      <c r="B982" t="s">
+      <c r="D982" s="3">
+        <v>2349012234626</v>
+      </c>
+      <c r="E982" t="s">
+        <v>31</v>
+      </c>
+      <c r="F982" t="s">
         <v>3323</v>
-      </c>
-[...10 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="983">
       <c r="A983" t="s">
+        <v>3324</v>
+      </c>
+      <c r="B983"/>
+      <c r="C983" t="s" s="2">
         <v>3325</v>
       </c>
-      <c r="B983" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D983"/>
       <c r="E983" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F983"/>
     </row>
     <row r="984">
       <c r="A984" t="s">
-        <v>3329</v>
-[...3 lines deleted...]
-      </c>
+        <v>3326</v>
+      </c>
+      <c r="B984"/>
       <c r="C984" t="s" s="2">
-        <v>3331</v>
-[...3 lines deleted...]
-      </c>
+        <v>3327</v>
+      </c>
+      <c r="D984"/>
       <c r="E984" t="s">
-        <v>474</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F984"/>
     </row>
     <row r="985">
       <c r="A985" t="s">
-        <v>3332</v>
+        <v>3328</v>
       </c>
       <c r="B985" t="s">
-        <v>3333</v>
+        <v>3329</v>
       </c>
       <c r="C985" t="s" s="2">
-        <v>3334</v>
-[...2 lines deleted...]
-        <v>2348103510452</v>
+        <v>3330</v>
+      </c>
+      <c r="D985" s="3">
+        <v>2348035690333</v>
       </c>
       <c r="E985" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="F985" t="s">
-        <v>123</v>
+        <v>32</v>
       </c>
     </row>
     <row r="986">
       <c r="A986" t="s">
-        <v>3335</v>
+        <v>3331</v>
       </c>
       <c r="B986" t="s">
-        <v>3336</v>
+        <v>3332</v>
       </c>
       <c r="C986" t="s" s="2">
-        <v>3337</v>
-[...2 lines deleted...]
-        <v>2348107675118</v>
+        <v>3333</v>
+      </c>
+      <c r="D986" s="3">
+        <v>2348186280321</v>
       </c>
       <c r="E986" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F986" t="s">
-        <v>12</v>
+        <v>47</v>
       </c>
     </row>
     <row r="987">
       <c r="A987" t="s">
-        <v>3338</v>
-[...1 lines deleted...]
-      <c r="B987"/>
+        <v>3334</v>
+      </c>
+      <c r="B987" t="s">
+        <v>3335</v>
+      </c>
       <c r="C987" t="s" s="2">
-        <v>3339</v>
-[...1 lines deleted...]
-      <c r="D987"/>
+        <v>3336</v>
+      </c>
+      <c r="D987" s="3">
+        <v>2348186280321</v>
+      </c>
       <c r="E987" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F987"/>
+        <v>31</v>
+      </c>
+      <c r="F987" t="s">
+        <v>3337</v>
+      </c>
     </row>
     <row r="988">
       <c r="A988" t="s">
+        <v>3338</v>
+      </c>
+      <c r="B988" t="s">
+        <v>3339</v>
+      </c>
+      <c r="C988" t="s" s="2">
         <v>3340</v>
       </c>
-      <c r="B988"/>
-      <c r="C988" t="s" s="2">
+      <c r="D988" s="3">
+        <v>61480250198</v>
+      </c>
+      <c r="E988" t="s">
+        <v>31</v>
+      </c>
+      <c r="F988" t="s">
         <v>3341</v>
       </c>
-      <c r="D988"/>
-[...3 lines deleted...]
-      <c r="F988"/>
     </row>
     <row r="989">
       <c r="A989" t="s">
         <v>3342</v>
       </c>
       <c r="B989" t="s">
         <v>3343</v>
       </c>
       <c r="C989" t="s" s="2">
         <v>3344</v>
       </c>
-      <c r="D989" s="4">
-        <v>2347042879248</v>
+      <c r="D989" t="s" s="4">
+        <v>3345</v>
       </c>
       <c r="E989" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F989" t="s">
-        <v>12</v>
+        <v>3346</v>
       </c>
     </row>
     <row r="990">
       <c r="A990" t="s">
-        <v>3345</v>
-[...3 lines deleted...]
-      </c>
+        <v>3347</v>
+      </c>
+      <c r="B990"/>
       <c r="C990" t="s" s="2">
-        <v>3347</v>
-[...3 lines deleted...]
-      </c>
+        <v>3348</v>
+      </c>
+      <c r="D990"/>
       <c r="E990" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F990"/>
     </row>
     <row r="991">
       <c r="A991" t="s">
-        <v>3348</v>
-[...1 lines deleted...]
-      <c r="B991"/>
+        <v>3349</v>
+      </c>
+      <c r="B991" t="s">
+        <v>3350</v>
+      </c>
       <c r="C991" t="s" s="2">
-        <v>3349</v>
-[...1 lines deleted...]
-      <c r="D991"/>
+        <v>3351</v>
+      </c>
+      <c r="D991" s="3">
+        <v>254702381825</v>
+      </c>
       <c r="E991" t="s">
-        <v>130</v>
-[...1 lines deleted...]
-      <c r="F991"/>
+        <v>10</v>
+      </c>
+      <c r="F991" t="s">
+        <v>1775</v>
+      </c>
     </row>
     <row r="992">
       <c r="A992" t="s">
+        <v>3352</v>
+      </c>
+      <c r="B992" t="s">
         <v>3350</v>
       </c>
-      <c r="B992" t="s">
-[...5 lines deleted...]
-      <c r="D992" t="s" s="3">
+      <c r="C992" t="s">
         <v>3353</v>
       </c>
+      <c r="D992" s="3">
+        <v>254702381825</v>
+      </c>
       <c r="E992" t="s">
-        <v>130</v>
+        <v>10</v>
       </c>
       <c r="F992" t="s">
-        <v>111</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="993">
       <c r="A993" t="s">
         <v>3354</v>
       </c>
       <c r="B993" t="s">
         <v>3355</v>
       </c>
       <c r="C993" t="s" s="2">
         <v>3356</v>
       </c>
-      <c r="D993" s="4">
-        <v>254722498518</v>
+      <c r="D993" s="3">
+        <v>2347061986558</v>
       </c>
       <c r="E993" t="s">
-        <v>60</v>
+        <v>31</v>
       </c>
       <c r="F993" t="s">
-        <v>1731</v>
+        <v>3357</v>
       </c>
     </row>
     <row r="994">
       <c r="A994" t="s">
-        <v>3357</v>
+        <v>3358</v>
       </c>
       <c r="B994" t="s">
-        <v>3358</v>
+        <v>3359</v>
       </c>
       <c r="C994" t="s" s="2">
-        <v>3359</v>
-[...2 lines deleted...]
-        <v>2348061360089</v>
+        <v>3360</v>
+      </c>
+      <c r="D994">
+        <v>9060981545</v>
       </c>
       <c r="E994" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F994" t="s">
-        <v>1248</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="995">
       <c r="A995" t="s">
-        <v>3360</v>
-[...1 lines deleted...]
-      <c r="B995"/>
+        <v>3361</v>
+      </c>
+      <c r="B995" t="s">
+        <v>3362</v>
+      </c>
       <c r="C995" t="s" s="2">
-        <v>3361</v>
-[...1 lines deleted...]
-      <c r="D995"/>
+        <v>3363</v>
+      </c>
+      <c r="D995" t="s" s="4">
+        <v>3364</v>
+      </c>
       <c r="E995" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F995"/>
+        <v>55</v>
+      </c>
+      <c r="F995" t="s">
+        <v>1251</v>
+      </c>
     </row>
     <row r="996">
       <c r="A996" t="s">
-        <v>3362</v>
+        <v>3365</v>
       </c>
       <c r="B996" t="s">
-        <v>3363</v>
+        <v>3366</v>
       </c>
       <c r="C996" t="s" s="2">
-        <v>3364</v>
-[...1 lines deleted...]
-      <c r="D996"/>
+        <v>3367</v>
+      </c>
+      <c r="D996" t="s" s="4">
+        <v>3368</v>
+      </c>
       <c r="E996" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F996"/>
+        <v>31</v>
+      </c>
+      <c r="F996" t="s">
+        <v>323</v>
+      </c>
     </row>
     <row r="997">
       <c r="A997" t="s">
-        <v>3365</v>
-[...3 lines deleted...]
-      </c>
+        <v>3369</v>
+      </c>
+      <c r="B997"/>
       <c r="C997" t="s" s="2">
-        <v>3367</v>
-[...3 lines deleted...]
-      </c>
+        <v>3370</v>
+      </c>
+      <c r="D997"/>
       <c r="E997" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="F997"/>
     </row>
     <row r="998">
       <c r="A998" t="s">
-        <v>3368</v>
+        <v>3371</v>
       </c>
       <c r="B998" t="s">
-        <v>3369</v>
+        <v>3372</v>
       </c>
       <c r="C998" t="s" s="2">
-        <v>3370</v>
-[...2 lines deleted...]
-        <v>25491179280</v>
+        <v>3373</v>
+      </c>
+      <c r="D998" s="3">
+        <v>233266031540</v>
       </c>
       <c r="E998" t="s">
-        <v>23</v>
+        <v>203</v>
       </c>
       <c r="F998" t="s">
-        <v>512</v>
+        <v>32</v>
       </c>
     </row>
     <row r="999">
       <c r="A999" t="s">
-        <v>3371</v>
-[...1 lines deleted...]
-      <c r="B999"/>
+        <v>3374</v>
+      </c>
+      <c r="B999" t="s">
+        <v>3375</v>
+      </c>
       <c r="C999" t="s" s="2">
-        <v>3372</v>
-[...1 lines deleted...]
-      <c r="D999"/>
+        <v>3376</v>
+      </c>
+      <c r="D999" s="3">
+        <v>233530100321</v>
+      </c>
       <c r="E999" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F999"/>
+        <v>20</v>
+      </c>
+      <c r="F999" t="s">
+        <v>3377</v>
+      </c>
     </row>
     <row r="1000">
       <c r="A1000" t="s">
-        <v>3373</v>
+        <v>3378</v>
       </c>
       <c r="B1000" t="s">
-        <v>3374</v>
+        <v>3379</v>
       </c>
       <c r="C1000" t="s" s="2">
-        <v>3375</v>
-[...2 lines deleted...]
-        <v>2348108286189</v>
+        <v>3380</v>
+      </c>
+      <c r="D1000" s="3">
+        <v>254701144447</v>
       </c>
       <c r="E1000" t="s">
-        <v>11</v>
+        <v>528</v>
       </c>
       <c r="F1000" t="s">
-        <v>123</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1001">
       <c r="A1001" t="s">
-        <v>3376</v>
+        <v>3381</v>
       </c>
       <c r="B1001" t="s">
-        <v>3377</v>
+        <v>3382</v>
       </c>
       <c r="C1001" t="s" s="2">
-        <v>3378</v>
-[...2 lines deleted...]
-        <v>3379</v>
+        <v>3383</v>
+      </c>
+      <c r="D1001" s="3">
+        <v>2348103510452</v>
       </c>
       <c r="E1001" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1001" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1002">
       <c r="A1002" t="s">
-        <v>3380</v>
+        <v>3384</v>
       </c>
       <c r="B1002" t="s">
-        <v>3381</v>
+        <v>3385</v>
       </c>
       <c r="C1002" t="s" s="2">
-        <v>3382</v>
-[...2 lines deleted...]
-        <v>234905989256</v>
+        <v>3386</v>
+      </c>
+      <c r="D1002" s="3">
+        <v>2348107675118</v>
       </c>
       <c r="E1002" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1002" t="s">
-        <v>123</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1003">
       <c r="A1003" t="s">
-        <v>3383</v>
+        <v>3387</v>
       </c>
       <c r="B1003"/>
       <c r="C1003" t="s" s="2">
-        <v>3384</v>
+        <v>3388</v>
       </c>
       <c r="D1003"/>
       <c r="E1003" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1003"/>
     </row>
     <row r="1004">
       <c r="A1004" t="s">
-        <v>3385</v>
-[...3 lines deleted...]
-      </c>
+        <v>3389</v>
+      </c>
+      <c r="B1004"/>
       <c r="C1004" t="s" s="2">
-        <v>3387</v>
-[...3 lines deleted...]
-      </c>
+        <v>3390</v>
+      </c>
+      <c r="D1004"/>
       <c r="E1004" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F1004"/>
     </row>
     <row r="1005">
       <c r="A1005" t="s">
-        <v>3388</v>
+        <v>3391</v>
       </c>
       <c r="B1005" t="s">
-        <v>3389</v>
+        <v>3392</v>
       </c>
       <c r="C1005" t="s" s="2">
-        <v>3390</v>
-[...2 lines deleted...]
-        <v>3391</v>
+        <v>3393</v>
+      </c>
+      <c r="D1005" s="3">
+        <v>2347042879248</v>
       </c>
       <c r="E1005" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="F1005" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1006">
       <c r="A1006" t="s">
-        <v>3392</v>
+        <v>3394</v>
       </c>
       <c r="B1006" t="s">
-        <v>3393</v>
+        <v>3395</v>
       </c>
       <c r="C1006" t="s" s="2">
-        <v>3394</v>
-[...2 lines deleted...]
-        <v>254735284910</v>
+        <v>3396</v>
+      </c>
+      <c r="D1006" s="3">
+        <v>2348036422023</v>
       </c>
       <c r="E1006" t="s">
-        <v>3395</v>
+        <v>55</v>
       </c>
       <c r="F1006" t="s">
-        <v>12</v>
+        <v>517</v>
       </c>
     </row>
     <row r="1007">
       <c r="A1007" t="s">
-        <v>3396</v>
-[...1 lines deleted...]
-      <c r="B1007" t="s">
         <v>3397</v>
       </c>
+      <c r="B1007"/>
       <c r="C1007" t="s" s="2">
         <v>3398</v>
       </c>
-      <c r="D1007" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="D1007"/>
       <c r="E1007" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>192</v>
+      </c>
+      <c r="F1007"/>
     </row>
     <row r="1008">
       <c r="A1008" t="s">
+        <v>3399</v>
+      </c>
+      <c r="B1008" t="s">
         <v>3400</v>
       </c>
-      <c r="B1008" t="s">
+      <c r="C1008" t="s" s="2">
         <v>3401</v>
       </c>
-      <c r="C1008" t="s" s="2">
+      <c r="D1008" t="s" s="4">
         <v>3402</v>
       </c>
-      <c r="D1008" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="E1008" t="s">
-        <v>11</v>
+        <v>192</v>
       </c>
       <c r="F1008" t="s">
-        <v>12</v>
+        <v>174</v>
       </c>
     </row>
     <row r="1009">
       <c r="A1009" t="s">
         <v>3403</v>
       </c>
       <c r="B1009" t="s">
         <v>3404</v>
       </c>
       <c r="C1009" t="s" s="2">
         <v>3405</v>
       </c>
-      <c r="D1009" t="s" s="3">
-        <v>3406</v>
+      <c r="D1009" s="3">
+        <v>254722498518</v>
       </c>
       <c r="E1009" t="s">
-        <v>142</v>
+        <v>10</v>
       </c>
       <c r="F1009" t="s">
-        <v>12</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1010">
       <c r="A1010" t="s">
+        <v>3406</v>
+      </c>
+      <c r="B1010" t="s">
         <v>3407</v>
       </c>
-      <c r="B1010" t="s">
+      <c r="C1010" t="s" s="2">
         <v>3408</v>
       </c>
-      <c r="C1010" t="s" s="2">
-[...3 lines deleted...]
-        <v>2348068975439</v>
+      <c r="D1010" s="3">
+        <v>2348061360089</v>
       </c>
       <c r="E1010" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1010" t="s">
-        <v>1725</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="1011">
       <c r="A1011" t="s">
+        <v>3409</v>
+      </c>
+      <c r="B1011"/>
+      <c r="C1011" t="s" s="2">
         <v>3410</v>
-      </c>
-[...4 lines deleted...]
-        <v>3412</v>
       </c>
       <c r="D1011"/>
       <c r="E1011" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F1011"/>
     </row>
     <row r="1012">
       <c r="A1012" t="s">
+        <v>3411</v>
+      </c>
+      <c r="B1012" t="s">
+        <v>3412</v>
+      </c>
+      <c r="C1012" t="s" s="2">
         <v>3413</v>
-      </c>
-[...2 lines deleted...]
-        <v>3414</v>
       </c>
       <c r="D1012"/>
       <c r="E1012" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F1012"/>
     </row>
     <row r="1013">
       <c r="A1013" t="s">
+        <v>3414</v>
+      </c>
+      <c r="B1013" t="s">
         <v>3415</v>
       </c>
-      <c r="B1013" t="s">
+      <c r="C1013" t="s" s="2">
         <v>3416</v>
       </c>
-      <c r="C1013" t="s" s="2">
-[...3 lines deleted...]
-        <v>233207503175</v>
+      <c r="D1013" s="3">
+        <v>2348038088456</v>
       </c>
       <c r="E1013" t="s">
-        <v>179</v>
+        <v>31</v>
       </c>
       <c r="F1013" t="s">
-        <v>138</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1014">
       <c r="A1014" t="s">
+        <v>3417</v>
+      </c>
+      <c r="B1014" t="s">
         <v>3418</v>
       </c>
-      <c r="B1014" t="s">
+      <c r="C1014" t="s" s="2">
         <v>3419</v>
       </c>
-      <c r="C1014" t="s" s="2">
-[...3 lines deleted...]
-        <v>2349068716898</v>
+      <c r="D1014" s="3">
+        <v>25491179280</v>
       </c>
       <c r="E1014" t="s">
-        <v>11</v>
+        <v>90</v>
       </c>
       <c r="F1014" t="s">
-        <v>974</v>
+        <v>566</v>
       </c>
     </row>
     <row r="1015">
       <c r="A1015" t="s">
+        <v>3420</v>
+      </c>
+      <c r="B1015"/>
+      <c r="C1015" t="s" s="2">
         <v>3421</v>
       </c>
-      <c r="B1015" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D1015"/>
       <c r="E1015" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F1015"/>
     </row>
     <row r="1016">
       <c r="A1016" t="s">
-        <v>3425</v>
+        <v>3422</v>
       </c>
       <c r="B1016" t="s">
-        <v>3426</v>
+        <v>3423</v>
       </c>
       <c r="C1016" t="s" s="2">
-        <v>3427</v>
-[...2 lines deleted...]
-        <v>3428</v>
+        <v>3424</v>
+      </c>
+      <c r="D1016" s="3">
+        <v>2348108286189</v>
       </c>
       <c r="E1016" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1016" t="s">
-        <v>327</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1017">
       <c r="A1017" t="s">
-        <v>3429</v>
+        <v>3425</v>
       </c>
       <c r="B1017" t="s">
-        <v>3430</v>
+        <v>3426</v>
       </c>
       <c r="C1017" t="s" s="2">
-        <v>3431</v>
-[...2 lines deleted...]
-        <v>3432</v>
+        <v>3427</v>
+      </c>
+      <c r="D1017" t="s" s="4">
+        <v>3428</v>
       </c>
       <c r="E1017" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1017" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1018">
       <c r="A1018" t="s">
-        <v>3433</v>
+        <v>3429</v>
       </c>
       <c r="B1018" t="s">
-        <v>3434</v>
+        <v>3430</v>
       </c>
       <c r="C1018" t="s" s="2">
-        <v>3435</v>
-[...2 lines deleted...]
-        <v>2349124833837</v>
+        <v>3431</v>
+      </c>
+      <c r="D1018" s="3">
+        <v>234905989256</v>
       </c>
       <c r="E1018" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1018" t="s">
-        <v>1026</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1019">
       <c r="A1019" t="s">
-        <v>3436</v>
-[...3 lines deleted...]
-      </c>
+        <v>3432</v>
+      </c>
+      <c r="B1019"/>
       <c r="C1019" t="s" s="2">
-        <v>3438</v>
-[...3 lines deleted...]
-      </c>
+        <v>3433</v>
+      </c>
+      <c r="D1019"/>
       <c r="E1019" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1019"/>
     </row>
     <row r="1020">
       <c r="A1020" t="s">
-        <v>3439</v>
+        <v>3434</v>
       </c>
       <c r="B1020" t="s">
-        <v>3440</v>
+        <v>3435</v>
       </c>
       <c r="C1020" t="s" s="2">
-        <v>3441</v>
-[...2 lines deleted...]
-        <v>3442</v>
+        <v>3436</v>
+      </c>
+      <c r="D1020" s="3">
+        <v>233543627796</v>
       </c>
       <c r="E1020" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F1020"/>
     </row>
     <row r="1021">
       <c r="A1021" t="s">
-        <v>3443</v>
+        <v>3437</v>
       </c>
       <c r="B1021" t="s">
-        <v>3444</v>
+        <v>3438</v>
       </c>
       <c r="C1021" t="s" s="2">
-        <v>3445</v>
-[...2 lines deleted...]
-        <v>8068383494</v>
+        <v>3439</v>
+      </c>
+      <c r="D1021" t="s" s="4">
+        <v>3440</v>
       </c>
       <c r="E1021" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="F1021" t="s">
-        <v>123</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1022">
       <c r="A1022" t="s">
-        <v>3446</v>
+        <v>3441</v>
       </c>
       <c r="B1022" t="s">
-        <v>3447</v>
+        <v>3442</v>
       </c>
       <c r="C1022" t="s" s="2">
-        <v>3448</v>
-[...2 lines deleted...]
-        <v>2347030194314</v>
+        <v>3443</v>
+      </c>
+      <c r="D1022" s="3">
+        <v>254735284910</v>
       </c>
       <c r="E1022" t="s">
-        <v>11</v>
+        <v>3444</v>
       </c>
       <c r="F1022" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1023">
       <c r="A1023" t="s">
-        <v>3449</v>
+        <v>3445</v>
       </c>
       <c r="B1023" t="s">
-        <v>3450</v>
+        <v>3446</v>
       </c>
       <c r="C1023" t="s" s="2">
-        <v>3451</v>
-[...2 lines deleted...]
-        <v>2348032737218</v>
+        <v>3447</v>
+      </c>
+      <c r="D1023" s="3">
+        <v>2348161717431</v>
       </c>
       <c r="E1023" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="F1023" t="s">
-        <v>3452</v>
+        <v>3448</v>
       </c>
     </row>
     <row r="1024">
       <c r="A1024" t="s">
-        <v>3453</v>
+        <v>3449</v>
       </c>
       <c r="B1024" t="s">
-        <v>2664</v>
+        <v>3450</v>
       </c>
       <c r="C1024" t="s" s="2">
-        <v>3454</v>
-[...2 lines deleted...]
-        <v>3455</v>
+        <v>3451</v>
+      </c>
+      <c r="D1024" s="3">
+        <v>23408103067135</v>
       </c>
       <c r="E1024" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1024" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1025">
       <c r="A1025" t="s">
-        <v>3456</v>
+        <v>3452</v>
       </c>
       <c r="B1025" t="s">
-        <v>3457</v>
+        <v>3453</v>
       </c>
       <c r="C1025" t="s" s="2">
-        <v>3458</v>
-[...2 lines deleted...]
-        <v>3459</v>
+        <v>3454</v>
+      </c>
+      <c r="D1025" t="s" s="4">
+        <v>3455</v>
       </c>
       <c r="E1025" t="s">
-        <v>16</v>
+        <v>203</v>
       </c>
       <c r="F1025" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1026">
       <c r="A1026" t="s">
-        <v>3460</v>
+        <v>3456</v>
       </c>
       <c r="B1026" t="s">
-        <v>3461</v>
+        <v>3457</v>
       </c>
       <c r="C1026" t="s" s="2">
-        <v>3462</v>
-[...2 lines deleted...]
-        <v>2348037440959</v>
+        <v>3458</v>
+      </c>
+      <c r="D1026" s="3">
+        <v>2348068975439</v>
       </c>
       <c r="E1026" t="s">
-        <v>210</v>
+        <v>31</v>
       </c>
       <c r="F1026" t="s">
-        <v>12</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="1027">
       <c r="A1027" t="s">
-        <v>3463</v>
+        <v>3459</v>
       </c>
       <c r="B1027" t="s">
-        <v>3464</v>
+        <v>3460</v>
       </c>
       <c r="C1027" t="s" s="2">
-        <v>3465</v>
-[...3 lines deleted...]
-      </c>
+        <v>3461</v>
+      </c>
+      <c r="D1027"/>
       <c r="E1027" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1027"/>
     </row>
     <row r="1028">
       <c r="A1028" t="s">
-        <v>3467</v>
-[...3 lines deleted...]
-      </c>
+        <v>3462</v>
+      </c>
+      <c r="B1028"/>
       <c r="C1028" t="s" s="2">
-        <v>3469</v>
-[...3 lines deleted...]
-      </c>
+        <v>3463</v>
+      </c>
+      <c r="D1028"/>
       <c r="E1028" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F1028"/>
     </row>
     <row r="1029">
       <c r="A1029" t="s">
-        <v>3470</v>
+        <v>3464</v>
       </c>
       <c r="B1029" t="s">
-        <v>3471</v>
+        <v>3465</v>
       </c>
       <c r="C1029" t="s" s="2">
-        <v>3472</v>
-[...2 lines deleted...]
-        <v>2347066276220</v>
+        <v>3466</v>
+      </c>
+      <c r="D1029" s="3">
+        <v>233207503175</v>
       </c>
       <c r="E1029" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F1029" t="s">
-        <v>123</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1030">
       <c r="A1030" t="s">
-        <v>3473</v>
-[...1 lines deleted...]
-      <c r="B1030"/>
+        <v>3467</v>
+      </c>
+      <c r="B1030" t="s">
+        <v>3468</v>
+      </c>
       <c r="C1030" t="s" s="2">
-        <v>3474</v>
-[...1 lines deleted...]
-      <c r="D1030"/>
+        <v>3469</v>
+      </c>
+      <c r="D1030" s="3">
+        <v>2349068716898</v>
+      </c>
       <c r="E1030" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1030"/>
+        <v>31</v>
+      </c>
+      <c r="F1030" t="s">
+        <v>1024</v>
+      </c>
     </row>
     <row r="1031">
       <c r="A1031" t="s">
-        <v>3475</v>
+        <v>3470</v>
       </c>
       <c r="B1031" t="s">
-        <v>3476</v>
+        <v>3471</v>
       </c>
       <c r="C1031" t="s" s="2">
-        <v>3477</v>
-[...2 lines deleted...]
-        <v>3478</v>
+        <v>3472</v>
+      </c>
+      <c r="D1031" s="3">
+        <v>2349022662044</v>
       </c>
       <c r="E1031" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="F1031" t="s">
-        <v>123</v>
+        <v>3473</v>
       </c>
     </row>
     <row r="1032">
       <c r="A1032" t="s">
-        <v>3479</v>
+        <v>3474</v>
       </c>
       <c r="B1032" t="s">
-        <v>3480</v>
+        <v>3475</v>
       </c>
       <c r="C1032" t="s" s="2">
-        <v>3481</v>
-[...2 lines deleted...]
-        <v>2348038026911</v>
+        <v>3476</v>
+      </c>
+      <c r="D1032" t="s" s="4">
+        <v>3477</v>
       </c>
       <c r="E1032" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1032" t="s">
-        <v>123</v>
+        <v>387</v>
       </c>
     </row>
     <row r="1033">
       <c r="A1033" t="s">
-        <v>3482</v>
+        <v>3478</v>
       </c>
       <c r="B1033" t="s">
-        <v>3483</v>
+        <v>3479</v>
       </c>
       <c r="C1033" t="s" s="2">
-        <v>3484</v>
-[...2 lines deleted...]
-        <v>2348101158718</v>
+        <v>3480</v>
+      </c>
+      <c r="D1033" t="s" s="4">
+        <v>3481</v>
       </c>
       <c r="E1033" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1033"/>
+        <v>31</v>
+      </c>
+      <c r="F1033" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="1034">
       <c r="A1034" t="s">
-        <v>3485</v>
+        <v>3482</v>
       </c>
       <c r="B1034" t="s">
-        <v>3486</v>
+        <v>3483</v>
       </c>
       <c r="C1034" t="s" s="2">
-        <v>3487</v>
-[...2 lines deleted...]
-        <v>2348038393040</v>
+        <v>3484</v>
+      </c>
+      <c r="D1034" s="3">
+        <v>2349124833837</v>
       </c>
       <c r="E1034" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F1034" t="s">
-        <v>12</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="1035">
       <c r="A1035" t="s">
-        <v>3488</v>
+        <v>3485</v>
       </c>
       <c r="B1035" t="s">
-        <v>3489</v>
+        <v>3486</v>
       </c>
       <c r="C1035" t="s" s="2">
-        <v>3490</v>
-[...2 lines deleted...]
-        <v>2348125511071</v>
+        <v>3487</v>
+      </c>
+      <c r="D1035" s="3">
+        <v>2348165265734</v>
       </c>
       <c r="E1035" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1035" t="s">
-        <v>3491</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1036">
       <c r="A1036" t="s">
-        <v>3492</v>
+        <v>3488</v>
       </c>
       <c r="B1036" t="s">
-        <v>3493</v>
+        <v>3489</v>
       </c>
       <c r="C1036" t="s" s="2">
-        <v>3494</v>
-[...2 lines deleted...]
-        <v>233247500547</v>
+        <v>3490</v>
+      </c>
+      <c r="D1036" t="s" s="4">
+        <v>3491</v>
       </c>
       <c r="E1036" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F1036"/>
+        <v>10</v>
+      </c>
+      <c r="F1036" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="1037">
       <c r="A1037" t="s">
-        <v>3495</v>
-[...1 lines deleted...]
-      <c r="B1037"/>
+        <v>3492</v>
+      </c>
+      <c r="B1037" t="s">
+        <v>3493</v>
+      </c>
       <c r="C1037" t="s" s="2">
-        <v>3496</v>
-[...1 lines deleted...]
-      <c r="D1037"/>
+        <v>3494</v>
+      </c>
+      <c r="D1037">
+        <v>8068383494</v>
+      </c>
       <c r="E1037" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1037"/>
+        <v>25</v>
+      </c>
+      <c r="F1037" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="1038">
       <c r="A1038" t="s">
+        <v>3495</v>
+      </c>
+      <c r="B1038" t="s">
+        <v>3496</v>
+      </c>
+      <c r="C1038" t="s" s="2">
         <v>3497</v>
       </c>
-      <c r="B1038" t="s">
-[...6 lines deleted...]
-        <v>256782806636</v>
+      <c r="D1038" s="3">
+        <v>2347030194314</v>
       </c>
       <c r="E1038" t="s">
-        <v>130</v>
+        <v>31</v>
       </c>
       <c r="F1038" t="s">
-        <v>123</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1039">
       <c r="A1039" t="s">
+        <v>3498</v>
+      </c>
+      <c r="B1039" t="s">
+        <v>3499</v>
+      </c>
+      <c r="C1039" t="s" s="2">
         <v>3500</v>
       </c>
-      <c r="B1039" t="s">
+      <c r="D1039" s="3">
+        <v>2348032737218</v>
+      </c>
+      <c r="E1039" t="s">
+        <v>25</v>
+      </c>
+      <c r="F1039" t="s">
         <v>3501</v>
-      </c>
-[...10 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="1040">
       <c r="A1040" t="s">
+        <v>3502</v>
+      </c>
+      <c r="B1040" t="s">
+        <v>2713</v>
+      </c>
+      <c r="C1040" t="s" s="2">
         <v>3503</v>
       </c>
-      <c r="B1040" t="s">
+      <c r="D1040" t="s" s="4">
         <v>3504</v>
       </c>
-      <c r="C1040" t="s" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="E1040" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="F1040" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1041">
       <c r="A1041" t="s">
+        <v>3505</v>
+      </c>
+      <c r="B1041" t="s">
         <v>3506</v>
       </c>
-      <c r="B1041" t="s">
+      <c r="C1041" t="s" s="2">
         <v>3507</v>
       </c>
-      <c r="C1041" t="s" s="2">
+      <c r="D1041" t="s" s="4">
         <v>3508</v>
       </c>
-      <c r="D1041" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="E1041" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="F1041" t="s">
-        <v>3509</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1042">
       <c r="A1042" t="s">
+        <v>3509</v>
+      </c>
+      <c r="B1042" t="s">
         <v>3510</v>
       </c>
-      <c r="B1042" t="s">
+      <c r="C1042" t="s" s="2">
         <v>3511</v>
       </c>
-      <c r="C1042" t="s" s="2">
-[...3 lines deleted...]
-        <v>40799253120</v>
+      <c r="D1042" s="3">
+        <v>2348037440959</v>
       </c>
       <c r="E1042" t="s">
-        <v>530</v>
+        <v>270</v>
       </c>
       <c r="F1042" t="s">
-        <v>123</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1043">
       <c r="A1043" t="s">
+        <v>3512</v>
+      </c>
+      <c r="B1043" t="s">
         <v>3513</v>
       </c>
-      <c r="B1043"/>
       <c r="C1043" t="s" s="2">
         <v>3514</v>
       </c>
-      <c r="D1043"/>
+      <c r="D1043" t="s" s="4">
+        <v>3515</v>
+      </c>
       <c r="E1043" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1043"/>
+        <v>31</v>
+      </c>
+      <c r="F1043" t="s">
+        <v>1583</v>
+      </c>
     </row>
     <row r="1044">
       <c r="A1044" t="s">
-        <v>3515</v>
+        <v>3516</v>
       </c>
       <c r="B1044" t="s">
-        <v>3516</v>
+        <v>3517</v>
       </c>
       <c r="C1044" t="s" s="2">
-        <v>3517</v>
-[...2 lines deleted...]
-        <v>2347066205072</v>
+        <v>3518</v>
+      </c>
+      <c r="D1044" s="3">
+        <v>254746292216</v>
       </c>
       <c r="E1044" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F1044" t="s">
-        <v>123</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1045">
       <c r="A1045" t="s">
-        <v>3518</v>
+        <v>3519</v>
       </c>
       <c r="B1045" t="s">
-        <v>3519</v>
+        <v>3520</v>
       </c>
       <c r="C1045" t="s" s="2">
-        <v>3520</v>
-[...2 lines deleted...]
-        <v>2348102906285</v>
+        <v>3521</v>
+      </c>
+      <c r="D1045" s="3">
+        <v>2347066276220</v>
       </c>
       <c r="E1045" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1045" t="s">
-        <v>123</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1046">
       <c r="A1046" t="s">
-        <v>3521</v>
+        <v>3522</v>
       </c>
       <c r="B1046"/>
       <c r="C1046" t="s" s="2">
-        <v>3522</v>
+        <v>3523</v>
       </c>
       <c r="D1046"/>
       <c r="E1046" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1046"/>
     </row>
     <row r="1047">
       <c r="A1047" t="s">
-        <v>3523</v>
+        <v>3524</v>
       </c>
       <c r="B1047" t="s">
-        <v>3524</v>
+        <v>3525</v>
       </c>
       <c r="C1047" t="s" s="2">
-        <v>3525</v>
-[...2 lines deleted...]
-        <v>23408137959562</v>
+        <v>3526</v>
+      </c>
+      <c r="D1047" t="s" s="4">
+        <v>3527</v>
       </c>
       <c r="E1047" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="F1047" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1048">
       <c r="A1048" t="s">
-        <v>3526</v>
+        <v>3528</v>
       </c>
       <c r="B1048" t="s">
-        <v>3527</v>
+        <v>3529</v>
       </c>
       <c r="C1048" t="s" s="2">
-        <v>3528</v>
-[...2 lines deleted...]
-        <v>8067566895</v>
+        <v>3530</v>
+      </c>
+      <c r="D1048" s="3">
+        <v>2348038026911</v>
       </c>
       <c r="E1048" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F1048" t="s">
-        <v>1230</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1049">
       <c r="A1049" t="s">
-        <v>3529</v>
+        <v>3531</v>
       </c>
       <c r="B1049" t="s">
-        <v>3530</v>
+        <v>3532</v>
       </c>
       <c r="C1049" t="s" s="2">
-        <v>3531</v>
-[...2 lines deleted...]
-        <v>3532</v>
+        <v>3533</v>
+      </c>
+      <c r="D1049" s="3">
+        <v>2348101158718</v>
       </c>
       <c r="E1049" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1049"/>
     </row>
     <row r="1050">
       <c r="A1050" t="s">
-        <v>3533</v>
-[...1 lines deleted...]
-      <c r="B1050"/>
+        <v>3534</v>
+      </c>
+      <c r="B1050" t="s">
+        <v>3535</v>
+      </c>
       <c r="C1050" t="s" s="2">
-        <v>3534</v>
-[...1 lines deleted...]
-      <c r="D1050"/>
+        <v>3536</v>
+      </c>
+      <c r="D1050" s="3">
+        <v>2348038393040</v>
+      </c>
       <c r="E1050" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1050"/>
+        <v>55</v>
+      </c>
+      <c r="F1050" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="1051">
       <c r="A1051" t="s">
-        <v>3535</v>
+        <v>3537</v>
       </c>
       <c r="B1051" t="s">
-        <v>3536</v>
+        <v>3538</v>
       </c>
       <c r="C1051" t="s" s="2">
-        <v>3537</v>
-[...2 lines deleted...]
-        <v>3538</v>
+        <v>3539</v>
+      </c>
+      <c r="D1051" s="3">
+        <v>2348125511071</v>
       </c>
       <c r="E1051" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F1051" t="s">
-        <v>3539</v>
+        <v>3540</v>
       </c>
     </row>
     <row r="1052">
       <c r="A1052" t="s">
-        <v>3540</v>
+        <v>3541</v>
       </c>
       <c r="B1052" t="s">
-        <v>3541</v>
+        <v>3542</v>
       </c>
       <c r="C1052" t="s" s="2">
-        <v>3542</v>
-[...2 lines deleted...]
-        <v>2347038336658</v>
+        <v>3543</v>
+      </c>
+      <c r="D1052" s="3">
+        <v>233247500547</v>
       </c>
       <c r="E1052" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F1052"/>
     </row>
     <row r="1053">
       <c r="A1053" t="s">
         <v>3544</v>
       </c>
-      <c r="B1053" t="s">
+      <c r="B1053"/>
+      <c r="C1053" t="s" s="2">
         <v>3545</v>
       </c>
-      <c r="C1053" t="s" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="D1053"/>
       <c r="E1053" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1053"/>
     </row>
     <row r="1054">
       <c r="A1054" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B1054" t="s">
+        <v>3547</v>
+      </c>
+      <c r="C1054" t="s" s="2">
         <v>3548</v>
       </c>
-      <c r="B1054" t="s">
-[...6 lines deleted...]
-        <v>3015</v>
+      <c r="D1054" s="3">
+        <v>256782806636</v>
       </c>
       <c r="E1054" t="s">
-        <v>11</v>
+        <v>192</v>
       </c>
       <c r="F1054" t="s">
-        <v>72</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1055">
       <c r="A1055" t="s">
+        <v>3549</v>
+      </c>
+      <c r="B1055" t="s">
+        <v>3550</v>
+      </c>
+      <c r="C1055" t="s" s="2">
         <v>3551</v>
       </c>
-      <c r="B1055"/>
-[...3 lines deleted...]
-      <c r="D1055"/>
+      <c r="D1055" s="3">
+        <v>212641765595</v>
+      </c>
       <c r="E1055" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1055"/>
+        <v>31</v>
+      </c>
+      <c r="F1055" t="s">
+        <v>135</v>
+      </c>
     </row>
     <row r="1056">
       <c r="A1056" t="s">
+        <v>3552</v>
+      </c>
+      <c r="B1056" t="s">
         <v>3553</v>
       </c>
-      <c r="B1056" t="s">
+      <c r="C1056" t="s" s="2">
         <v>3554</v>
       </c>
-      <c r="C1056" t="s" s="2">
-[...3 lines deleted...]
-        <v>23408029935276</v>
+      <c r="D1056" s="3">
+        <v>2348065305489</v>
       </c>
       <c r="E1056" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F1056" t="s">
-        <v>3556</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1057">
       <c r="A1057" t="s">
+        <v>3555</v>
+      </c>
+      <c r="B1057" t="s">
+        <v>3556</v>
+      </c>
+      <c r="C1057" t="s" s="2">
         <v>3557</v>
       </c>
-      <c r="B1057" t="s">
+      <c r="D1057" s="3">
+        <v>2347066449963</v>
+      </c>
+      <c r="E1057" t="s">
+        <v>31</v>
+      </c>
+      <c r="F1057" t="s">
         <v>3558</v>
-      </c>
-[...10 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="1058">
       <c r="A1058" t="s">
+        <v>3559</v>
+      </c>
+      <c r="B1058" t="s">
         <v>3560</v>
       </c>
-      <c r="B1058" t="s">
+      <c r="C1058" t="s" s="2">
         <v>3561</v>
       </c>
-      <c r="C1058" t="s" s="2">
-[...3 lines deleted...]
-        <v>255765478176</v>
+      <c r="D1058" s="3">
+        <v>40799253120</v>
       </c>
       <c r="E1058" t="s">
-        <v>1397</v>
+        <v>584</v>
       </c>
       <c r="F1058" t="s">
-        <v>263</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1059">
       <c r="A1059" t="s">
+        <v>3562</v>
+      </c>
+      <c r="B1059"/>
+      <c r="C1059" t="s" s="2">
         <v>3563</v>
       </c>
-      <c r="B1059" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D1059"/>
       <c r="E1059" t="s">
-        <v>389</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1059"/>
     </row>
     <row r="1060">
       <c r="A1060" t="s">
+        <v>3564</v>
+      </c>
+      <c r="B1060" t="s">
+        <v>3565</v>
+      </c>
+      <c r="C1060" t="s" s="2">
         <v>3566</v>
       </c>
-      <c r="B1060" t="s">
-[...6 lines deleted...]
-        <v>3569</v>
+      <c r="D1060" s="3">
+        <v>2347066205072</v>
       </c>
       <c r="E1060" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1060" t="s">
-        <v>3570</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1061">
       <c r="A1061" t="s">
-        <v>3571</v>
+        <v>3567</v>
       </c>
       <c r="B1061" t="s">
-        <v>3572</v>
+        <v>3568</v>
       </c>
       <c r="C1061" t="s" s="2">
-        <v>3573</v>
-[...2 lines deleted...]
-        <v>3574</v>
+        <v>3569</v>
+      </c>
+      <c r="D1061" s="3">
+        <v>2348102906285</v>
       </c>
       <c r="E1061" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F1061" t="s">
-        <v>3575</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1062">
       <c r="A1062" t="s">
-        <v>3576</v>
-[...3 lines deleted...]
-      </c>
+        <v>3570</v>
+      </c>
+      <c r="B1062"/>
       <c r="C1062" t="s" s="2">
-        <v>3578</v>
-[...3 lines deleted...]
-      </c>
+        <v>3571</v>
+      </c>
+      <c r="D1062"/>
       <c r="E1062" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1062"/>
     </row>
     <row r="1063">
       <c r="A1063" t="s">
-        <v>3579</v>
+        <v>3572</v>
       </c>
       <c r="B1063" t="s">
-        <v>3580</v>
+        <v>3573</v>
       </c>
       <c r="C1063" t="s" s="2">
-        <v>3581</v>
-[...2 lines deleted...]
-        <v>3582</v>
+        <v>3574</v>
+      </c>
+      <c r="D1063" s="3">
+        <v>23408137959562</v>
       </c>
       <c r="E1063" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="F1063" t="s">
-        <v>123</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1064">
       <c r="A1064" t="s">
-        <v>3583</v>
+        <v>3575</v>
       </c>
       <c r="B1064" t="s">
-        <v>3584</v>
+        <v>3576</v>
       </c>
       <c r="C1064" t="s" s="2">
-        <v>3585</v>
-[...2 lines deleted...]
-        <v>2348032288532</v>
+        <v>3577</v>
+      </c>
+      <c r="D1064">
+        <v>8067566895</v>
       </c>
       <c r="E1064" t="s">
-        <v>1556</v>
+        <v>55</v>
       </c>
       <c r="F1064" t="s">
-        <v>123</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="1065">
       <c r="A1065" t="s">
-        <v>3586</v>
+        <v>3578</v>
       </c>
       <c r="B1065" t="s">
-        <v>3587</v>
+        <v>3579</v>
       </c>
       <c r="C1065" t="s" s="2">
-        <v>3588</v>
-[...2 lines deleted...]
-        <v>3589</v>
+        <v>3580</v>
+      </c>
+      <c r="D1065" t="s" s="4">
+        <v>3581</v>
       </c>
       <c r="E1065" t="s">
-        <v>474</v>
+        <v>31</v>
       </c>
       <c r="F1065" t="s">
-        <v>463</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1066">
       <c r="A1066" t="s">
-        <v>3590</v>
-[...3 lines deleted...]
-      </c>
+        <v>3582</v>
+      </c>
+      <c r="B1066"/>
       <c r="C1066" t="s" s="2">
-        <v>3592</v>
+        <v>3583</v>
       </c>
       <c r="D1066"/>
       <c r="E1066" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1066"/>
     </row>
     <row r="1067">
       <c r="A1067" t="s">
-        <v>3593</v>
+        <v>3584</v>
       </c>
       <c r="B1067" t="s">
-        <v>3594</v>
+        <v>3585</v>
       </c>
       <c r="C1067" t="s" s="2">
-        <v>3595</v>
-[...2 lines deleted...]
-        <v>2348120494606</v>
+        <v>3586</v>
+      </c>
+      <c r="D1067" t="s" s="4">
+        <v>3587</v>
       </c>
       <c r="E1067" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F1067" t="s">
-        <v>12</v>
+        <v>3588</v>
       </c>
     </row>
     <row r="1068">
       <c r="A1068" t="s">
-        <v>3596</v>
+        <v>3589</v>
       </c>
       <c r="B1068" t="s">
-        <v>3597</v>
+        <v>3590</v>
       </c>
       <c r="C1068" t="s" s="2">
-        <v>3598</v>
-[...2 lines deleted...]
-        <v>256750484751</v>
+        <v>3591</v>
+      </c>
+      <c r="D1068" s="3">
+        <v>2347038336658</v>
       </c>
       <c r="E1068" t="s">
-        <v>130</v>
+        <v>55</v>
       </c>
       <c r="F1068" t="s">
-        <v>3599</v>
+        <v>3592</v>
       </c>
     </row>
     <row r="1069">
       <c r="A1069" t="s">
-        <v>3600</v>
+        <v>3593</v>
       </c>
       <c r="B1069" t="s">
-        <v>3601</v>
+        <v>3594</v>
       </c>
       <c r="C1069" t="s" s="2">
-        <v>3602</v>
-[...2 lines deleted...]
-        <v>2348162534846</v>
+        <v>3595</v>
+      </c>
+      <c r="D1069" s="3">
+        <v>2349037003007</v>
       </c>
       <c r="E1069" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1069" t="s">
-        <v>744</v>
+        <v>3596</v>
       </c>
     </row>
     <row r="1070">
       <c r="A1070" t="s">
-        <v>3603</v>
+        <v>3597</v>
       </c>
       <c r="B1070" t="s">
-        <v>3604</v>
+        <v>3598</v>
       </c>
       <c r="C1070" t="s" s="2">
-        <v>3605</v>
-[...2 lines deleted...]
-        <v>2348035008472</v>
+        <v>3599</v>
+      </c>
+      <c r="D1070" t="s" s="4">
+        <v>3064</v>
       </c>
       <c r="E1070" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1070" t="s">
-        <v>3606</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1071">
       <c r="A1071" t="s">
-        <v>3607</v>
-[...3 lines deleted...]
-      </c>
+        <v>3600</v>
+      </c>
+      <c r="B1071"/>
       <c r="C1071" t="s" s="2">
-        <v>3609</v>
-[...3 lines deleted...]
-      </c>
+        <v>3601</v>
+      </c>
+      <c r="D1071"/>
       <c r="E1071" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1071"/>
     </row>
     <row r="1072">
       <c r="A1072" t="s">
-        <v>3611</v>
+        <v>3602</v>
       </c>
       <c r="B1072" t="s">
-        <v>3612</v>
+        <v>3603</v>
       </c>
       <c r="C1072" t="s" s="2">
-        <v>3613</v>
-[...2 lines deleted...]
-        <v>2347034746742</v>
+        <v>3604</v>
+      </c>
+      <c r="D1072" s="3">
+        <v>23408029935276</v>
       </c>
       <c r="E1072" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1072" t="s">
-        <v>336</v>
+        <v>3605</v>
       </c>
     </row>
     <row r="1073">
       <c r="A1073" t="s">
-        <v>3614</v>
+        <v>3606</v>
       </c>
       <c r="B1073" t="s">
-        <v>3615</v>
+        <v>3607</v>
       </c>
       <c r="C1073" t="s" s="2">
-        <v>3616</v>
-[...2 lines deleted...]
-        <v>2347067219519</v>
+        <v>3608</v>
+      </c>
+      <c r="D1073" s="3">
+        <v>256770784043</v>
       </c>
       <c r="E1073" t="s">
-        <v>11</v>
+        <v>448</v>
       </c>
       <c r="F1073" t="s">
-        <v>123</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1074">
       <c r="A1074" t="s">
-        <v>3617</v>
+        <v>3609</v>
       </c>
       <c r="B1074" t="s">
-        <v>3618</v>
+        <v>3610</v>
       </c>
       <c r="C1074" t="s" s="2">
-        <v>3619</v>
-[...2 lines deleted...]
-        <v>2348062460250</v>
+        <v>3611</v>
+      </c>
+      <c r="D1074" s="3">
+        <v>255765478176</v>
       </c>
       <c r="E1074" t="s">
-        <v>71</v>
+        <v>1447</v>
       </c>
       <c r="F1074" t="s">
-        <v>453</v>
+        <v>323</v>
       </c>
     </row>
     <row r="1075">
       <c r="A1075" t="s">
-        <v>3620</v>
+        <v>3612</v>
       </c>
       <c r="B1075" t="s">
-        <v>3511</v>
+        <v>3613</v>
       </c>
       <c r="C1075" t="s" s="2">
-        <v>3621</v>
-[...2 lines deleted...]
-        <v>256753155304</v>
+        <v>3614</v>
+      </c>
+      <c r="D1075" s="3">
+        <v>256708346843</v>
       </c>
       <c r="E1075" t="s">
-        <v>130</v>
+        <v>448</v>
       </c>
       <c r="F1075" t="s">
-        <v>263</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1076">
       <c r="A1076" t="s">
-        <v>3622</v>
+        <v>3615</v>
       </c>
       <c r="B1076" t="s">
-        <v>3623</v>
+        <v>3616</v>
       </c>
       <c r="C1076" t="s" s="2">
-        <v>3624</v>
-[...2 lines deleted...]
-        <v>3625</v>
+        <v>3617</v>
+      </c>
+      <c r="D1076" t="s" s="4">
+        <v>3618</v>
       </c>
       <c r="E1076" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1076" t="s">
-        <v>28</v>
+        <v>3619</v>
       </c>
     </row>
     <row r="1077">
       <c r="A1077" t="s">
-        <v>3626</v>
+        <v>3620</v>
       </c>
       <c r="B1077" t="s">
-        <v>3627</v>
+        <v>3621</v>
       </c>
       <c r="C1077" t="s" s="2">
-        <v>3628</v>
-[...2 lines deleted...]
-        <v>254795115966</v>
+        <v>3622</v>
+      </c>
+      <c r="D1077" t="s" s="4">
+        <v>3623</v>
       </c>
       <c r="E1077" t="s">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="F1077" t="s">
-        <v>12</v>
+        <v>3624</v>
       </c>
     </row>
     <row r="1078">
       <c r="A1078" t="s">
-        <v>3629</v>
+        <v>3625</v>
       </c>
       <c r="B1078" t="s">
-        <v>3630</v>
+        <v>3626</v>
       </c>
       <c r="C1078" t="s" s="2">
-        <v>3631</v>
-[...2 lines deleted...]
-        <v>233555147381</v>
+        <v>3627</v>
+      </c>
+      <c r="D1078" s="3">
+        <v>2348037378978</v>
       </c>
       <c r="E1078" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F1078" t="s">
-        <v>3632</v>
+        <v>3619</v>
       </c>
     </row>
     <row r="1079">
       <c r="A1079" t="s">
-        <v>3633</v>
+        <v>3628</v>
       </c>
       <c r="B1079" t="s">
-        <v>3634</v>
+        <v>3629</v>
       </c>
       <c r="C1079" t="s" s="2">
-        <v>3635</v>
-[...2 lines deleted...]
-        <v>254722413146</v>
+        <v>3630</v>
+      </c>
+      <c r="D1079" t="s" s="4">
+        <v>3631</v>
       </c>
       <c r="E1079" t="s">
-        <v>60</v>
+        <v>31</v>
       </c>
       <c r="F1079" t="s">
-        <v>3636</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1080">
       <c r="A1080" t="s">
-        <v>3637</v>
+        <v>3632</v>
       </c>
       <c r="B1080" t="s">
-        <v>3638</v>
+        <v>3633</v>
       </c>
       <c r="C1080" t="s" s="2">
-        <v>3639</v>
-[...2 lines deleted...]
-        <v>61404526686</v>
+        <v>3634</v>
+      </c>
+      <c r="D1080" s="3">
+        <v>2348032288532</v>
       </c>
       <c r="E1080" t="s">
-        <v>11</v>
+        <v>1606</v>
       </c>
       <c r="F1080" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1081">
       <c r="A1081" t="s">
-        <v>3640</v>
+        <v>3635</v>
       </c>
       <c r="B1081" t="s">
-        <v>3641</v>
+        <v>3636</v>
       </c>
       <c r="C1081" t="s" s="2">
-        <v>3642</v>
-[...2 lines deleted...]
-        <v>3643</v>
+        <v>3637</v>
+      </c>
+      <c r="D1081" t="s" s="4">
+        <v>3638</v>
       </c>
       <c r="E1081" t="s">
-        <v>16</v>
+        <v>528</v>
       </c>
       <c r="F1081" t="s">
-        <v>3644</v>
+        <v>517</v>
       </c>
     </row>
     <row r="1082">
       <c r="A1082" t="s">
-        <v>3645</v>
+        <v>3639</v>
       </c>
       <c r="B1082" t="s">
-        <v>3646</v>
+        <v>3640</v>
       </c>
       <c r="C1082" t="s" s="2">
-        <v>3647</v>
-[...3 lines deleted...]
-      </c>
+        <v>3641</v>
+      </c>
+      <c r="D1082"/>
       <c r="E1082" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1082"/>
     </row>
     <row r="1083">
       <c r="A1083" t="s">
-        <v>3650</v>
-[...1 lines deleted...]
-      <c r="B1083"/>
+        <v>3642</v>
+      </c>
+      <c r="B1083" t="s">
+        <v>3643</v>
+      </c>
       <c r="C1083" t="s" s="2">
-        <v>3651</v>
-[...1 lines deleted...]
-      <c r="D1083"/>
+        <v>3644</v>
+      </c>
+      <c r="D1083" s="3">
+        <v>2348120494606</v>
+      </c>
       <c r="E1083" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1083"/>
+        <v>31</v>
+      </c>
+      <c r="F1083" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="1084">
       <c r="A1084" t="s">
-        <v>3652</v>
+        <v>3645</v>
       </c>
       <c r="B1084" t="s">
-        <v>3653</v>
+        <v>3646</v>
       </c>
       <c r="C1084" t="s" s="2">
-        <v>3654</v>
-[...2 lines deleted...]
-        <v>2347037292127</v>
+        <v>3647</v>
+      </c>
+      <c r="D1084" s="3">
+        <v>256750484751</v>
       </c>
       <c r="E1084" t="s">
-        <v>11</v>
+        <v>192</v>
       </c>
       <c r="F1084" t="s">
-        <v>123</v>
+        <v>3648</v>
       </c>
     </row>
     <row r="1085">
       <c r="A1085" t="s">
-        <v>3655</v>
+        <v>3649</v>
       </c>
       <c r="B1085" t="s">
-        <v>3656</v>
+        <v>3650</v>
       </c>
       <c r="C1085" t="s" s="2">
-        <v>3657</v>
-[...2 lines deleted...]
-        <v>7015864181</v>
+        <v>3651</v>
+      </c>
+      <c r="D1085" s="3">
+        <v>2348162534846</v>
       </c>
       <c r="E1085" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1085" t="s">
-        <v>123</v>
+        <v>797</v>
       </c>
     </row>
     <row r="1086">
       <c r="A1086" t="s">
-        <v>3658</v>
+        <v>3652</v>
       </c>
       <c r="B1086" t="s">
-        <v>3659</v>
+        <v>3653</v>
       </c>
       <c r="C1086" t="s" s="2">
-        <v>3660</v>
-[...2 lines deleted...]
-        <v>3661</v>
+        <v>3654</v>
+      </c>
+      <c r="D1086" s="3">
+        <v>2348035008472</v>
       </c>
       <c r="E1086" t="s">
-        <v>142</v>
+        <v>31</v>
       </c>
       <c r="F1086" t="s">
-        <v>1201</v>
+        <v>3655</v>
       </c>
     </row>
     <row r="1087">
       <c r="A1087" t="s">
-        <v>3662</v>
+        <v>3656</v>
       </c>
       <c r="B1087" t="s">
-        <v>3663</v>
+        <v>3657</v>
       </c>
       <c r="C1087" t="s" s="2">
-        <v>3664</v>
-[...2 lines deleted...]
-        <v>3665</v>
+        <v>3658</v>
+      </c>
+      <c r="D1087" t="s" s="4">
+        <v>3659</v>
       </c>
       <c r="E1087" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1087" t="s">
-        <v>744</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1088">
       <c r="A1088" t="s">
-        <v>3666</v>
+        <v>3660</v>
       </c>
       <c r="B1088" t="s">
-        <v>3667</v>
+        <v>3661</v>
       </c>
       <c r="C1088" t="s" s="2">
-        <v>3668</v>
-[...2 lines deleted...]
-        <v>233249106156</v>
+        <v>3662</v>
+      </c>
+      <c r="D1088" s="3">
+        <v>2347034746742</v>
       </c>
       <c r="E1088" t="s">
-        <v>142</v>
+        <v>31</v>
       </c>
       <c r="F1088" t="s">
-        <v>1109</v>
+        <v>396</v>
       </c>
     </row>
     <row r="1089">
       <c r="A1089" t="s">
-        <v>3669</v>
+        <v>3663</v>
       </c>
       <c r="B1089" t="s">
-        <v>3670</v>
+        <v>3664</v>
       </c>
       <c r="C1089" t="s" s="2">
-        <v>3671</v>
-[...2 lines deleted...]
-        <v>3672</v>
+        <v>3665</v>
+      </c>
+      <c r="D1089" s="3">
+        <v>2347067219519</v>
       </c>
       <c r="E1089" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1089" t="s">
-        <v>3673</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1090">
       <c r="A1090" t="s">
-        <v>3674</v>
+        <v>3666</v>
       </c>
       <c r="B1090" t="s">
-        <v>3675</v>
+        <v>3667</v>
       </c>
       <c r="C1090" t="s" s="2">
-        <v>3676</v>
-[...2 lines deleted...]
-        <v>233202897949</v>
+        <v>3668</v>
+      </c>
+      <c r="D1090" s="3">
+        <v>2348062460250</v>
       </c>
       <c r="E1090" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="F1090" t="s">
-        <v>138</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1091">
       <c r="A1091" t="s">
-        <v>3677</v>
+        <v>3669</v>
       </c>
       <c r="B1091" t="s">
-        <v>3678</v>
+        <v>3560</v>
       </c>
       <c r="C1091" t="s" s="2">
-        <v>3679</v>
-[...2 lines deleted...]
-        <v>2330249537669</v>
+        <v>3670</v>
+      </c>
+      <c r="D1091" s="3">
+        <v>256753155304</v>
       </c>
       <c r="E1091" t="s">
-        <v>33</v>
+        <v>192</v>
       </c>
       <c r="F1091" t="s">
-        <v>463</v>
+        <v>323</v>
       </c>
     </row>
     <row r="1092">
       <c r="A1092" t="s">
-        <v>3680</v>
+        <v>3671</v>
       </c>
       <c r="B1092" t="s">
-        <v>3681</v>
+        <v>3672</v>
       </c>
       <c r="C1092" t="s" s="2">
-        <v>3682</v>
-[...2 lines deleted...]
-        <v>2348168249538</v>
+        <v>3673</v>
+      </c>
+      <c r="D1092" t="s" s="4">
+        <v>3674</v>
       </c>
       <c r="E1092" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1092" t="s">
-        <v>12</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1093">
       <c r="A1093" t="s">
-        <v>3683</v>
-[...1 lines deleted...]
-      <c r="B1093"/>
+        <v>3675</v>
+      </c>
+      <c r="B1093" t="s">
+        <v>3676</v>
+      </c>
       <c r="C1093" t="s" s="2">
-        <v>3684</v>
-[...1 lines deleted...]
-      <c r="D1093"/>
+        <v>3677</v>
+      </c>
+      <c r="D1093" s="3">
+        <v>254795115966</v>
+      </c>
       <c r="E1093" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F1093"/>
+        <v>10</v>
+      </c>
+      <c r="F1093" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="1094">
       <c r="A1094" t="s">
-        <v>3685</v>
+        <v>3678</v>
       </c>
       <c r="B1094" t="s">
-        <v>3686</v>
+        <v>3679</v>
       </c>
       <c r="C1094" t="s" s="2">
-        <v>3687</v>
-[...2 lines deleted...]
-        <v>2348161395754</v>
+        <v>3680</v>
+      </c>
+      <c r="D1094" s="3">
+        <v>233555147381</v>
       </c>
       <c r="E1094" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F1094" t="s">
-        <v>12</v>
+        <v>3681</v>
       </c>
     </row>
     <row r="1095">
       <c r="A1095" t="s">
-        <v>3688</v>
+        <v>3682</v>
       </c>
       <c r="B1095" t="s">
-        <v>3689</v>
+        <v>3683</v>
       </c>
       <c r="C1095" t="s" s="2">
-        <v>3690</v>
-[...2 lines deleted...]
-        <v>254721904105</v>
+        <v>3684</v>
+      </c>
+      <c r="D1095" s="3">
+        <v>254722413146</v>
       </c>
       <c r="E1095" t="s">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="F1095" t="s">
-        <v>3691</v>
+        <v>3685</v>
       </c>
     </row>
     <row r="1096">
       <c r="A1096" t="s">
-        <v>3692</v>
-[...1 lines deleted...]
-      <c r="B1096"/>
+        <v>3686</v>
+      </c>
+      <c r="B1096" t="s">
+        <v>3687</v>
+      </c>
       <c r="C1096" t="s" s="2">
-        <v>3693</v>
-[...1 lines deleted...]
-      <c r="D1096"/>
+        <v>3688</v>
+      </c>
+      <c r="D1096" s="3">
+        <v>61404526686</v>
+      </c>
       <c r="E1096" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1096"/>
+        <v>31</v>
+      </c>
+      <c r="F1096" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="1097">
       <c r="A1097" t="s">
-        <v>3694</v>
+        <v>3689</v>
       </c>
       <c r="B1097" t="s">
-        <v>3695</v>
+        <v>3690</v>
       </c>
       <c r="C1097" t="s" s="2">
-        <v>3696</v>
-[...2 lines deleted...]
-        <v>2348165692219</v>
+        <v>3691</v>
+      </c>
+      <c r="D1097" t="s" s="4">
+        <v>3692</v>
       </c>
       <c r="E1097" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
       <c r="F1097" t="s">
-        <v>263</v>
+        <v>3693</v>
       </c>
     </row>
     <row r="1098">
       <c r="A1098" t="s">
+        <v>3694</v>
+      </c>
+      <c r="B1098" t="s">
+        <v>3695</v>
+      </c>
+      <c r="C1098" t="s" s="2">
+        <v>3696</v>
+      </c>
+      <c r="D1098" t="s" s="4">
         <v>3697</v>
       </c>
-      <c r="B1098" t="s">
+      <c r="E1098" t="s">
+        <v>55</v>
+      </c>
+      <c r="F1098" t="s">
         <v>3698</v>
       </c>
-      <c r="C1098" t="s" s="2">
-[...6 lines deleted...]
-      <c r="F1098"/>
     </row>
     <row r="1099">
       <c r="A1099" t="s">
+        <v>3699</v>
+      </c>
+      <c r="B1099"/>
+      <c r="C1099" t="s" s="2">
         <v>3700</v>
       </c>
-      <c r="B1099" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D1099"/>
       <c r="E1099" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1099"/>
     </row>
     <row r="1100">
       <c r="A1100" t="s">
-        <v>3704</v>
+        <v>3701</v>
       </c>
       <c r="B1100" t="s">
-        <v>3705</v>
+        <v>3702</v>
       </c>
       <c r="C1100" t="s" s="2">
-        <v>3706</v>
-[...2 lines deleted...]
-        <v>2348066601502</v>
+        <v>3703</v>
+      </c>
+      <c r="D1100" s="3">
+        <v>2347037292127</v>
       </c>
       <c r="E1100" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1100" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1101">
       <c r="A1101" t="s">
-        <v>3707</v>
-[...1 lines deleted...]
-      <c r="B1101"/>
+        <v>3704</v>
+      </c>
+      <c r="B1101" t="s">
+        <v>3705</v>
+      </c>
       <c r="C1101" t="s" s="2">
-        <v>3708</v>
-[...1 lines deleted...]
-      <c r="D1101"/>
+        <v>3706</v>
+      </c>
+      <c r="D1101">
+        <v>7015864181</v>
+      </c>
       <c r="E1101" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1101"/>
+        <v>31</v>
+      </c>
+      <c r="F1101" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="1102">
       <c r="A1102" t="s">
+        <v>3707</v>
+      </c>
+      <c r="B1102" t="s">
+        <v>3708</v>
+      </c>
+      <c r="C1102" t="s" s="2">
         <v>3709</v>
       </c>
-      <c r="B1102" t="s">
+      <c r="D1102" t="s" s="4">
         <v>3710</v>
       </c>
-      <c r="C1102" t="s" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="E1102" t="s">
-        <v>11</v>
+        <v>203</v>
       </c>
       <c r="F1102" t="s">
-        <v>56</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="1103">
       <c r="A1103" t="s">
+        <v>3711</v>
+      </c>
+      <c r="B1103" t="s">
         <v>3712</v>
       </c>
-      <c r="B1103" t="s">
+      <c r="C1103" t="s" s="2">
         <v>3713</v>
       </c>
-      <c r="C1103" t="s" s="2">
+      <c r="D1103" t="s" s="4">
         <v>3714</v>
       </c>
-      <c r="D1103" t="s" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="E1103" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1103" t="s">
-        <v>123</v>
+        <v>797</v>
       </c>
     </row>
     <row r="1104">
       <c r="A1104" t="s">
+        <v>3715</v>
+      </c>
+      <c r="B1104" t="s">
         <v>3716</v>
       </c>
-      <c r="B1104" t="s">
+      <c r="C1104" t="s" s="2">
         <v>3717</v>
       </c>
-      <c r="C1104" t="s" s="2">
-[...3 lines deleted...]
-        <v>2348161298314</v>
+      <c r="D1104" s="3">
+        <v>233249106156</v>
       </c>
       <c r="E1104" t="s">
-        <v>11</v>
+        <v>203</v>
       </c>
       <c r="F1104" t="s">
-        <v>12</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="1105">
       <c r="A1105" t="s">
+        <v>3718</v>
+      </c>
+      <c r="B1105" t="s">
         <v>3719</v>
       </c>
-      <c r="B1105" t="s">
+      <c r="C1105" t="s" s="2">
         <v>3720</v>
       </c>
-      <c r="C1105" t="s" s="2">
+      <c r="D1105" t="s" s="4">
         <v>3721</v>
       </c>
-      <c r="D1105" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="E1105" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F1105" t="s">
-        <v>12</v>
+        <v>3722</v>
       </c>
     </row>
     <row r="1106">
       <c r="A1106" t="s">
-        <v>3722</v>
+        <v>3723</v>
       </c>
       <c r="B1106" t="s">
-        <v>3689</v>
+        <v>3724</v>
       </c>
       <c r="C1106" t="s" s="2">
-        <v>3723</v>
-[...2 lines deleted...]
-        <v>254705834417</v>
+        <v>3725</v>
+      </c>
+      <c r="D1106" s="3">
+        <v>233202897949</v>
       </c>
       <c r="E1106" t="s">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="F1106" t="s">
-        <v>1494</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1107">
       <c r="A1107" t="s">
-        <v>3724</v>
+        <v>3726</v>
       </c>
       <c r="B1107" t="s">
-        <v>3725</v>
+        <v>3727</v>
       </c>
       <c r="C1107" t="s" s="2">
-        <v>3726</v>
-[...2 lines deleted...]
-        <v>254704467726</v>
+        <v>3728</v>
+      </c>
+      <c r="D1107" s="3">
+        <v>2330249537669</v>
       </c>
       <c r="E1107" t="s">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="F1107" t="s">
-        <v>138</v>
+        <v>517</v>
       </c>
     </row>
     <row r="1108">
       <c r="A1108" t="s">
-        <v>3727</v>
+        <v>3729</v>
       </c>
       <c r="B1108" t="s">
-        <v>3728</v>
-[...4 lines deleted...]
-      <c r="D1108" t="s" s="3">
         <v>3730</v>
       </c>
+      <c r="C1108" t="s" s="2">
+        <v>3731</v>
+      </c>
+      <c r="D1108" s="3">
+        <v>2348168249538</v>
+      </c>
       <c r="E1108" t="s">
-        <v>142</v>
+        <v>31</v>
       </c>
       <c r="F1108" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1109">
       <c r="A1109" t="s">
-        <v>3731</v>
+        <v>3732</v>
       </c>
       <c r="B1109"/>
       <c r="C1109" t="s" s="2">
-        <v>3732</v>
+        <v>3733</v>
       </c>
       <c r="D1109"/>
       <c r="E1109" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F1109"/>
     </row>
     <row r="1110">
       <c r="A1110" t="s">
-        <v>3733</v>
+        <v>3734</v>
       </c>
       <c r="B1110" t="s">
-        <v>3734</v>
+        <v>3735</v>
       </c>
       <c r="C1110" t="s" s="2">
-        <v>3735</v>
-[...2 lines deleted...]
-        <v>254702090348</v>
+        <v>3736</v>
+      </c>
+      <c r="D1110" s="3">
+        <v>2348161395754</v>
       </c>
       <c r="E1110" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="F1110"/>
+        <v>31</v>
+      </c>
+      <c r="F1110" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="1111">
       <c r="A1111" t="s">
-        <v>3736</v>
+        <v>3737</v>
       </c>
       <c r="B1111" t="s">
-        <v>3737</v>
+        <v>3738</v>
       </c>
       <c r="C1111" t="s" s="2">
-        <v>3738</v>
-[...2 lines deleted...]
-        <v>256741785377</v>
+        <v>3739</v>
+      </c>
+      <c r="D1111" s="3">
+        <v>254721904105</v>
       </c>
       <c r="E1111" t="s">
-        <v>389</v>
+        <v>10</v>
       </c>
       <c r="F1111" t="s">
-        <v>12</v>
+        <v>3740</v>
       </c>
     </row>
     <row r="1112">
       <c r="A1112" t="s">
-        <v>3739</v>
+        <v>3741</v>
       </c>
       <c r="B1112"/>
       <c r="C1112" t="s" s="2">
-        <v>3740</v>
+        <v>3742</v>
       </c>
       <c r="D1112"/>
       <c r="E1112" t="s">
-        <v>130</v>
+        <v>31</v>
       </c>
       <c r="F1112"/>
     </row>
     <row r="1113">
       <c r="A1113" t="s">
-        <v>3741</v>
+        <v>3743</v>
       </c>
       <c r="B1113" t="s">
-        <v>3742</v>
+        <v>3744</v>
       </c>
       <c r="C1113" t="s" s="2">
-        <v>3743</v>
-[...2 lines deleted...]
-        <v>3744</v>
+        <v>3745</v>
+      </c>
+      <c r="D1113" s="3">
+        <v>2348165692219</v>
       </c>
       <c r="E1113" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1113"/>
+        <v>55</v>
+      </c>
+      <c r="F1113" t="s">
+        <v>323</v>
+      </c>
     </row>
     <row r="1114">
       <c r="A1114" t="s">
-        <v>3745</v>
+        <v>3746</v>
       </c>
       <c r="B1114" t="s">
-        <v>3746</v>
+        <v>3747</v>
       </c>
       <c r="C1114" t="s" s="2">
-        <v>3747</v>
-[...3 lines deleted...]
-      </c>
+        <v>3748</v>
+      </c>
+      <c r="D1114"/>
       <c r="E1114" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1114"/>
     </row>
     <row r="1115">
       <c r="A1115" t="s">
-        <v>3748</v>
+        <v>3749</v>
       </c>
       <c r="B1115" t="s">
-        <v>3749</v>
+        <v>3750</v>
       </c>
       <c r="C1115" t="s" s="2">
-        <v>3750</v>
-[...2 lines deleted...]
-        <v>233244338009</v>
+        <v>3751</v>
+      </c>
+      <c r="D1115" s="3">
+        <v>233248145176</v>
       </c>
       <c r="E1115" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F1115" t="s">
-        <v>123</v>
+        <v>3752</v>
       </c>
     </row>
     <row r="1116">
       <c r="A1116" t="s">
-        <v>3751</v>
+        <v>3753</v>
       </c>
       <c r="B1116" t="s">
-        <v>3752</v>
+        <v>3754</v>
       </c>
       <c r="C1116" t="s" s="2">
-        <v>3753</v>
-[...2 lines deleted...]
-        <v>3754</v>
+        <v>3755</v>
+      </c>
+      <c r="D1116" s="3">
+        <v>2348066601502</v>
       </c>
       <c r="E1116" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1116" t="s">
-        <v>718</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1117">
       <c r="A1117" t="s">
-        <v>3755</v>
-[...1 lines deleted...]
-      <c r="B1117" t="s">
         <v>3756</v>
       </c>
+      <c r="B1117"/>
       <c r="C1117" t="s" s="2">
         <v>3757</v>
       </c>
-      <c r="D1117" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="D1117"/>
       <c r="E1117" t="s">
-        <v>1270</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1117"/>
     </row>
     <row r="1118">
       <c r="A1118" t="s">
+        <v>3758</v>
+      </c>
+      <c r="B1118" t="s">
         <v>3759</v>
       </c>
-      <c r="B1118" t="s">
+      <c r="C1118" t="s" s="2">
         <v>3760</v>
       </c>
-      <c r="C1118" t="s" s="2">
-[...3 lines deleted...]
-        <v>8105060873</v>
+      <c r="D1118" s="3">
+        <v>2348030542190</v>
       </c>
       <c r="E1118" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1118" t="s">
-        <v>12</v>
+        <v>47</v>
       </c>
     </row>
     <row r="1119">
       <c r="A1119" t="s">
+        <v>3761</v>
+      </c>
+      <c r="B1119" t="s">
         <v>3762</v>
       </c>
-      <c r="B1119" t="s">
+      <c r="C1119" t="s" s="2">
         <v>3763</v>
       </c>
-      <c r="C1119" t="s" s="2">
+      <c r="D1119" t="s" s="4">
         <v>3764</v>
       </c>
-      <c r="D1119" t="s" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="E1119" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1119" t="s">
-        <v>3766</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1120">
       <c r="A1120" t="s">
+        <v>3765</v>
+      </c>
+      <c r="B1120" t="s">
+        <v>3766</v>
+      </c>
+      <c r="C1120" t="s" s="2">
         <v>3767</v>
       </c>
-      <c r="B1120" t="s">
-[...6 lines deleted...]
-        <v>3770</v>
+      <c r="D1120" s="3">
+        <v>2348161298314</v>
       </c>
       <c r="E1120" t="s">
-        <v>137</v>
+        <v>31</v>
       </c>
       <c r="F1120" t="s">
-        <v>254</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1121">
       <c r="A1121" t="s">
-        <v>3771</v>
+        <v>3768</v>
       </c>
       <c r="B1121" t="s">
-        <v>2043</v>
+        <v>3769</v>
       </c>
       <c r="C1121" t="s" s="2">
-        <v>3772</v>
-[...2 lines deleted...]
-        <v>256709960136</v>
+        <v>3770</v>
+      </c>
+      <c r="D1121" s="3">
+        <v>233241071437</v>
       </c>
       <c r="E1121" t="s">
-        <v>389</v>
+        <v>20</v>
       </c>
       <c r="F1121" t="s">
-        <v>2045</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1122">
       <c r="A1122" t="s">
-        <v>3773</v>
+        <v>3771</v>
       </c>
       <c r="B1122" t="s">
-        <v>2664</v>
+        <v>3738</v>
       </c>
       <c r="C1122" t="s" s="2">
-        <v>3774</v>
-[...2 lines deleted...]
-        <v>3775</v>
+        <v>3772</v>
+      </c>
+      <c r="D1122" s="3">
+        <v>254705834417</v>
       </c>
       <c r="E1122" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F1122" t="s">
-        <v>123</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="1123">
       <c r="A1123" t="s">
-        <v>3776</v>
+        <v>3773</v>
       </c>
       <c r="B1123" t="s">
-        <v>3777</v>
+        <v>3774</v>
       </c>
       <c r="C1123" t="s" s="2">
-        <v>3778</v>
-[...2 lines deleted...]
-        <v>256789508208</v>
+        <v>3775</v>
+      </c>
+      <c r="D1123" s="3">
+        <v>254704467726</v>
       </c>
       <c r="E1123" t="s">
-        <v>389</v>
+        <v>10</v>
       </c>
       <c r="F1123" t="s">
-        <v>400</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1124">
       <c r="A1124" t="s">
+        <v>3776</v>
+      </c>
+      <c r="B1124" t="s">
+        <v>3777</v>
+      </c>
+      <c r="C1124" t="s">
+        <v>3778</v>
+      </c>
+      <c r="D1124" t="s" s="4">
         <v>3779</v>
       </c>
-      <c r="B1124" t="s">
-[...5 lines deleted...]
-      <c r="D1124"/>
       <c r="E1124" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1124"/>
+        <v>203</v>
+      </c>
+      <c r="F1124" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="1125">
       <c r="A1125" t="s">
-        <v>3782</v>
-[...3 lines deleted...]
-      </c>
+        <v>3780</v>
+      </c>
+      <c r="B1125"/>
       <c r="C1125" t="s" s="2">
-        <v>3783</v>
-[...3 lines deleted...]
-      </c>
+        <v>3781</v>
+      </c>
+      <c r="D1125"/>
       <c r="E1125" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1125"/>
     </row>
     <row r="1126">
       <c r="A1126" t="s">
+        <v>3782</v>
+      </c>
+      <c r="B1126" t="s">
+        <v>3783</v>
+      </c>
+      <c r="C1126" t="s" s="2">
         <v>3784</v>
       </c>
-      <c r="B1126"/>
-[...3 lines deleted...]
-      <c r="D1126"/>
+      <c r="D1126" s="3">
+        <v>254702090348</v>
+      </c>
       <c r="E1126" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F1126"/>
     </row>
     <row r="1127">
       <c r="A1127" t="s">
+        <v>3785</v>
+      </c>
+      <c r="B1127" t="s">
         <v>3786</v>
       </c>
-      <c r="B1127" t="s">
+      <c r="C1127" t="s" s="2">
         <v>3787</v>
       </c>
-      <c r="C1127" t="s" s="2">
-[...3 lines deleted...]
-        <v>2348066211791</v>
+      <c r="D1127" s="3">
+        <v>256741785377</v>
       </c>
       <c r="E1127" t="s">
-        <v>11</v>
+        <v>448</v>
       </c>
       <c r="F1127" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1128">
       <c r="A1128" t="s">
+        <v>3788</v>
+      </c>
+      <c r="B1128"/>
+      <c r="C1128" t="s" s="2">
         <v>3789</v>
       </c>
-      <c r="B1128" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D1128"/>
       <c r="E1128" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>192</v>
+      </c>
+      <c r="F1128"/>
     </row>
     <row r="1129">
       <c r="A1129" t="s">
+        <v>3790</v>
+      </c>
+      <c r="B1129" t="s">
+        <v>3791</v>
+      </c>
+      <c r="C1129" t="s" s="2">
         <v>3792</v>
       </c>
-      <c r="B1129" t="s">
+      <c r="D1129" t="s" s="4">
         <v>3793</v>
       </c>
-      <c r="C1129" t="s" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="E1129" t="s">
-        <v>389</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1129"/>
     </row>
     <row r="1130">
       <c r="A1130" t="s">
+        <v>3794</v>
+      </c>
+      <c r="B1130" t="s">
         <v>3795</v>
       </c>
-      <c r="B1130" t="s">
+      <c r="C1130" t="s" s="2">
         <v>3796</v>
       </c>
-      <c r="C1130" t="s" s="2">
-[...3 lines deleted...]
-        <v>3672</v>
+      <c r="D1130">
+        <v>8163227377</v>
       </c>
       <c r="E1130" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1130" t="s">
-        <v>475</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1131">
       <c r="A1131" t="s">
+        <v>3797</v>
+      </c>
+      <c r="B1131" t="s">
         <v>3798</v>
       </c>
-      <c r="B1131" t="s">
+      <c r="C1131" t="s" s="2">
         <v>3799</v>
       </c>
-      <c r="C1131" t="s" s="2">
-[...3 lines deleted...]
-        <v>3801</v>
+      <c r="D1131" s="3">
+        <v>233244338009</v>
       </c>
       <c r="E1131" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F1131" t="s">
-        <v>3802</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1132">
       <c r="A1132" t="s">
+        <v>3800</v>
+      </c>
+      <c r="B1132" t="s">
+        <v>3801</v>
+      </c>
+      <c r="C1132" t="s" s="2">
+        <v>3802</v>
+      </c>
+      <c r="D1132" t="s" s="4">
         <v>3803</v>
       </c>
-      <c r="B1132" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E1132" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F1132" t="s">
-        <v>3807</v>
+        <v>771</v>
       </c>
     </row>
     <row r="1133">
       <c r="A1133" t="s">
-        <v>3808</v>
+        <v>3804</v>
       </c>
       <c r="B1133" t="s">
-        <v>3809</v>
+        <v>3805</v>
       </c>
       <c r="C1133" t="s" s="2">
-        <v>3810</v>
-[...2 lines deleted...]
-        <v>8617888227485</v>
+        <v>3806</v>
+      </c>
+      <c r="D1133" s="3">
+        <v>256788272643</v>
       </c>
       <c r="E1133" t="s">
-        <v>3811</v>
-[...1 lines deleted...]
-      <c r="F1133"/>
+        <v>1320</v>
+      </c>
+      <c r="F1133" t="s">
+        <v>3807</v>
+      </c>
     </row>
     <row r="1134">
       <c r="A1134" t="s">
-        <v>3812</v>
+        <v>3808</v>
       </c>
       <c r="B1134" t="s">
-        <v>3813</v>
+        <v>3809</v>
       </c>
       <c r="C1134" t="s" s="2">
-        <v>3814</v>
-[...2 lines deleted...]
-        <v>256788261675</v>
+        <v>3810</v>
+      </c>
+      <c r="D1134">
+        <v>8105060873</v>
       </c>
       <c r="E1134" t="s">
-        <v>130</v>
+        <v>31</v>
       </c>
       <c r="F1134" t="s">
-        <v>512</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1135">
       <c r="A1135" t="s">
+        <v>3811</v>
+      </c>
+      <c r="B1135" t="s">
+        <v>3812</v>
+      </c>
+      <c r="C1135" t="s" s="2">
+        <v>3813</v>
+      </c>
+      <c r="D1135" t="s" s="4">
+        <v>3814</v>
+      </c>
+      <c r="E1135" t="s">
+        <v>31</v>
+      </c>
+      <c r="F1135" t="s">
         <v>3815</v>
-      </c>
-[...13 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="1136">
       <c r="A1136" t="s">
+        <v>3816</v>
+      </c>
+      <c r="B1136" t="s">
+        <v>3817</v>
+      </c>
+      <c r="C1136" t="s" s="2">
+        <v>3818</v>
+      </c>
+      <c r="D1136" t="s" s="4">
         <v>3819</v>
       </c>
-      <c r="B1136" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E1136" t="s">
-        <v>11</v>
+        <v>199</v>
       </c>
       <c r="F1136" t="s">
-        <v>1533</v>
+        <v>314</v>
       </c>
     </row>
     <row r="1137">
       <c r="A1137" t="s">
-        <v>3822</v>
+        <v>3820</v>
       </c>
       <c r="B1137" t="s">
-        <v>3823</v>
+        <v>2092</v>
       </c>
       <c r="C1137" t="s" s="2">
-        <v>3824</v>
-[...2 lines deleted...]
-        <v>2348116027643</v>
+        <v>3821</v>
+      </c>
+      <c r="D1137" s="3">
+        <v>256709960136</v>
       </c>
       <c r="E1137" t="s">
-        <v>11</v>
+        <v>448</v>
       </c>
       <c r="F1137" t="s">
-        <v>675</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="1138">
       <c r="A1138" t="s">
-        <v>3825</v>
+        <v>3822</v>
       </c>
       <c r="B1138" t="s">
-        <v>3826</v>
+        <v>2713</v>
       </c>
       <c r="C1138" t="s" s="2">
-        <v>3827</v>
-[...2 lines deleted...]
-        <v>256753775432</v>
+        <v>3823</v>
+      </c>
+      <c r="D1138" t="s" s="4">
+        <v>3824</v>
       </c>
       <c r="E1138" t="s">
-        <v>130</v>
+        <v>31</v>
       </c>
       <c r="F1138" t="s">
-        <v>2694</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1139">
       <c r="A1139" t="s">
-        <v>3828</v>
+        <v>3825</v>
       </c>
       <c r="B1139" t="s">
-        <v>3829</v>
+        <v>3826</v>
       </c>
       <c r="C1139" t="s" s="2">
-        <v>3830</v>
-[...2 lines deleted...]
-        <v>256757482340</v>
+        <v>3827</v>
+      </c>
+      <c r="D1139" s="3">
+        <v>256789508208</v>
       </c>
       <c r="E1139" t="s">
-        <v>137</v>
+        <v>448</v>
       </c>
       <c r="F1139" t="s">
-        <v>1026</v>
+        <v>459</v>
       </c>
     </row>
     <row r="1140">
       <c r="A1140" t="s">
-        <v>3831</v>
+        <v>3828</v>
       </c>
       <c r="B1140" t="s">
-        <v>3832</v>
+        <v>3829</v>
       </c>
       <c r="C1140" t="s" s="2">
-        <v>3833</v>
-[...3 lines deleted...]
-      </c>
+        <v>3830</v>
+      </c>
+      <c r="D1140"/>
       <c r="E1140" t="s">
-        <v>130</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1140"/>
     </row>
     <row r="1141">
       <c r="A1141" t="s">
-        <v>3834</v>
-[...5 lines deleted...]
-      <c r="D1141"/>
+        <v>3831</v>
+      </c>
+      <c r="B1141" t="s">
+        <v>3690</v>
+      </c>
+      <c r="C1141" t="s" s="2">
+        <v>3832</v>
+      </c>
+      <c r="D1141" t="s" s="4">
+        <v>3692</v>
+      </c>
       <c r="E1141" t="s">
-        <v>130</v>
-[...1 lines deleted...]
-      <c r="F1141"/>
+        <v>55</v>
+      </c>
+      <c r="F1141" t="s">
+        <v>3357</v>
+      </c>
     </row>
     <row r="1142">
       <c r="A1142" t="s">
-        <v>3836</v>
-[...3 lines deleted...]
-      </c>
+        <v>3833</v>
+      </c>
+      <c r="B1142"/>
       <c r="C1142" t="s" s="2">
-        <v>3838</v>
-[...3 lines deleted...]
-      </c>
+        <v>3834</v>
+      </c>
+      <c r="D1142"/>
       <c r="E1142" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1142"/>
     </row>
     <row r="1143">
       <c r="A1143" t="s">
-        <v>3839</v>
+        <v>3835</v>
       </c>
       <c r="B1143" t="s">
-        <v>3840</v>
+        <v>3836</v>
       </c>
       <c r="C1143" t="s" s="2">
-        <v>3841</v>
-[...2 lines deleted...]
-        <v>3842</v>
+        <v>3837</v>
+      </c>
+      <c r="D1143" s="3">
+        <v>2348066211791</v>
       </c>
       <c r="E1143" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1143" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1144">
       <c r="A1144" t="s">
-        <v>3843</v>
+        <v>3838</v>
       </c>
       <c r="B1144" t="s">
-        <v>3844</v>
+        <v>3839</v>
       </c>
       <c r="C1144" t="s" s="2">
-        <v>3845</v>
-[...2 lines deleted...]
-        <v>256770493820</v>
+        <v>3840</v>
+      </c>
+      <c r="D1144" s="3">
+        <v>2348108045755</v>
       </c>
       <c r="E1144" t="s">
-        <v>389</v>
+        <v>31</v>
       </c>
       <c r="F1144" t="s">
-        <v>12</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1145">
       <c r="A1145" t="s">
-        <v>3846</v>
+        <v>3841</v>
       </c>
       <c r="B1145" t="s">
-        <v>3847</v>
+        <v>3842</v>
       </c>
       <c r="C1145" t="s" s="2">
-        <v>3848</v>
-[...2 lines deleted...]
-        <v>3849</v>
+        <v>3843</v>
+      </c>
+      <c r="D1145" s="3">
+        <v>256784822978</v>
       </c>
       <c r="E1145" t="s">
-        <v>11</v>
+        <v>448</v>
       </c>
       <c r="F1145" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1146">
       <c r="A1146" t="s">
-        <v>3850</v>
-[...1 lines deleted...]
-      <c r="B1146"/>
+        <v>3844</v>
+      </c>
+      <c r="B1146" t="s">
+        <v>3845</v>
+      </c>
       <c r="C1146" t="s" s="2">
-        <v>3851</v>
-[...1 lines deleted...]
-      <c r="D1146"/>
+        <v>3846</v>
+      </c>
+      <c r="D1146" t="s" s="4">
+        <v>3721</v>
+      </c>
       <c r="E1146" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1146"/>
+        <v>31</v>
+      </c>
+      <c r="F1146" t="s">
+        <v>529</v>
+      </c>
     </row>
     <row r="1147">
       <c r="A1147" t="s">
-        <v>3852</v>
-[...1 lines deleted...]
-      <c r="B1147"/>
+        <v>3847</v>
+      </c>
+      <c r="B1147" t="s">
+        <v>3848</v>
+      </c>
       <c r="C1147" t="s" s="2">
-        <v>3853</v>
-[...1 lines deleted...]
-      <c r="D1147"/>
+        <v>3849</v>
+      </c>
+      <c r="D1147" t="s" s="4">
+        <v>3850</v>
+      </c>
       <c r="E1147" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1147"/>
+        <v>55</v>
+      </c>
+      <c r="F1147" t="s">
+        <v>3851</v>
+      </c>
     </row>
     <row r="1148">
       <c r="A1148" t="s">
+        <v>3852</v>
+      </c>
+      <c r="B1148" t="s">
+        <v>3853</v>
+      </c>
+      <c r="C1148" t="s" s="2">
         <v>3854</v>
       </c>
-      <c r="B1148" t="s">
+      <c r="D1148" t="s" s="4">
         <v>3855</v>
       </c>
-      <c r="C1148" t="s" s="2">
+      <c r="E1148" t="s">
+        <v>55</v>
+      </c>
+      <c r="F1148" t="s">
         <v>3856</v>
-      </c>
-[...7 lines deleted...]
-        <v>463</v>
       </c>
     </row>
     <row r="1149">
       <c r="A1149" t="s">
         <v>3857</v>
       </c>
       <c r="B1149" t="s">
         <v>3858</v>
       </c>
       <c r="C1149" t="s" s="2">
         <v>3859</v>
       </c>
-      <c r="D1149" s="4">
-        <v>2348063214970</v>
+      <c r="D1149" s="3">
+        <v>8617888227485</v>
       </c>
       <c r="E1149" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>3860</v>
+      </c>
+      <c r="F1149"/>
     </row>
     <row r="1150">
       <c r="A1150" t="s">
-        <v>3860</v>
-[...1 lines deleted...]
-      <c r="B1150"/>
+        <v>3861</v>
+      </c>
+      <c r="B1150" t="s">
+        <v>3862</v>
+      </c>
       <c r="C1150" t="s" s="2">
-        <v>3861</v>
-[...1 lines deleted...]
-      <c r="D1150"/>
+        <v>3863</v>
+      </c>
+      <c r="D1150" s="3">
+        <v>256788261675</v>
+      </c>
       <c r="E1150" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F1150"/>
+        <v>192</v>
+      </c>
+      <c r="F1150" t="s">
+        <v>566</v>
+      </c>
     </row>
     <row r="1151">
       <c r="A1151" t="s">
-        <v>3862</v>
+        <v>3864</v>
       </c>
       <c r="B1151" t="s">
-        <v>3863</v>
+        <v>3865</v>
       </c>
       <c r="C1151" t="s" s="2">
-        <v>3864</v>
-[...1 lines deleted...]
-      <c r="D1151"/>
+        <v>3866</v>
+      </c>
+      <c r="D1151" t="s" s="4">
+        <v>3867</v>
+      </c>
       <c r="E1151" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="F1151"/>
+        <v>31</v>
+      </c>
+      <c r="F1151" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="1152">
       <c r="A1152" t="s">
-        <v>3865</v>
+        <v>3868</v>
       </c>
       <c r="B1152" t="s">
-        <v>3866</v>
+        <v>3869</v>
       </c>
       <c r="C1152" t="s" s="2">
-        <v>3867</v>
-[...2 lines deleted...]
-        <v>2348147548637</v>
+        <v>3870</v>
+      </c>
+      <c r="D1152" s="3">
+        <v>2348025530002</v>
       </c>
       <c r="E1152" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1152" t="s">
-        <v>211</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="1153">
       <c r="A1153" t="s">
-        <v>3868</v>
+        <v>3871</v>
       </c>
       <c r="B1153" t="s">
-        <v>3869</v>
+        <v>3872</v>
       </c>
       <c r="C1153" t="s" s="2">
-        <v>3870</v>
-[...2 lines deleted...]
-        <v>3871</v>
+        <v>3873</v>
+      </c>
+      <c r="D1153" s="3">
+        <v>2348116027643</v>
       </c>
       <c r="E1153" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F1153" t="s">
-        <v>3872</v>
+        <v>729</v>
       </c>
     </row>
     <row r="1154">
       <c r="A1154" t="s">
-        <v>3873</v>
+        <v>3874</v>
       </c>
       <c r="B1154" t="s">
-        <v>3874</v>
+        <v>3875</v>
       </c>
       <c r="C1154" t="s" s="2">
-        <v>3875</v>
-[...2 lines deleted...]
-        <v>236775976066</v>
+        <v>3876</v>
+      </c>
+      <c r="D1154" s="3">
+        <v>256753775432</v>
       </c>
       <c r="E1154" t="s">
-        <v>2647</v>
+        <v>192</v>
       </c>
       <c r="F1154" t="s">
-        <v>3079</v>
+        <v>2743</v>
       </c>
     </row>
     <row r="1155">
       <c r="A1155" t="s">
-        <v>3876</v>
+        <v>3877</v>
       </c>
       <c r="B1155" t="s">
-        <v>3877</v>
+        <v>3878</v>
       </c>
       <c r="C1155" t="s" s="2">
-        <v>3878</v>
-[...1 lines deleted...]
-      <c r="D1155" t="s" s="3">
         <v>3879</v>
       </c>
+      <c r="D1155" s="3">
+        <v>256757482340</v>
+      </c>
       <c r="E1155" t="s">
-        <v>2647</v>
-[...1 lines deleted...]
-      <c r="F1155"/>
+        <v>199</v>
+      </c>
+      <c r="F1155" t="s">
+        <v>1076</v>
+      </c>
     </row>
     <row r="1156">
       <c r="A1156" t="s">
         <v>3880</v>
       </c>
       <c r="B1156" t="s">
-        <v>3874</v>
+        <v>3881</v>
       </c>
       <c r="C1156" t="s" s="2">
-        <v>3881</v>
-[...2 lines deleted...]
-        <v>236775976066</v>
+        <v>3882</v>
+      </c>
+      <c r="D1156" s="3">
+        <v>256755537419</v>
       </c>
       <c r="E1156" t="s">
-        <v>2647</v>
+        <v>192</v>
       </c>
       <c r="F1156" t="s">
-        <v>3079</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1157">
       <c r="A1157" t="s">
-        <v>3882</v>
-[...1 lines deleted...]
-      <c r="B1157" t="s">
         <v>3883</v>
       </c>
-      <c r="C1157" t="s" s="2">
+      <c r="B1157"/>
+      <c r="C1157" t="s">
         <v>3884</v>
       </c>
-      <c r="D1157" t="s" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="D1157"/>
       <c r="E1157" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>192</v>
+      </c>
+      <c r="F1157"/>
     </row>
     <row r="1158">
       <c r="A1158" t="s">
+        <v>3885</v>
+      </c>
+      <c r="B1158" t="s">
         <v>3886</v>
       </c>
-      <c r="B1158" t="s">
+      <c r="C1158" t="s" s="2">
         <v>3887</v>
       </c>
-      <c r="C1158" t="s" s="2">
-[...3 lines deleted...]
-        <v>3889</v>
+      <c r="D1158" s="3">
+        <v>639392942253</v>
       </c>
       <c r="E1158" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1158"/>
     </row>
     <row r="1159">
       <c r="A1159" t="s">
+        <v>3888</v>
+      </c>
+      <c r="B1159" t="s">
+        <v>3889</v>
+      </c>
+      <c r="C1159" t="s" s="2">
         <v>3890</v>
       </c>
-      <c r="B1159" t="s">
+      <c r="D1159" t="s" s="4">
         <v>3891</v>
       </c>
-      <c r="C1159" t="s" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="E1159" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1159" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1160">
       <c r="A1160" t="s">
+        <v>3892</v>
+      </c>
+      <c r="B1160" t="s">
+        <v>3893</v>
+      </c>
+      <c r="C1160" t="s" s="2">
         <v>3894</v>
       </c>
-      <c r="B1160" t="s">
-[...6 lines deleted...]
-        <v>3897</v>
+      <c r="D1160" s="3">
+        <v>256770493820</v>
       </c>
       <c r="E1160" t="s">
-        <v>11</v>
+        <v>448</v>
       </c>
       <c r="F1160" t="s">
-        <v>123</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1161">
       <c r="A1161" t="s">
+        <v>3895</v>
+      </c>
+      <c r="B1161" t="s">
+        <v>3896</v>
+      </c>
+      <c r="C1161" t="s" s="2">
+        <v>3897</v>
+      </c>
+      <c r="D1161" t="s" s="4">
         <v>3898</v>
       </c>
-      <c r="B1161"/>
-[...3 lines deleted...]
-      <c r="D1161"/>
       <c r="E1161" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1161"/>
+        <v>31</v>
+      </c>
+      <c r="F1161" t="s">
+        <v>105</v>
+      </c>
     </row>
     <row r="1162">
       <c r="A1162" t="s">
+        <v>3899</v>
+      </c>
+      <c r="B1162"/>
+      <c r="C1162" t="s" s="2">
         <v>3900</v>
       </c>
-      <c r="B1162" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D1162"/>
       <c r="E1162" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1162"/>
     </row>
     <row r="1163">
       <c r="A1163" t="s">
-        <v>3903</v>
-[...3 lines deleted...]
-      </c>
+        <v>3901</v>
+      </c>
+      <c r="B1163"/>
       <c r="C1163" t="s" s="2">
-        <v>3905</v>
-[...3 lines deleted...]
-      </c>
+        <v>3902</v>
+      </c>
+      <c r="D1163"/>
       <c r="E1163" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1163"/>
     </row>
     <row r="1164">
       <c r="A1164" t="s">
-        <v>3907</v>
-[...1 lines deleted...]
-      <c r="B1164"/>
+        <v>3903</v>
+      </c>
+      <c r="B1164" t="s">
+        <v>3904</v>
+      </c>
       <c r="C1164" t="s" s="2">
-        <v>3908</v>
-[...1 lines deleted...]
-      <c r="D1164"/>
+        <v>3905</v>
+      </c>
+      <c r="D1164" s="3">
+        <v>610415776084</v>
+      </c>
       <c r="E1164" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1164"/>
+        <v>31</v>
+      </c>
+      <c r="F1164" t="s">
+        <v>517</v>
+      </c>
     </row>
     <row r="1165">
       <c r="A1165" t="s">
-        <v>3909</v>
+        <v>3906</v>
       </c>
       <c r="B1165" t="s">
-        <v>3910</v>
+        <v>3907</v>
       </c>
       <c r="C1165" t="s" s="2">
-        <v>3911</v>
-[...2 lines deleted...]
-        <v>2349043337019</v>
+        <v>3908</v>
+      </c>
+      <c r="D1165" s="3">
+        <v>2348063214970</v>
       </c>
       <c r="E1165" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1165" t="s">
-        <v>97</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1166">
       <c r="A1166" t="s">
-        <v>3912</v>
-[...3 lines deleted...]
-      </c>
+        <v>3909</v>
+      </c>
+      <c r="B1166"/>
       <c r="C1166" t="s" s="2">
-        <v>3914</v>
-[...3 lines deleted...]
-      </c>
+        <v>3910</v>
+      </c>
+      <c r="D1166"/>
       <c r="E1166" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F1166"/>
     </row>
     <row r="1167">
       <c r="A1167" t="s">
-        <v>3917</v>
+        <v>3911</v>
       </c>
       <c r="B1167" t="s">
-        <v>3918</v>
+        <v>3912</v>
       </c>
       <c r="C1167" t="s" s="2">
-        <v>3919</v>
+        <v>3913</v>
       </c>
       <c r="D1167"/>
       <c r="E1167" t="s">
-        <v>3920</v>
+        <v>55</v>
       </c>
       <c r="F1167"/>
     </row>
     <row r="1168">
       <c r="A1168" t="s">
-        <v>3921</v>
+        <v>3914</v>
       </c>
       <c r="B1168" t="s">
-        <v>3922</v>
+        <v>3915</v>
       </c>
       <c r="C1168" t="s" s="2">
-        <v>3923</v>
-[...2 lines deleted...]
-        <v>2347043975909</v>
+        <v>3916</v>
+      </c>
+      <c r="D1168" s="3">
+        <v>2348147548637</v>
       </c>
       <c r="E1168" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1168" t="s">
-        <v>39</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1169">
       <c r="A1169" t="s">
-        <v>3924</v>
-[...1 lines deleted...]
-      <c r="B1169"/>
+        <v>3917</v>
+      </c>
+      <c r="B1169" t="s">
+        <v>3918</v>
+      </c>
       <c r="C1169" t="s" s="2">
-        <v>3925</v>
-[...1 lines deleted...]
-      <c r="D1169"/>
+        <v>3919</v>
+      </c>
+      <c r="D1169" t="s" s="4">
+        <v>3920</v>
+      </c>
       <c r="E1169" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1169"/>
+        <v>55</v>
+      </c>
+      <c r="F1169" t="s">
+        <v>3921</v>
+      </c>
     </row>
     <row r="1170">
       <c r="A1170" t="s">
-        <v>3926</v>
+        <v>3922</v>
       </c>
       <c r="B1170" t="s">
-        <v>3927</v>
+        <v>3923</v>
       </c>
       <c r="C1170" t="s" s="2">
-        <v>3928</v>
-[...2 lines deleted...]
-        <v>3929</v>
+        <v>3924</v>
+      </c>
+      <c r="D1170" s="3">
+        <v>236775976066</v>
       </c>
       <c r="E1170" t="s">
-        <v>11</v>
+        <v>2696</v>
       </c>
       <c r="F1170" t="s">
-        <v>34</v>
+        <v>3128</v>
       </c>
     </row>
     <row r="1171">
       <c r="A1171" t="s">
-        <v>3930</v>
+        <v>3925</v>
       </c>
       <c r="B1171" t="s">
-        <v>3931</v>
+        <v>3926</v>
       </c>
       <c r="C1171" t="s" s="2">
-        <v>3932</v>
-[...2 lines deleted...]
-        <v>2348033420628</v>
+        <v>3927</v>
+      </c>
+      <c r="D1171" t="s" s="4">
+        <v>3928</v>
       </c>
       <c r="E1171" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>2696</v>
+      </c>
+      <c r="F1171"/>
     </row>
     <row r="1172">
       <c r="A1172" t="s">
-        <v>3933</v>
+        <v>3929</v>
       </c>
       <c r="B1172" t="s">
-        <v>3934</v>
+        <v>3923</v>
       </c>
       <c r="C1172" t="s" s="2">
-        <v>3935</v>
-[...2 lines deleted...]
-        <v>2347064591636</v>
+        <v>3930</v>
+      </c>
+      <c r="D1172" s="3">
+        <v>236775976066</v>
       </c>
       <c r="E1172" t="s">
-        <v>11</v>
+        <v>2696</v>
       </c>
       <c r="F1172" t="s">
-        <v>1533</v>
+        <v>3128</v>
       </c>
     </row>
     <row r="1173">
       <c r="A1173" t="s">
-        <v>3936</v>
+        <v>3931</v>
       </c>
       <c r="B1173" t="s">
-        <v>3937</v>
+        <v>3932</v>
       </c>
       <c r="C1173" t="s" s="2">
-        <v>3938</v>
-[...2 lines deleted...]
-        <v>251980434337</v>
+        <v>3933</v>
+      </c>
+      <c r="D1173" t="s" s="4">
+        <v>3934</v>
       </c>
       <c r="E1173" t="s">
-        <v>479</v>
+        <v>31</v>
       </c>
       <c r="F1173" t="s">
-        <v>123</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1174">
       <c r="A1174" t="s">
-        <v>3939</v>
+        <v>3935</v>
       </c>
       <c r="B1174" t="s">
-        <v>3940</v>
+        <v>3936</v>
       </c>
       <c r="C1174" t="s" s="2">
-        <v>3941</v>
-[...2 lines deleted...]
-        <v>2348109250839</v>
+        <v>3937</v>
+      </c>
+      <c r="D1174" t="s" s="4">
+        <v>3938</v>
       </c>
       <c r="E1174" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1174" t="s">
-        <v>175</v>
+        <v>3357</v>
       </c>
     </row>
     <row r="1175">
       <c r="A1175" t="s">
+        <v>3939</v>
+      </c>
+      <c r="B1175" t="s">
+        <v>3940</v>
+      </c>
+      <c r="C1175" t="s" s="2">
+        <v>3941</v>
+      </c>
+      <c r="D1175" t="s" s="4">
         <v>3942</v>
       </c>
-      <c r="B1175" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E1175" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1175" t="s">
-        <v>211</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1176">
       <c r="A1176" t="s">
+        <v>3943</v>
+      </c>
+      <c r="B1176" t="s">
+        <v>3944</v>
+      </c>
+      <c r="C1176" t="s" s="2">
         <v>3945</v>
       </c>
-      <c r="B1176" t="s">
+      <c r="D1176" t="s" s="4">
         <v>3946</v>
       </c>
-      <c r="C1176" t="s" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="E1176" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1176" t="s">
-        <v>211</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1177">
       <c r="A1177" t="s">
-        <v>3949</v>
-[...3 lines deleted...]
-      </c>
+        <v>3947</v>
+      </c>
+      <c r="B1177"/>
       <c r="C1177" t="s" s="2">
-        <v>3951</v>
-[...3 lines deleted...]
-      </c>
+        <v>3948</v>
+      </c>
+      <c r="D1177"/>
       <c r="E1177" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1177"/>
     </row>
     <row r="1178">
       <c r="A1178" t="s">
-        <v>3954</v>
+        <v>3949</v>
       </c>
       <c r="B1178" t="s">
-        <v>3955</v>
+        <v>3950</v>
       </c>
       <c r="C1178" t="s" s="2">
-        <v>3956</v>
-[...2 lines deleted...]
-        <v>2348069487505</v>
+        <v>3951</v>
+      </c>
+      <c r="D1178" s="3">
+        <v>2347065102288</v>
       </c>
       <c r="E1178" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F1178" t="s">
-        <v>3957</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="1179">
       <c r="A1179" t="s">
-        <v>3958</v>
+        <v>3952</v>
       </c>
       <c r="B1179" t="s">
-        <v>3959</v>
+        <v>3953</v>
       </c>
       <c r="C1179" t="s" s="2">
-        <v>3960</v>
-[...2 lines deleted...]
-        <v>61426033998</v>
+        <v>3954</v>
+      </c>
+      <c r="D1179" t="s" s="4">
+        <v>3955</v>
       </c>
       <c r="E1179" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="F1179" t="s">
-        <v>918</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1180">
       <c r="A1180" t="s">
-        <v>3961</v>
-[...3 lines deleted...]
-      </c>
+        <v>3956</v>
+      </c>
+      <c r="B1180"/>
       <c r="C1180" t="s" s="2">
-        <v>3962</v>
-[...3 lines deleted...]
-      </c>
+        <v>3957</v>
+      </c>
+      <c r="D1180"/>
       <c r="E1180" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1180"/>
     </row>
     <row r="1181">
       <c r="A1181" t="s">
-        <v>3963</v>
+        <v>3958</v>
       </c>
       <c r="B1181" t="s">
-        <v>3964</v>
+        <v>3959</v>
       </c>
       <c r="C1181" t="s" s="2">
-        <v>3965</v>
-[...2 lines deleted...]
-        <v>2348106899810</v>
+        <v>3960</v>
+      </c>
+      <c r="D1181" s="3">
+        <v>2349043337019</v>
       </c>
       <c r="E1181" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1181" t="s">
-        <v>211</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1182">
       <c r="A1182" t="s">
-        <v>3966</v>
+        <v>3961</v>
       </c>
       <c r="B1182" t="s">
-        <v>3967</v>
+        <v>3962</v>
       </c>
       <c r="C1182" t="s" s="2">
-        <v>3968</v>
-[...2 lines deleted...]
-        <v>254722543493</v>
+        <v>3963</v>
+      </c>
+      <c r="D1182" t="s" s="4">
+        <v>3964</v>
       </c>
       <c r="E1182" t="s">
-        <v>60</v>
+        <v>31</v>
       </c>
       <c r="F1182" t="s">
-        <v>12</v>
+        <v>3965</v>
       </c>
     </row>
     <row r="1183">
       <c r="A1183" t="s">
+        <v>3966</v>
+      </c>
+      <c r="B1183" t="s">
+        <v>3967</v>
+      </c>
+      <c r="C1183" t="s" s="2">
+        <v>3968</v>
+      </c>
+      <c r="D1183"/>
+      <c r="E1183" t="s">
         <v>3969</v>
       </c>
-      <c r="B1183" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="F1183"/>
     </row>
     <row r="1184">
       <c r="A1184" t="s">
+        <v>3970</v>
+      </c>
+      <c r="B1184" t="s">
+        <v>3971</v>
+      </c>
+      <c r="C1184" t="s" s="2">
         <v>3972</v>
       </c>
-      <c r="B1184"/>
-[...3 lines deleted...]
-      <c r="D1184"/>
+      <c r="D1184" s="3">
+        <v>2347043975909</v>
+      </c>
       <c r="E1184" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1184"/>
+        <v>31</v>
+      </c>
+      <c r="F1184" t="s">
+        <v>105</v>
+      </c>
     </row>
     <row r="1185">
       <c r="A1185" t="s">
-        <v>3974</v>
+        <v>3973</v>
       </c>
       <c r="B1185"/>
       <c r="C1185" t="s" s="2">
-        <v>3975</v>
+        <v>3974</v>
       </c>
       <c r="D1185"/>
       <c r="E1185" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1185"/>
     </row>
     <row r="1186">
       <c r="A1186" t="s">
+        <v>3975</v>
+      </c>
+      <c r="B1186" t="s">
         <v>3976</v>
       </c>
-      <c r="B1186"/>
       <c r="C1186" t="s" s="2">
         <v>3977</v>
       </c>
-      <c r="D1186"/>
+      <c r="D1186" t="s" s="4">
+        <v>3978</v>
+      </c>
       <c r="E1186" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F1186"/>
+        <v>31</v>
+      </c>
+      <c r="F1186" t="s">
+        <v>100</v>
+      </c>
     </row>
     <row r="1187">
       <c r="A1187" t="s">
-        <v>3978</v>
+        <v>3979</v>
       </c>
       <c r="B1187" t="s">
-        <v>3979</v>
+        <v>3980</v>
       </c>
       <c r="C1187" t="s" s="2">
-        <v>3980</v>
-[...2 lines deleted...]
-        <v>2348065928306</v>
+        <v>3981</v>
+      </c>
+      <c r="D1187" s="3">
+        <v>2348033420628</v>
       </c>
       <c r="E1187" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1187" t="s">
-        <v>3981</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1188">
       <c r="A1188" t="s">
         <v>3982</v>
       </c>
       <c r="B1188" t="s">
         <v>3983</v>
       </c>
       <c r="C1188" t="s" s="2">
         <v>3984</v>
       </c>
-      <c r="D1188"/>
+      <c r="D1188" s="3">
+        <v>2347064591636</v>
+      </c>
       <c r="E1188" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1188"/>
+        <v>31</v>
+      </c>
+      <c r="F1188" t="s">
+        <v>1583</v>
+      </c>
     </row>
     <row r="1189">
       <c r="A1189" t="s">
         <v>3985</v>
       </c>
       <c r="B1189" t="s">
         <v>3986</v>
       </c>
       <c r="C1189" t="s" s="2">
         <v>3987</v>
       </c>
-      <c r="D1189" s="4">
-        <v>2349037574330</v>
+      <c r="D1189" s="3">
+        <v>251980434337</v>
       </c>
       <c r="E1189" t="s">
-        <v>11</v>
+        <v>533</v>
       </c>
       <c r="F1189" t="s">
-        <v>463</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1190">
       <c r="A1190" t="s">
         <v>3988</v>
       </c>
       <c r="B1190" t="s">
         <v>3989</v>
       </c>
       <c r="C1190" t="s" s="2">
         <v>3990</v>
       </c>
-      <c r="D1190" s="4">
-        <v>2347063929197</v>
+      <c r="D1190" s="3">
+        <v>2348109250839</v>
       </c>
       <c r="E1190" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1190" t="s">
-        <v>12</v>
+        <v>236</v>
       </c>
     </row>
     <row r="1191">
       <c r="A1191" t="s">
         <v>3991</v>
       </c>
       <c r="B1191" t="s">
         <v>3992</v>
       </c>
       <c r="C1191" t="s" s="2">
         <v>3993</v>
       </c>
-      <c r="D1191" s="4">
-        <v>2348132148942</v>
+      <c r="D1191" s="3">
+        <v>2347061260070</v>
       </c>
       <c r="E1191" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1191" t="s">
-        <v>123</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1192">
       <c r="A1192" t="s">
         <v>3994</v>
       </c>
-      <c r="B1192"/>
+      <c r="B1192" t="s">
+        <v>3995</v>
+      </c>
       <c r="C1192" t="s" s="2">
-        <v>3995</v>
-[...1 lines deleted...]
-      <c r="D1192"/>
+        <v>3996</v>
+      </c>
+      <c r="D1192" t="s" s="4">
+        <v>3997</v>
+      </c>
       <c r="E1192" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1192"/>
+        <v>31</v>
+      </c>
+      <c r="F1192" t="s">
+        <v>271</v>
+      </c>
     </row>
     <row r="1193">
       <c r="A1193" t="s">
-        <v>3996</v>
-[...1 lines deleted...]
-      <c r="B1193"/>
+        <v>3998</v>
+      </c>
+      <c r="B1193" t="s">
+        <v>3999</v>
+      </c>
       <c r="C1193" t="s" s="2">
-        <v>3997</v>
-[...1 lines deleted...]
-      <c r="D1193"/>
+        <v>4000</v>
+      </c>
+      <c r="D1193" t="s" s="4">
+        <v>4001</v>
+      </c>
       <c r="E1193" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F1193"/>
+        <v>31</v>
+      </c>
+      <c r="F1193" t="s">
+        <v>51</v>
+      </c>
     </row>
     <row r="1194">
       <c r="A1194" t="s">
-        <v>3998</v>
+        <v>4002</v>
       </c>
       <c r="B1194" t="s">
-        <v>3999</v>
+        <v>4003</v>
       </c>
       <c r="C1194" t="s" s="2">
-        <v>4000</v>
-[...1 lines deleted...]
-      <c r="D1194"/>
+        <v>4004</v>
+      </c>
+      <c r="D1194" s="3">
+        <v>2348069487505</v>
+      </c>
       <c r="E1194" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1194"/>
+        <v>31</v>
+      </c>
+      <c r="F1194" t="s">
+        <v>4005</v>
+      </c>
     </row>
     <row r="1195">
       <c r="A1195" t="s">
-        <v>4001</v>
-[...1 lines deleted...]
-      <c r="B1195"/>
+        <v>4006</v>
+      </c>
+      <c r="B1195" t="s">
+        <v>4007</v>
+      </c>
       <c r="C1195" t="s" s="2">
-        <v>4002</v>
-[...1 lines deleted...]
-      <c r="D1195"/>
+        <v>4008</v>
+      </c>
+      <c r="D1195" s="3">
+        <v>61426033998</v>
+      </c>
       <c r="E1195" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1195"/>
+        <v>31</v>
+      </c>
+      <c r="F1195" t="s">
+        <v>968</v>
+      </c>
     </row>
     <row r="1196">
       <c r="A1196" t="s">
-        <v>4003</v>
+        <v>4009</v>
       </c>
       <c r="B1196" t="s">
-        <v>4004</v>
+        <v>351</v>
       </c>
       <c r="C1196" t="s" s="2">
-        <v>4005</v>
-[...2 lines deleted...]
-        <v>61413634394</v>
+        <v>4010</v>
+      </c>
+      <c r="D1196" s="3">
+        <v>221773274784</v>
       </c>
       <c r="E1196" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1196" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1197">
       <c r="A1197" t="s">
-        <v>4006</v>
+        <v>4011</v>
       </c>
       <c r="B1197" t="s">
-        <v>4007</v>
+        <v>4012</v>
       </c>
       <c r="C1197" t="s" s="2">
-        <v>4008</v>
-[...2 lines deleted...]
-        <v>2349055016090</v>
+        <v>4013</v>
+      </c>
+      <c r="D1197" s="3">
+        <v>2348106899810</v>
       </c>
       <c r="E1197" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1197" t="s">
-        <v>12</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1198">
       <c r="A1198" t="s">
-        <v>4009</v>
+        <v>4014</v>
       </c>
       <c r="B1198" t="s">
-        <v>4010</v>
+        <v>4015</v>
       </c>
       <c r="C1198" t="s" s="2">
-        <v>4011</v>
-[...2 lines deleted...]
-        <v>4012</v>
+        <v>4016</v>
+      </c>
+      <c r="D1198" s="3">
+        <v>254722543493</v>
       </c>
       <c r="E1198" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F1198" t="s">
-        <v>123</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1199">
       <c r="A1199" t="s">
-        <v>4013</v>
+        <v>4017</v>
       </c>
       <c r="B1199" t="s">
-        <v>4014</v>
+        <v>4018</v>
       </c>
       <c r="C1199" t="s" s="2">
-        <v>4015</v>
-[...2 lines deleted...]
-        <v>2348141358368</v>
+        <v>4019</v>
+      </c>
+      <c r="D1199" s="3">
+        <v>2349030875751</v>
       </c>
       <c r="E1199" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1199" t="s">
-        <v>161</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1200">
       <c r="A1200" t="s">
-        <v>4016</v>
-[...3 lines deleted...]
-      </c>
+        <v>4020</v>
+      </c>
+      <c r="B1200"/>
       <c r="C1200" t="s" s="2">
-        <v>4018</v>
-[...3 lines deleted...]
-      </c>
+        <v>4021</v>
+      </c>
+      <c r="D1200"/>
       <c r="E1200" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1200"/>
     </row>
     <row r="1201">
       <c r="A1201" t="s">
-        <v>4020</v>
+        <v>4022</v>
       </c>
       <c r="B1201"/>
       <c r="C1201" t="s" s="2">
-        <v>4021</v>
+        <v>4023</v>
       </c>
       <c r="D1201"/>
       <c r="E1201" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1201"/>
     </row>
     <row r="1202">
       <c r="A1202" t="s">
-        <v>2950</v>
-[...3 lines deleted...]
-      </c>
+        <v>4024</v>
+      </c>
+      <c r="B1202"/>
       <c r="C1202" t="s" s="2">
-        <v>4023</v>
-[...3 lines deleted...]
-      </c>
+        <v>4025</v>
+      </c>
+      <c r="D1202"/>
       <c r="E1202" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F1202"/>
     </row>
     <row r="1203">
       <c r="A1203" t="s">
-        <v>4025</v>
-[...1 lines deleted...]
-      <c r="B1203"/>
+        <v>4026</v>
+      </c>
+      <c r="B1203" t="s">
+        <v>4027</v>
+      </c>
       <c r="C1203" t="s" s="2">
-        <v>4026</v>
-[...1 lines deleted...]
-      <c r="D1203"/>
+        <v>4028</v>
+      </c>
+      <c r="D1203" s="3">
+        <v>2348065928306</v>
+      </c>
       <c r="E1203" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1203"/>
+        <v>31</v>
+      </c>
+      <c r="F1203" t="s">
+        <v>4029</v>
+      </c>
     </row>
     <row r="1204">
       <c r="A1204" t="s">
-        <v>4027</v>
+        <v>4030</v>
       </c>
       <c r="B1204" t="s">
-        <v>4028</v>
+        <v>4031</v>
       </c>
       <c r="C1204" t="s" s="2">
-        <v>4029</v>
-[...3 lines deleted...]
-      </c>
+        <v>4032</v>
+      </c>
+      <c r="D1204"/>
       <c r="E1204" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1204"/>
     </row>
     <row r="1205">
       <c r="A1205" t="s">
-        <v>4031</v>
-[...1 lines deleted...]
-      <c r="B1205"/>
+        <v>4033</v>
+      </c>
+      <c r="B1205" t="s">
+        <v>4034</v>
+      </c>
       <c r="C1205" t="s" s="2">
-        <v>4032</v>
-[...1 lines deleted...]
-      <c r="D1205"/>
+        <v>4035</v>
+      </c>
+      <c r="D1205" s="3">
+        <v>2349037574330</v>
+      </c>
       <c r="E1205" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1205"/>
+        <v>31</v>
+      </c>
+      <c r="F1205" t="s">
+        <v>517</v>
+      </c>
     </row>
     <row r="1206">
       <c r="A1206" t="s">
-        <v>4033</v>
+        <v>4036</v>
       </c>
       <c r="B1206" t="s">
-        <v>4034</v>
+        <v>4037</v>
       </c>
       <c r="C1206" t="s" s="2">
-        <v>4035</v>
-[...2 lines deleted...]
-        <v>2348122201568</v>
+        <v>4038</v>
+      </c>
+      <c r="D1206" s="3">
+        <v>2347063929197</v>
       </c>
       <c r="E1206" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1206" t="s">
-        <v>97</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1207">
       <c r="A1207" t="s">
-        <v>4036</v>
+        <v>4039</v>
       </c>
       <c r="B1207" t="s">
-        <v>4037</v>
+        <v>4040</v>
       </c>
       <c r="C1207" t="s" s="2">
-        <v>4038</v>
-[...2 lines deleted...]
-        <v>2347035660087</v>
+        <v>4041</v>
+      </c>
+      <c r="D1207" s="3">
+        <v>2348132148942</v>
       </c>
       <c r="E1207" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1207" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1208">
       <c r="A1208" t="s">
-        <v>4039</v>
-[...3 lines deleted...]
-      </c>
+        <v>4042</v>
+      </c>
+      <c r="B1208"/>
       <c r="C1208" t="s" s="2">
-        <v>4040</v>
-[...3 lines deleted...]
-      </c>
+        <v>4043</v>
+      </c>
+      <c r="D1208"/>
       <c r="E1208" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1208"/>
     </row>
     <row r="1209">
       <c r="A1209" t="s">
-        <v>4041</v>
-[...3 lines deleted...]
-      </c>
+        <v>4044</v>
+      </c>
+      <c r="B1209"/>
       <c r="C1209" t="s" s="2">
-        <v>4043</v>
-[...3 lines deleted...]
-      </c>
+        <v>4045</v>
+      </c>
+      <c r="D1209"/>
       <c r="E1209" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F1209"/>
     </row>
     <row r="1210">
       <c r="A1210" t="s">
-        <v>4045</v>
-[...1 lines deleted...]
-      <c r="B1210"/>
+        <v>4046</v>
+      </c>
+      <c r="B1210" t="s">
+        <v>4047</v>
+      </c>
       <c r="C1210" t="s" s="2">
-        <v>4046</v>
+        <v>4048</v>
       </c>
       <c r="D1210"/>
       <c r="E1210" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1210"/>
     </row>
     <row r="1211">
       <c r="A1211" t="s">
-        <v>4047</v>
-[...3 lines deleted...]
-      </c>
+        <v>4049</v>
+      </c>
+      <c r="B1211"/>
       <c r="C1211" t="s" s="2">
-        <v>4049</v>
-[...1 lines deleted...]
-      <c r="D1211" t="s" s="3">
         <v>4050</v>
       </c>
+      <c r="D1211"/>
       <c r="E1211" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1211"/>
     </row>
     <row r="1212">
       <c r="A1212" t="s">
         <v>4051</v>
       </c>
-      <c r="B1212"/>
+      <c r="B1212" t="s">
+        <v>4052</v>
+      </c>
       <c r="C1212" t="s" s="2">
-        <v>4052</v>
-[...1 lines deleted...]
-      <c r="D1212"/>
+        <v>4053</v>
+      </c>
+      <c r="D1212" s="3">
+        <v>61413634394</v>
+      </c>
       <c r="E1212" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1212"/>
+        <v>31</v>
+      </c>
+      <c r="F1212" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="1213">
       <c r="A1213" t="s">
-        <v>4053</v>
+        <v>4054</v>
       </c>
       <c r="B1213" t="s">
-        <v>4054</v>
+        <v>4055</v>
       </c>
       <c r="C1213" t="s" s="2">
-        <v>4055</v>
-[...2 lines deleted...]
-        <v>2349052553489</v>
+        <v>4056</v>
+      </c>
+      <c r="D1213" s="3">
+        <v>2349055016090</v>
       </c>
       <c r="E1213" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1213" t="s">
-        <v>1109</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1214">
       <c r="A1214" t="s">
-        <v>4056</v>
+        <v>4057</v>
       </c>
       <c r="B1214" t="s">
-        <v>4057</v>
+        <v>4058</v>
       </c>
       <c r="C1214" t="s" s="2">
-        <v>4058</v>
-[...1 lines deleted...]
-      <c r="D1214" t="s" s="3">
         <v>4059</v>
       </c>
+      <c r="D1214" t="s" s="4">
+        <v>4060</v>
+      </c>
       <c r="E1214" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1214" t="s">
-        <v>453</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1215">
       <c r="A1215" t="s">
-        <v>4060</v>
+        <v>4061</v>
       </c>
       <c r="B1215" t="s">
-        <v>4061</v>
+        <v>4062</v>
       </c>
       <c r="C1215" t="s" s="2">
-        <v>4062</v>
-[...1 lines deleted...]
-      <c r="D1215" t="s" s="3">
         <v>4063</v>
       </c>
+      <c r="D1215" s="3">
+        <v>2348141358368</v>
+      </c>
       <c r="E1215" t="s">
-        <v>2647</v>
+        <v>31</v>
       </c>
       <c r="F1215" t="s">
-        <v>195</v>
+        <v>222</v>
       </c>
     </row>
     <row r="1216">
       <c r="A1216" t="s">
         <v>4064</v>
       </c>
       <c r="B1216" t="s">
         <v>4065</v>
       </c>
       <c r="C1216" t="s" s="2">
         <v>4066</v>
       </c>
-      <c r="D1216" s="4">
-        <v>2347066003861</v>
+      <c r="D1216" t="s" s="4">
+        <v>4067</v>
       </c>
       <c r="E1216" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1216" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1217">
       <c r="A1217" t="s">
-        <v>4067</v>
+        <v>4068</v>
       </c>
       <c r="B1217"/>
-      <c r="C1217"/>
+      <c r="C1217" t="s" s="2">
+        <v>4069</v>
+      </c>
       <c r="D1217"/>
-      <c r="E1217"/>
+      <c r="E1217" t="s">
+        <v>31</v>
+      </c>
       <c r="F1217"/>
     </row>
     <row r="1218">
       <c r="A1218" t="s">
-        <v>4068</v>
+        <v>2999</v>
       </c>
       <c r="B1218" t="s">
-        <v>505</v>
+        <v>4070</v>
       </c>
       <c r="C1218" t="s" s="2">
-        <v>4069</v>
-[...2 lines deleted...]
-        <v>2348028832395</v>
+        <v>4071</v>
+      </c>
+      <c r="D1218" s="3">
+        <v>61416452781</v>
       </c>
       <c r="E1218" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1218" t="s">
-        <v>123</v>
+        <v>4072</v>
       </c>
     </row>
     <row r="1219">
       <c r="A1219" t="s">
-        <v>4070</v>
-[...3 lines deleted...]
-      </c>
+        <v>4073</v>
+      </c>
+      <c r="B1219"/>
       <c r="C1219" t="s" s="2">
-        <v>4072</v>
-[...3 lines deleted...]
-      </c>
+        <v>4074</v>
+      </c>
+      <c r="D1219"/>
       <c r="E1219" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1219"/>
     </row>
     <row r="1220">
       <c r="A1220" t="s">
-        <v>4073</v>
+        <v>4075</v>
       </c>
       <c r="B1220" t="s">
-        <v>4074</v>
+        <v>4076</v>
       </c>
       <c r="C1220" t="s" s="2">
-        <v>4075</v>
-[...2 lines deleted...]
-        <v>2347017297784</v>
+        <v>4077</v>
+      </c>
+      <c r="D1220" t="s" s="4">
+        <v>4078</v>
       </c>
       <c r="E1220" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F1220" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1221">
       <c r="A1221" t="s">
-        <v>4076</v>
-[...3 lines deleted...]
-      </c>
+        <v>4079</v>
+      </c>
+      <c r="B1221"/>
       <c r="C1221" t="s" s="2">
-        <v>4078</v>
-[...3 lines deleted...]
-      </c>
+        <v>4080</v>
+      </c>
+      <c r="D1221"/>
       <c r="E1221" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1221"/>
     </row>
     <row r="1222">
       <c r="A1222" t="s">
-        <v>4080</v>
+        <v>4081</v>
       </c>
       <c r="B1222" t="s">
-        <v>4081</v>
+        <v>4082</v>
       </c>
       <c r="C1222" t="s" s="2">
-        <v>4082</v>
-[...2 lines deleted...]
-        <v>2348023324286</v>
+        <v>4083</v>
+      </c>
+      <c r="D1222" s="3">
+        <v>2348122201568</v>
       </c>
       <c r="E1222" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1222" t="s">
-        <v>12</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1223">
       <c r="A1223" t="s">
-        <v>4083</v>
+        <v>4084</v>
       </c>
       <c r="B1223" t="s">
-        <v>4084</v>
+        <v>4085</v>
       </c>
       <c r="C1223" t="s" s="2">
-        <v>4085</v>
-[...1 lines deleted...]
-      <c r="D1223" t="s" s="3">
         <v>4086</v>
       </c>
+      <c r="D1223" s="3">
+        <v>2347035660087</v>
+      </c>
       <c r="E1223" t="s">
-        <v>530</v>
+        <v>31</v>
       </c>
       <c r="F1223" t="s">
-        <v>123</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1224">
       <c r="A1224" t="s">
         <v>4087</v>
       </c>
       <c r="B1224" t="s">
+        <v>4085</v>
+      </c>
+      <c r="C1224" t="s" s="2">
         <v>4088</v>
       </c>
-      <c r="C1224" t="s" s="2">
-[...3 lines deleted...]
-        <v>2347031906904</v>
+      <c r="D1224" s="3">
+        <v>2347035660087</v>
       </c>
       <c r="E1224" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F1224" t="s">
-        <v>12</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1225">
       <c r="A1225" t="s">
+        <v>4089</v>
+      </c>
+      <c r="B1225" t="s">
         <v>4090</v>
       </c>
-      <c r="B1225" t="s">
+      <c r="C1225" t="s" s="2">
         <v>4091</v>
       </c>
-      <c r="C1225" t="s" s="2">
+      <c r="D1225" t="s" s="4">
         <v>4092</v>
       </c>
-      <c r="D1225" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="E1225" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F1225"/>
+        <v>31</v>
+      </c>
+      <c r="F1225" t="s">
+        <v>263</v>
+      </c>
     </row>
     <row r="1226">
       <c r="A1226" t="s">
         <v>4093</v>
       </c>
-      <c r="B1226" t="s">
+      <c r="B1226"/>
+      <c r="C1226" t="s" s="2">
         <v>4094</v>
       </c>
-      <c r="C1226" t="s" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="D1226"/>
       <c r="E1226" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1226"/>
     </row>
     <row r="1227">
       <c r="A1227" t="s">
+        <v>4095</v>
+      </c>
+      <c r="B1227" t="s">
         <v>4096</v>
       </c>
-      <c r="B1227" t="s">
+      <c r="C1227" t="s" s="2">
         <v>4097</v>
       </c>
-      <c r="C1227" t="s" s="2">
+      <c r="D1227" t="s" s="4">
         <v>4098</v>
       </c>
-      <c r="D1227" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="E1227" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1227" t="s">
-        <v>12</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1228">
       <c r="A1228" t="s">
         <v>4099</v>
       </c>
-      <c r="B1228" t="s">
+      <c r="B1228"/>
+      <c r="C1228" t="s" s="2">
         <v>4100</v>
       </c>
-      <c r="C1228" t="s" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="D1228"/>
       <c r="E1228" t="s">
-        <v>210</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1228"/>
     </row>
     <row r="1229">
       <c r="A1229" t="s">
+        <v>4101</v>
+      </c>
+      <c r="B1229" t="s">
         <v>4102</v>
       </c>
-      <c r="B1229" t="s">
+      <c r="C1229" t="s" s="2">
         <v>4103</v>
       </c>
-      <c r="C1229" t="s" s="2">
-[...2 lines deleted...]
-      <c r="D1229"/>
+      <c r="D1229" s="3">
+        <v>2349052553489</v>
+      </c>
       <c r="E1229" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="F1229"/>
+        <v>31</v>
+      </c>
+      <c r="F1229" t="s">
+        <v>1159</v>
+      </c>
     </row>
     <row r="1230">
       <c r="A1230" t="s">
+        <v>4104</v>
+      </c>
+      <c r="B1230" t="s">
         <v>4105</v>
       </c>
-      <c r="B1230"/>
       <c r="C1230" t="s" s="2">
         <v>4106</v>
       </c>
-      <c r="D1230"/>
+      <c r="D1230" t="s" s="4">
+        <v>4107</v>
+      </c>
       <c r="E1230" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F1230"/>
+        <v>31</v>
+      </c>
+      <c r="F1230" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="1231">
       <c r="A1231" t="s">
-        <v>4107</v>
-[...1 lines deleted...]
-      <c r="B1231"/>
+        <v>4108</v>
+      </c>
+      <c r="B1231" t="s">
+        <v>4109</v>
+      </c>
       <c r="C1231" t="s" s="2">
-        <v>4108</v>
-[...1 lines deleted...]
-      <c r="D1231"/>
+        <v>4110</v>
+      </c>
+      <c r="D1231" t="s" s="4">
+        <v>4111</v>
+      </c>
       <c r="E1231" t="s">
-        <v>130</v>
-[...1 lines deleted...]
-      <c r="F1231"/>
+        <v>2696</v>
+      </c>
+      <c r="F1231" t="s">
+        <v>255</v>
+      </c>
     </row>
     <row r="1232">
       <c r="A1232" t="s">
-        <v>4109</v>
+        <v>4112</v>
       </c>
       <c r="B1232" t="s">
-        <v>4110</v>
+        <v>4113</v>
       </c>
       <c r="C1232" t="s" s="2">
-        <v>4111</v>
-[...2 lines deleted...]
-        <v>4112</v>
+        <v>4114</v>
+      </c>
+      <c r="D1232" s="3">
+        <v>2347066003861</v>
       </c>
       <c r="E1232" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="F1232" t="s">
-        <v>4113</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1233">
       <c r="A1233" t="s">
-        <v>4114</v>
-[...1 lines deleted...]
-      <c r="B1233" t="s">
         <v>4115</v>
       </c>
-      <c r="C1233" t="s" s="2">
-[...7 lines deleted...]
-      </c>
+      <c r="B1233"/>
+      <c r="C1233"/>
+      <c r="D1233"/>
+      <c r="E1233"/>
       <c r="F1233"/>
     </row>
     <row r="1234">
       <c r="A1234" t="s">
+        <v>4116</v>
+      </c>
+      <c r="B1234" t="s">
+        <v>559</v>
+      </c>
+      <c r="C1234" t="s" s="2">
         <v>4117</v>
       </c>
-      <c r="B1234" t="s">
-[...6 lines deleted...]
-        <v>2347038676717</v>
+      <c r="D1234" s="3">
+        <v>2348028832395</v>
       </c>
       <c r="E1234" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="F1234" t="s">
-        <v>123</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1235">
       <c r="A1235" t="s">
+        <v>4118</v>
+      </c>
+      <c r="B1235" t="s">
+        <v>4119</v>
+      </c>
+      <c r="C1235" t="s" s="2">
         <v>4120</v>
       </c>
-      <c r="B1235" t="s">
-[...6 lines deleted...]
-        <v>2348081221583</v>
+      <c r="D1235" s="3">
+        <v>2349020240792</v>
       </c>
       <c r="E1235" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="F1235" t="s">
-        <v>4123</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1236">
       <c r="A1236" t="s">
-        <v>4124</v>
+        <v>4121</v>
       </c>
       <c r="B1236" t="s">
-        <v>4125</v>
+        <v>4122</v>
       </c>
       <c r="C1236" t="s" s="2">
-        <v>4126</v>
-[...2 lines deleted...]
-        <v>4127</v>
+        <v>4123</v>
+      </c>
+      <c r="D1236" s="3">
+        <v>2347017297784</v>
       </c>
       <c r="E1236" t="s">
-        <v>1556</v>
+        <v>55</v>
       </c>
       <c r="F1236" t="s">
-        <v>415</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1237">
       <c r="A1237" t="s">
-        <v>4128</v>
+        <v>4124</v>
       </c>
       <c r="B1237" t="s">
-        <v>4129</v>
+        <v>4125</v>
       </c>
       <c r="C1237" t="s" s="2">
-        <v>4130</v>
-[...2 lines deleted...]
-        <v>2347062631722</v>
+        <v>4126</v>
+      </c>
+      <c r="D1237" t="s" s="4">
+        <v>4127</v>
       </c>
       <c r="E1237" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1237" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1238">
       <c r="A1238" t="s">
-        <v>4131</v>
+        <v>4128</v>
       </c>
       <c r="B1238" t="s">
-        <v>4132</v>
+        <v>4129</v>
       </c>
       <c r="C1238" t="s" s="2">
-        <v>4133</v>
-[...1 lines deleted...]
-      <c r="D1238"/>
+        <v>4130</v>
+      </c>
+      <c r="D1238" s="3">
+        <v>2348023324286</v>
+      </c>
       <c r="E1238" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1238" t="s">
-        <v>4134</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1239">
       <c r="A1239" t="s">
-        <v>4135</v>
-[...1 lines deleted...]
-      <c r="B1239"/>
+        <v>4131</v>
+      </c>
+      <c r="B1239" t="s">
+        <v>4132</v>
+      </c>
       <c r="C1239" t="s" s="2">
-        <v>4136</v>
-[...1 lines deleted...]
-      <c r="D1239"/>
+        <v>4133</v>
+      </c>
+      <c r="D1239" t="s" s="4">
+        <v>4134</v>
+      </c>
       <c r="E1239" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1239"/>
+        <v>584</v>
+      </c>
+      <c r="F1239" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="1240">
       <c r="A1240" t="s">
+        <v>4135</v>
+      </c>
+      <c r="B1240" t="s">
+        <v>4136</v>
+      </c>
+      <c r="C1240" t="s" s="2">
         <v>4137</v>
       </c>
-      <c r="B1240" t="s">
-[...6 lines deleted...]
-        <v>254700056393</v>
+      <c r="D1240" s="3">
+        <v>2347031906904</v>
       </c>
       <c r="E1240" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="F1240" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1241">
       <c r="A1241" t="s">
+        <v>4138</v>
+      </c>
+      <c r="B1241" t="s">
+        <v>4139</v>
+      </c>
+      <c r="C1241" t="s" s="2">
         <v>4140</v>
       </c>
-      <c r="B1241" t="s">
-[...6 lines deleted...]
-        <v>2348054140561</v>
+      <c r="D1241" s="3">
+        <v>233544999855</v>
       </c>
       <c r="E1241" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F1241"/>
     </row>
     <row r="1242">
       <c r="A1242" t="s">
-        <v>4144</v>
+        <v>4141</v>
       </c>
       <c r="B1242" t="s">
-        <v>4145</v>
+        <v>4142</v>
       </c>
       <c r="C1242" t="s" s="2">
-        <v>4146</v>
-[...2 lines deleted...]
-        <v>4147</v>
+        <v>4143</v>
+      </c>
+      <c r="D1242" s="3">
+        <v>233268574925</v>
       </c>
       <c r="E1242" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F1242" t="s">
-        <v>463</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="1243">
       <c r="A1243" t="s">
-        <v>4148</v>
+        <v>4144</v>
       </c>
       <c r="B1243" t="s">
-        <v>4149</v>
+        <v>4145</v>
       </c>
       <c r="C1243" t="s" s="2">
-        <v>4150</v>
-[...2 lines deleted...]
-        <v>2349163052446</v>
+        <v>4146</v>
+      </c>
+      <c r="D1243" s="3">
+        <v>2348125006817</v>
       </c>
       <c r="E1243" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1243" t="s">
-        <v>1725</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1244">
       <c r="A1244" t="s">
-        <v>4151</v>
-[...1 lines deleted...]
-      <c r="B1244"/>
+        <v>4147</v>
+      </c>
+      <c r="B1244" t="s">
+        <v>4148</v>
+      </c>
       <c r="C1244" t="s" s="2">
-        <v>4152</v>
-[...1 lines deleted...]
-      <c r="D1244"/>
+        <v>4149</v>
+      </c>
+      <c r="D1244" s="3">
+        <v>447771095822</v>
+      </c>
       <c r="E1244" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1244"/>
+        <v>270</v>
+      </c>
+      <c r="F1244" t="s">
+        <v>517</v>
+      </c>
     </row>
     <row r="1245">
       <c r="A1245" t="s">
-        <v>4153</v>
+        <v>4150</v>
       </c>
       <c r="B1245" t="s">
-        <v>4154</v>
+        <v>4151</v>
       </c>
       <c r="C1245" t="s" s="2">
-        <v>4155</v>
+        <v>4152</v>
       </c>
       <c r="D1245"/>
       <c r="E1245" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="F1245"/>
     </row>
     <row r="1246">
       <c r="A1246" t="s">
-        <v>4156</v>
-[...3 lines deleted...]
-      </c>
+        <v>4153</v>
+      </c>
+      <c r="B1246"/>
       <c r="C1246" t="s" s="2">
-        <v>4158</v>
-[...3 lines deleted...]
-      </c>
+        <v>4154</v>
+      </c>
+      <c r="D1246"/>
       <c r="E1246" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F1246"/>
     </row>
     <row r="1247">
       <c r="A1247" t="s">
-        <v>4159</v>
-[...3 lines deleted...]
-      </c>
+        <v>4155</v>
+      </c>
+      <c r="B1247"/>
       <c r="C1247" t="s" s="2">
-        <v>4161</v>
-[...3 lines deleted...]
-      </c>
+        <v>4156</v>
+      </c>
+      <c r="D1247"/>
       <c r="E1247" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>192</v>
+      </c>
+      <c r="F1247"/>
     </row>
     <row r="1248">
       <c r="A1248" t="s">
-        <v>4163</v>
+        <v>4157</v>
       </c>
       <c r="B1248" t="s">
-        <v>4164</v>
+        <v>4158</v>
       </c>
       <c r="C1248" t="s" s="2">
-        <v>4165</v>
-[...2 lines deleted...]
-        <v>46761549032</v>
+        <v>4159</v>
+      </c>
+      <c r="D1248" t="s" s="4">
+        <v>4160</v>
       </c>
       <c r="E1248" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F1248" t="s">
-        <v>4166</v>
+        <v>4161</v>
       </c>
     </row>
     <row r="1249">
       <c r="A1249" t="s">
-        <v>4167</v>
+        <v>4162</v>
       </c>
       <c r="B1249" t="s">
-        <v>4168</v>
+        <v>4163</v>
       </c>
       <c r="C1249" t="s" s="2">
-        <v>4169</v>
-[...2 lines deleted...]
-        <v>4170</v>
+        <v>4164</v>
+      </c>
+      <c r="D1249" s="3">
+        <v>2347080914924</v>
       </c>
       <c r="E1249" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1249"/>
     </row>
     <row r="1250">
       <c r="A1250" t="s">
-        <v>4171</v>
-[...1 lines deleted...]
-      <c r="B1250"/>
+        <v>4165</v>
+      </c>
+      <c r="B1250" t="s">
+        <v>4166</v>
+      </c>
       <c r="C1250" t="s" s="2">
-        <v>4172</v>
-[...1 lines deleted...]
-      <c r="D1250"/>
+        <v>4167</v>
+      </c>
+      <c r="D1250" s="3">
+        <v>2347038676717</v>
+      </c>
       <c r="E1250" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1250"/>
+        <v>25</v>
+      </c>
+      <c r="F1250" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="1251">
       <c r="A1251" t="s">
-        <v>4173</v>
+        <v>4168</v>
       </c>
       <c r="B1251" t="s">
-        <v>4174</v>
+        <v>4169</v>
       </c>
       <c r="C1251" t="s" s="2">
-        <v>4175</v>
-[...2 lines deleted...]
-        <v>2348065998548</v>
+        <v>4170</v>
+      </c>
+      <c r="D1251" s="3">
+        <v>2348081221583</v>
       </c>
       <c r="E1251" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F1251" t="s">
-        <v>562</v>
+        <v>4171</v>
       </c>
     </row>
     <row r="1252">
       <c r="A1252" t="s">
-        <v>4176</v>
-[...1 lines deleted...]
-      <c r="B1252"/>
+        <v>4172</v>
+      </c>
+      <c r="B1252" t="s">
+        <v>4173</v>
+      </c>
       <c r="C1252" t="s" s="2">
-        <v>4177</v>
-[...1 lines deleted...]
-      <c r="D1252"/>
+        <v>4174</v>
+      </c>
+      <c r="D1252" t="s" s="4">
+        <v>4175</v>
+      </c>
       <c r="E1252" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1252"/>
+        <v>1606</v>
+      </c>
+      <c r="F1252" t="s">
+        <v>474</v>
+      </c>
     </row>
     <row r="1253">
       <c r="A1253" t="s">
+        <v>4176</v>
+      </c>
+      <c r="B1253" t="s">
+        <v>4177</v>
+      </c>
+      <c r="C1253" t="s" s="2">
         <v>4178</v>
       </c>
-      <c r="B1253" t="s">
-[...6 lines deleted...]
-        <v>4181</v>
+      <c r="D1253" s="3">
+        <v>2347062631722</v>
       </c>
       <c r="E1253" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1253" t="s">
-        <v>123</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1254">
       <c r="A1254" t="s">
+        <v>4179</v>
+      </c>
+      <c r="B1254" t="s">
+        <v>4180</v>
+      </c>
+      <c r="C1254" t="s" s="2">
+        <v>4181</v>
+      </c>
+      <c r="D1254"/>
+      <c r="E1254" t="s">
+        <v>31</v>
+      </c>
+      <c r="F1254" t="s">
         <v>4182</v>
-      </c>
-[...13 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="1255">
       <c r="A1255" t="s">
-        <v>4185</v>
-[...3 lines deleted...]
-      </c>
+        <v>4183</v>
+      </c>
+      <c r="B1255"/>
       <c r="C1255" t="s" s="2">
-        <v>4187</v>
-[...3 lines deleted...]
-      </c>
+        <v>4184</v>
+      </c>
+      <c r="D1255"/>
       <c r="E1255" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1255"/>
     </row>
     <row r="1256">
       <c r="A1256" t="s">
-        <v>4189</v>
-[...1 lines deleted...]
-      <c r="B1256"/>
+        <v>4185</v>
+      </c>
+      <c r="B1256" t="s">
+        <v>4186</v>
+      </c>
       <c r="C1256" t="s" s="2">
-        <v>4190</v>
-[...1 lines deleted...]
-      <c r="D1256"/>
+        <v>4187</v>
+      </c>
+      <c r="D1256" s="3">
+        <v>254700056393</v>
+      </c>
       <c r="E1256" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="F1256"/>
+        <v>10</v>
+      </c>
+      <c r="F1256" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="1257">
       <c r="A1257" t="s">
+        <v>4188</v>
+      </c>
+      <c r="B1257" t="s">
+        <v>4189</v>
+      </c>
+      <c r="C1257" t="s" s="2">
+        <v>4190</v>
+      </c>
+      <c r="D1257" s="3">
+        <v>2348054140561</v>
+      </c>
+      <c r="E1257" t="s">
+        <v>31</v>
+      </c>
+      <c r="F1257" t="s">
         <v>4191</v>
       </c>
-      <c r="B1257" t="s">
-[...11 lines deleted...]
-      <c r="F1257"/>
     </row>
     <row r="1258">
       <c r="A1258" t="s">
+        <v>4192</v>
+      </c>
+      <c r="B1258" t="s">
+        <v>4193</v>
+      </c>
+      <c r="C1258" t="s" s="2">
         <v>4194</v>
       </c>
-      <c r="B1258" t="s">
+      <c r="D1258" t="s" s="4">
         <v>4195</v>
       </c>
-      <c r="C1258" t="s" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="E1258" t="s">
-        <v>60</v>
+        <v>31</v>
       </c>
       <c r="F1258" t="s">
-        <v>4197</v>
+        <v>517</v>
       </c>
     </row>
     <row r="1259">
       <c r="A1259" t="s">
+        <v>4196</v>
+      </c>
+      <c r="B1259" t="s">
+        <v>4197</v>
+      </c>
+      <c r="C1259" t="s" s="2">
         <v>4198</v>
       </c>
-      <c r="B1259" t="s">
-[...6 lines deleted...]
-        <v>4201</v>
+      <c r="D1259" s="3">
+        <v>2349163052446</v>
       </c>
       <c r="E1259" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1259" t="s">
-        <v>12</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="1260">
       <c r="A1260" t="s">
-        <v>4202</v>
-[...3 lines deleted...]
-      </c>
+        <v>4199</v>
+      </c>
+      <c r="B1260"/>
       <c r="C1260" t="s" s="2">
-        <v>4204</v>
-[...3 lines deleted...]
-      </c>
+        <v>4200</v>
+      </c>
+      <c r="D1260"/>
       <c r="E1260" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1260"/>
     </row>
     <row r="1261">
       <c r="A1261" t="s">
-        <v>4206</v>
+        <v>4201</v>
       </c>
       <c r="B1261" t="s">
-        <v>4207</v>
+        <v>4202</v>
       </c>
       <c r="C1261" t="s" s="2">
-        <v>4208</v>
-[...3 lines deleted...]
-      </c>
+        <v>4203</v>
+      </c>
+      <c r="D1261"/>
       <c r="E1261" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F1261" t="s">
-        <v>123</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1262">
       <c r="A1262" t="s">
-        <v>4209</v>
+        <v>4204</v>
       </c>
       <c r="B1262" t="s">
-        <v>4210</v>
+        <v>4205</v>
       </c>
       <c r="C1262" t="s" s="2">
-        <v>4211</v>
-[...2 lines deleted...]
-        <v>2348141244767</v>
+        <v>4206</v>
+      </c>
+      <c r="D1262" s="3">
+        <v>61493273455</v>
       </c>
       <c r="E1262" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1262" t="s">
-        <v>4212</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1263">
       <c r="A1263" t="s">
-        <v>4213</v>
-[...1 lines deleted...]
-      <c r="B1263"/>
+        <v>4207</v>
+      </c>
+      <c r="B1263" t="s">
+        <v>4208</v>
+      </c>
       <c r="C1263" t="s" s="2">
-        <v>4214</v>
-[...1 lines deleted...]
-      <c r="D1263"/>
+        <v>4209</v>
+      </c>
+      <c r="D1263" s="3">
+        <v>2348037483320</v>
+      </c>
       <c r="E1263" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1263"/>
+        <v>31</v>
+      </c>
+      <c r="F1263" t="s">
+        <v>4210</v>
+      </c>
     </row>
     <row r="1264">
       <c r="A1264" t="s">
-        <v>4215</v>
+        <v>4211</v>
       </c>
       <c r="B1264" t="s">
-        <v>4216</v>
+        <v>4212</v>
       </c>
       <c r="C1264" t="s" s="2">
-        <v>4217</v>
-[...2 lines deleted...]
-        <v>2347064286557</v>
+        <v>4213</v>
+      </c>
+      <c r="D1264" s="3">
+        <v>46761549032</v>
       </c>
       <c r="E1264" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1264" t="s">
-        <v>4218</v>
+        <v>4214</v>
       </c>
     </row>
     <row r="1265">
       <c r="A1265" t="s">
-        <v>4219</v>
+        <v>4215</v>
       </c>
       <c r="B1265" t="s">
-        <v>4220</v>
+        <v>4216</v>
       </c>
       <c r="C1265" t="s" s="2">
-        <v>4221</v>
-[...2 lines deleted...]
-        <v>2349057918667</v>
+        <v>4217</v>
+      </c>
+      <c r="D1265" t="s" s="4">
+        <v>4218</v>
       </c>
       <c r="E1265" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1265" t="s">
-        <v>4222</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1266">
       <c r="A1266" t="s">
-        <v>4223</v>
-[...3 lines deleted...]
-      </c>
+        <v>4219</v>
+      </c>
+      <c r="B1266"/>
       <c r="C1266" t="s" s="2">
-        <v>4225</v>
-[...3 lines deleted...]
-      </c>
+        <v>4220</v>
+      </c>
+      <c r="D1266"/>
       <c r="E1266" t="s">
-        <v>179</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1266"/>
     </row>
     <row r="1267">
       <c r="A1267" t="s">
-        <v>4228</v>
-[...1 lines deleted...]
-      <c r="B1267"/>
+        <v>4221</v>
+      </c>
+      <c r="B1267" t="s">
+        <v>4222</v>
+      </c>
       <c r="C1267" t="s" s="2">
-        <v>4229</v>
-[...1 lines deleted...]
-      <c r="D1267"/>
+        <v>4223</v>
+      </c>
+      <c r="D1267" s="3">
+        <v>2348065998548</v>
+      </c>
       <c r="E1267" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1267"/>
+        <v>31</v>
+      </c>
+      <c r="F1267" t="s">
+        <v>616</v>
+      </c>
     </row>
     <row r="1268">
       <c r="A1268" t="s">
-        <v>4230</v>
-[...3 lines deleted...]
-      </c>
+        <v>4224</v>
+      </c>
+      <c r="B1268"/>
       <c r="C1268" t="s" s="2">
-        <v>4232</v>
-[...3 lines deleted...]
-      </c>
+        <v>4225</v>
+      </c>
+      <c r="D1268"/>
       <c r="E1268" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1268"/>
     </row>
     <row r="1269">
       <c r="A1269" t="s">
-        <v>4233</v>
+        <v>4226</v>
       </c>
       <c r="B1269" t="s">
-        <v>4234</v>
+        <v>4227</v>
       </c>
       <c r="C1269" t="s" s="2">
-        <v>4235</v>
-[...2 lines deleted...]
-        <v>2348160651858</v>
+        <v>4228</v>
+      </c>
+      <c r="D1269" t="s" s="4">
+        <v>4229</v>
       </c>
       <c r="E1269" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1269" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1270">
       <c r="A1270" t="s">
-        <v>4236</v>
+        <v>4230</v>
       </c>
       <c r="B1270" t="s">
-        <v>4237</v>
+        <v>4231</v>
       </c>
       <c r="C1270" t="s" s="2">
-        <v>4238</v>
-[...2 lines deleted...]
-        <v>2347019408612</v>
+        <v>4232</v>
+      </c>
+      <c r="D1270" s="3">
+        <v>923051108821</v>
       </c>
       <c r="E1270" t="s">
-        <v>11</v>
+        <v>834</v>
       </c>
       <c r="F1270" t="s">
-        <v>2607</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1271">
       <c r="A1271" t="s">
-        <v>4239</v>
+        <v>4233</v>
       </c>
       <c r="B1271" t="s">
-        <v>4240</v>
+        <v>4234</v>
       </c>
       <c r="C1271" t="s" s="2">
-        <v>4241</v>
-[...2 lines deleted...]
-        <v>4242</v>
+        <v>4235</v>
+      </c>
+      <c r="D1271" t="s" s="4">
+        <v>4236</v>
       </c>
       <c r="E1271" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1271" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1272">
       <c r="A1272" t="s">
-        <v>4243</v>
-[...3 lines deleted...]
-      </c>
+        <v>4237</v>
+      </c>
+      <c r="B1272"/>
       <c r="C1272" t="s" s="2">
-        <v>4245</v>
-[...3 lines deleted...]
-      </c>
+        <v>4238</v>
+      </c>
+      <c r="D1272"/>
       <c r="E1272" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="F1272"/>
     </row>
     <row r="1273">
       <c r="A1273" t="s">
-        <v>4246</v>
+        <v>4239</v>
       </c>
       <c r="B1273" t="s">
-        <v>4247</v>
+        <v>4240</v>
       </c>
       <c r="C1273" t="s" s="2">
-        <v>4248</v>
-[...2 lines deleted...]
-        <v>2348163158502</v>
+        <v>4241</v>
+      </c>
+      <c r="D1273" s="3">
+        <v>2348131814193</v>
       </c>
       <c r="E1273" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1273"/>
     </row>
     <row r="1274">
       <c r="A1274" t="s">
-        <v>4249</v>
+        <v>4242</v>
       </c>
       <c r="B1274" t="s">
-        <v>4250</v>
+        <v>4243</v>
       </c>
       <c r="C1274" t="s" s="2">
-        <v>4251</v>
-[...2 lines deleted...]
-        <v>2348054201266</v>
+        <v>4244</v>
+      </c>
+      <c r="D1274" s="3">
+        <v>254731709958</v>
       </c>
       <c r="E1274" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F1274" t="s">
-        <v>463</v>
+        <v>4245</v>
       </c>
     </row>
     <row r="1275">
       <c r="A1275" t="s">
-        <v>4252</v>
+        <v>4246</v>
       </c>
       <c r="B1275" t="s">
-        <v>4253</v>
+        <v>4247</v>
       </c>
       <c r="C1275" t="s" s="2">
-        <v>4254</v>
-[...2 lines deleted...]
-        <v>4255</v>
+        <v>4248</v>
+      </c>
+      <c r="D1275" t="s" s="4">
+        <v>4249</v>
       </c>
       <c r="E1275" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1275" t="s">
-        <v>4256</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1276">
       <c r="A1276" t="s">
-        <v>4257</v>
+        <v>4250</v>
       </c>
       <c r="B1276" t="s">
-        <v>4258</v>
+        <v>4251</v>
       </c>
       <c r="C1276" t="s" s="2">
-        <v>4259</v>
-[...2 lines deleted...]
-        <v>4260</v>
+        <v>4252</v>
+      </c>
+      <c r="D1276" t="s" s="4">
+        <v>4253</v>
       </c>
       <c r="E1276" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1276"/>
+        <v>31</v>
+      </c>
+      <c r="F1276" t="s">
+        <v>160</v>
+      </c>
     </row>
     <row r="1277">
       <c r="A1277" t="s">
-        <v>4261</v>
-[...1 lines deleted...]
-      <c r="B1277"/>
+        <v>4254</v>
+      </c>
+      <c r="B1277" t="s">
+        <v>4255</v>
+      </c>
       <c r="C1277" t="s" s="2">
-        <v>4262</v>
-[...1 lines deleted...]
-      <c r="D1277"/>
+        <v>4256</v>
+      </c>
+      <c r="D1277" s="3">
+        <v>2347068688520</v>
+      </c>
       <c r="E1277" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F1277"/>
+        <v>31</v>
+      </c>
+      <c r="F1277" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="1278">
       <c r="A1278" t="s">
-        <v>4263</v>
+        <v>4257</v>
       </c>
       <c r="B1278" t="s">
-        <v>4264</v>
+        <v>4258</v>
       </c>
       <c r="C1278" t="s" s="2">
-        <v>4265</v>
-[...1 lines deleted...]
-      <c r="D1278"/>
+        <v>4259</v>
+      </c>
+      <c r="D1278" s="3">
+        <v>2348141244767</v>
+      </c>
       <c r="E1278" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1278"/>
+        <v>31</v>
+      </c>
+      <c r="F1278" t="s">
+        <v>4260</v>
+      </c>
     </row>
     <row r="1279">
       <c r="A1279" t="s">
-        <v>4266</v>
-[...3 lines deleted...]
-      </c>
+        <v>4261</v>
+      </c>
+      <c r="B1279"/>
       <c r="C1279" t="s" s="2">
-        <v>4268</v>
-[...3 lines deleted...]
-      </c>
+        <v>4262</v>
+      </c>
+      <c r="D1279"/>
       <c r="E1279" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1279"/>
     </row>
     <row r="1280">
       <c r="A1280" t="s">
-        <v>4269</v>
+        <v>4263</v>
       </c>
       <c r="B1280" t="s">
-        <v>4270</v>
+        <v>4264</v>
       </c>
       <c r="C1280" t="s" s="2">
-        <v>4271</v>
-[...2 lines deleted...]
-        <v>9162574236</v>
+        <v>4265</v>
+      </c>
+      <c r="D1280" s="3">
+        <v>2347064286557</v>
       </c>
       <c r="E1280" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1280" t="s">
-        <v>4272</v>
+        <v>4266</v>
       </c>
     </row>
     <row r="1281">
       <c r="A1281" t="s">
-        <v>4273</v>
+        <v>4267</v>
       </c>
       <c r="B1281" t="s">
-        <v>4274</v>
+        <v>4268</v>
       </c>
       <c r="C1281" t="s" s="2">
-        <v>4275</v>
-[...2 lines deleted...]
-        <v>61469129242</v>
+        <v>4269</v>
+      </c>
+      <c r="D1281" s="3">
+        <v>2349057918667</v>
       </c>
       <c r="E1281" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="F1281"/>
+        <v>31</v>
+      </c>
+      <c r="F1281" t="s">
+        <v>4270</v>
+      </c>
     </row>
     <row r="1282">
       <c r="A1282" t="s">
-        <v>4276</v>
+        <v>4271</v>
       </c>
       <c r="B1282" t="s">
-        <v>4277</v>
+        <v>4272</v>
       </c>
       <c r="C1282" t="s" s="2">
-        <v>4278</v>
-[...1 lines deleted...]
-      <c r="D1282"/>
+        <v>4273</v>
+      </c>
+      <c r="D1282" t="s" s="4">
+        <v>4274</v>
+      </c>
       <c r="E1282" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1282"/>
+        <v>15</v>
+      </c>
+      <c r="F1282" t="s">
+        <v>4275</v>
+      </c>
     </row>
     <row r="1283">
       <c r="A1283" t="s">
-        <v>4279</v>
+        <v>4276</v>
       </c>
       <c r="B1283"/>
       <c r="C1283" t="s" s="2">
-        <v>4280</v>
+        <v>4277</v>
       </c>
       <c r="D1283"/>
       <c r="E1283" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1283"/>
     </row>
     <row r="1284">
       <c r="A1284" t="s">
-        <v>4281</v>
+        <v>4278</v>
       </c>
       <c r="B1284" t="s">
-        <v>4282</v>
+        <v>4279</v>
       </c>
       <c r="C1284" t="s" s="2">
-        <v>4283</v>
-[...2 lines deleted...]
-        <v>2348165886978</v>
+        <v>4280</v>
+      </c>
+      <c r="D1284" s="3">
+        <v>2348168079111</v>
       </c>
       <c r="E1284" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1284"/>
+        <v>31</v>
+      </c>
+      <c r="F1284" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="1285">
       <c r="A1285" t="s">
-        <v>4284</v>
+        <v>4281</v>
       </c>
       <c r="B1285" t="s">
-        <v>4285</v>
+        <v>4282</v>
       </c>
       <c r="C1285" t="s" s="2">
-        <v>4286</v>
-[...2 lines deleted...]
-        <v>61426742300</v>
+        <v>4283</v>
+      </c>
+      <c r="D1285" s="3">
+        <v>2348160651858</v>
       </c>
       <c r="E1285" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F1285" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1286">
       <c r="A1286" t="s">
-        <v>4287</v>
+        <v>4284</v>
       </c>
       <c r="B1286" t="s">
-        <v>4288</v>
+        <v>4285</v>
       </c>
       <c r="C1286" t="s" s="2">
-        <v>4289</v>
-[...2 lines deleted...]
-        <v>2349066377201</v>
+        <v>4286</v>
+      </c>
+      <c r="D1286" s="3">
+        <v>2347019408612</v>
       </c>
       <c r="E1286" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1286" t="s">
-        <v>12</v>
+        <v>2656</v>
       </c>
     </row>
     <row r="1287">
       <c r="A1287" t="s">
+        <v>4287</v>
+      </c>
+      <c r="B1287" t="s">
+        <v>4288</v>
+      </c>
+      <c r="C1287" t="s" s="2">
+        <v>4289</v>
+      </c>
+      <c r="D1287" t="s" s="4">
         <v>4290</v>
       </c>
-      <c r="B1287" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E1287" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1287" t="s">
-        <v>123</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1288">
       <c r="A1288" t="s">
+        <v>4291</v>
+      </c>
+      <c r="B1288" t="s">
+        <v>4292</v>
+      </c>
+      <c r="C1288" t="s" s="2">
         <v>4293</v>
       </c>
-      <c r="B1288" t="s">
-[...6 lines deleted...]
-        <v>2348137418792</v>
+      <c r="D1288" s="3">
+        <v>447368326302</v>
       </c>
       <c r="E1288" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="F1288" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1289">
       <c r="A1289" t="s">
+        <v>4294</v>
+      </c>
+      <c r="B1289" t="s">
+        <v>4295</v>
+      </c>
+      <c r="C1289" t="s" s="2">
         <v>4296</v>
       </c>
-      <c r="B1289" t="s">
-[...6 lines deleted...]
-        <v>61421950525</v>
+      <c r="D1289" s="3">
+        <v>2348163158502</v>
       </c>
       <c r="E1289" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1289" t="s">
-        <v>3953</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="1290">
       <c r="A1290" t="s">
+        <v>4297</v>
+      </c>
+      <c r="B1290" t="s">
+        <v>4298</v>
+      </c>
+      <c r="C1290" t="s" s="2">
         <v>4299</v>
       </c>
-      <c r="B1290" t="s">
-[...6 lines deleted...]
-        <v>4302</v>
+      <c r="D1290" s="3">
+        <v>2348054201266</v>
       </c>
       <c r="E1290" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F1290" t="s">
-        <v>12</v>
+        <v>517</v>
       </c>
     </row>
     <row r="1291">
       <c r="A1291" t="s">
+        <v>4300</v>
+      </c>
+      <c r="B1291" t="s">
+        <v>4301</v>
+      </c>
+      <c r="C1291" t="s" s="2">
+        <v>4302</v>
+      </c>
+      <c r="D1291" t="s" s="4">
         <v>4303</v>
       </c>
-      <c r="B1291" t="s">
+      <c r="E1291" t="s">
+        <v>31</v>
+      </c>
+      <c r="F1291" t="s">
         <v>4304</v>
-      </c>
-[...10 lines deleted...]
-        <v>4306</v>
       </c>
     </row>
     <row r="1292">
       <c r="A1292" t="s">
+        <v>4305</v>
+      </c>
+      <c r="B1292" t="s">
+        <v>4306</v>
+      </c>
+      <c r="C1292" t="s" s="2">
         <v>4307</v>
       </c>
-      <c r="B1292"/>
-      <c r="C1292" t="s" s="2">
+      <c r="D1292" t="s" s="4">
         <v>4308</v>
       </c>
-      <c r="D1292"/>
       <c r="E1292" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1292"/>
     </row>
     <row r="1293">
       <c r="A1293" t="s">
         <v>4309</v>
       </c>
-      <c r="B1293" t="s">
+      <c r="B1293"/>
+      <c r="C1293" t="s" s="2">
         <v>4310</v>
       </c>
-      <c r="C1293" t="s" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="D1293"/>
       <c r="E1293" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F1293"/>
     </row>
     <row r="1294">
       <c r="A1294" t="s">
+        <v>4311</v>
+      </c>
+      <c r="B1294" t="s">
         <v>4312</v>
       </c>
-      <c r="B1294" t="s">
+      <c r="C1294" t="s" s="2">
         <v>4313</v>
       </c>
-      <c r="C1294" t="s" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="D1294"/>
       <c r="E1294" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1294"/>
     </row>
     <row r="1295">
       <c r="A1295" t="s">
+        <v>4314</v>
+      </c>
+      <c r="B1295" t="s">
         <v>4315</v>
       </c>
-      <c r="B1295" t="s">
+      <c r="C1295" t="s" s="2">
         <v>4316</v>
       </c>
-      <c r="C1295" t="s" s="2">
-[...3 lines deleted...]
-        <v>2347057887250</v>
+      <c r="D1295" s="3">
+        <v>2347032462833</v>
       </c>
       <c r="E1295" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1295" t="s">
-        <v>4318</v>
+        <v>396</v>
       </c>
     </row>
     <row r="1296">
       <c r="A1296" t="s">
+        <v>4317</v>
+      </c>
+      <c r="B1296" t="s">
+        <v>4318</v>
+      </c>
+      <c r="C1296" t="s" s="2">
         <v>4319</v>
       </c>
-      <c r="B1296"/>
-      <c r="C1296" t="s" s="2">
+      <c r="D1296">
+        <v>9162574236</v>
+      </c>
+      <c r="E1296" t="s">
+        <v>31</v>
+      </c>
+      <c r="F1296" t="s">
         <v>4320</v>
       </c>
-      <c r="D1296"/>
-[...3 lines deleted...]
-      <c r="F1296"/>
     </row>
     <row r="1297">
       <c r="A1297" t="s">
         <v>4321</v>
       </c>
       <c r="B1297" t="s">
         <v>4322</v>
       </c>
       <c r="C1297" t="s" s="2">
         <v>4323</v>
       </c>
-      <c r="D1297" t="s" s="3">
-        <v>4324</v>
+      <c r="D1297" s="3">
+        <v>61469129242</v>
       </c>
       <c r="E1297" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="F1297"/>
     </row>
     <row r="1298">
       <c r="A1298" t="s">
+        <v>4324</v>
+      </c>
+      <c r="B1298" t="s">
         <v>4325</v>
       </c>
-      <c r="B1298" t="s">
+      <c r="C1298" t="s" s="2">
         <v>4326</v>
       </c>
-      <c r="C1298" t="s" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="D1298"/>
       <c r="E1298" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1298"/>
     </row>
     <row r="1299">
       <c r="A1299" t="s">
-        <v>4330</v>
-[...3 lines deleted...]
-      </c>
+        <v>4327</v>
+      </c>
+      <c r="B1299"/>
       <c r="C1299" t="s" s="2">
-        <v>4332</v>
-[...3 lines deleted...]
-      </c>
+        <v>4328</v>
+      </c>
+      <c r="D1299"/>
       <c r="E1299" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1299"/>
     </row>
     <row r="1300">
       <c r="A1300" t="s">
-        <v>4333</v>
+        <v>4329</v>
       </c>
       <c r="B1300" t="s">
-        <v>4334</v>
+        <v>4330</v>
       </c>
       <c r="C1300" t="s" s="2">
-        <v>4335</v>
-[...2 lines deleted...]
-        <v>4336</v>
+        <v>4331</v>
+      </c>
+      <c r="D1300" s="3">
+        <v>2348165886978</v>
       </c>
       <c r="E1300" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1300"/>
     </row>
     <row r="1301">
       <c r="A1301" t="s">
-        <v>4337</v>
+        <v>4332</v>
       </c>
       <c r="B1301" t="s">
-        <v>4338</v>
+        <v>4333</v>
       </c>
       <c r="C1301" t="s" s="2">
-        <v>4339</v>
-[...1 lines deleted...]
-      <c r="D1301"/>
+        <v>4334</v>
+      </c>
+      <c r="D1301" s="3">
+        <v>61426742300</v>
+      </c>
       <c r="E1301" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F1301"/>
+        <v>55</v>
+      </c>
+      <c r="F1301" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="1302">
       <c r="A1302" t="s">
-        <v>4340</v>
-[...1 lines deleted...]
-      <c r="B1302"/>
+        <v>4335</v>
+      </c>
+      <c r="B1302" t="s">
+        <v>4336</v>
+      </c>
       <c r="C1302" t="s" s="2">
-        <v>4341</v>
-[...1 lines deleted...]
-      <c r="D1302"/>
+        <v>4337</v>
+      </c>
+      <c r="D1302" s="3">
+        <v>2349066377201</v>
+      </c>
       <c r="E1302" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1302"/>
+        <v>31</v>
+      </c>
+      <c r="F1302" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="1303">
       <c r="A1303" t="s">
-        <v>4342</v>
+        <v>4338</v>
       </c>
       <c r="B1303" t="s">
-        <v>4343</v>
+        <v>4339</v>
       </c>
       <c r="C1303" t="s" s="2">
-        <v>4344</v>
-[...2 lines deleted...]
-        <v>2348035319494</v>
+        <v>4340</v>
+      </c>
+      <c r="D1303" s="3">
+        <v>2347034957274</v>
       </c>
       <c r="E1303" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1303" t="s">
-        <v>492</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1304">
       <c r="A1304" t="s">
-        <v>4345</v>
+        <v>4341</v>
       </c>
       <c r="B1304" t="s">
-        <v>4346</v>
+        <v>4342</v>
       </c>
       <c r="C1304" t="s" s="2">
-        <v>4347</v>
-[...2 lines deleted...]
-        <v>2349039971160</v>
+        <v>4343</v>
+      </c>
+      <c r="D1304" s="3">
+        <v>2348137418792</v>
       </c>
       <c r="E1304" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1304" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1305">
       <c r="A1305" t="s">
-        <v>4348</v>
-[...1 lines deleted...]
-      <c r="B1305"/>
+        <v>4344</v>
+      </c>
+      <c r="B1305" t="s">
+        <v>4345</v>
+      </c>
       <c r="C1305" t="s" s="2">
-        <v>4349</v>
-[...1 lines deleted...]
-      <c r="D1305"/>
+        <v>4346</v>
+      </c>
+      <c r="D1305" s="3">
+        <v>61421950525</v>
+      </c>
       <c r="E1305" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="F1305"/>
+        <v>31</v>
+      </c>
+      <c r="F1305" t="s">
+        <v>51</v>
+      </c>
     </row>
     <row r="1306">
       <c r="A1306" t="s">
+        <v>4347</v>
+      </c>
+      <c r="B1306" t="s">
+        <v>4348</v>
+      </c>
+      <c r="C1306" t="s" s="2">
+        <v>4349</v>
+      </c>
+      <c r="D1306" t="s" s="4">
         <v>4350</v>
       </c>
-      <c r="B1306" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E1306" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="F1306" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1307">
       <c r="A1307" t="s">
+        <v>4351</v>
+      </c>
+      <c r="B1307" t="s">
+        <v>4352</v>
+      </c>
+      <c r="C1307" t="s" s="2">
+        <v>4353</v>
+      </c>
+      <c r="D1307" s="3">
+        <v>2349069586360</v>
+      </c>
+      <c r="E1307" t="s">
+        <v>31</v>
+      </c>
+      <c r="F1307" t="s">
         <v>4354</v>
       </c>
-      <c r="B1307"/>
-[...7 lines deleted...]
-      <c r="F1307"/>
     </row>
     <row r="1308">
       <c r="A1308" t="s">
+        <v>4355</v>
+      </c>
+      <c r="B1308"/>
+      <c r="C1308" t="s" s="2">
         <v>4356</v>
       </c>
-      <c r="B1308" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D1308"/>
       <c r="E1308" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1308"/>
     </row>
     <row r="1309">
       <c r="A1309" t="s">
-        <v>4360</v>
+        <v>4357</v>
       </c>
       <c r="B1309" t="s">
-        <v>4361</v>
+        <v>4358</v>
       </c>
       <c r="C1309" t="s" s="2">
-        <v>4362</v>
-[...2 lines deleted...]
-        <v>2347030942290</v>
+        <v>4359</v>
+      </c>
+      <c r="D1309" s="3">
+        <v>2349131270674</v>
       </c>
       <c r="E1309" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1309" t="s">
-        <v>123</v>
+        <v>616</v>
       </c>
     </row>
     <row r="1310">
       <c r="A1310" t="s">
-        <v>4363</v>
+        <v>4360</v>
       </c>
       <c r="B1310" t="s">
-        <v>4364</v>
+        <v>4361</v>
       </c>
       <c r="C1310" t="s" s="2">
-        <v>4365</v>
-[...2 lines deleted...]
-        <v>2348100008255</v>
+        <v>4362</v>
+      </c>
+      <c r="D1310" s="3">
+        <v>2348027428839</v>
       </c>
       <c r="E1310" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1310"/>
+        <v>55</v>
+      </c>
+      <c r="F1310" t="s">
+        <v>2113</v>
+      </c>
     </row>
     <row r="1311">
       <c r="A1311" t="s">
+        <v>4363</v>
+      </c>
+      <c r="B1311" t="s">
+        <v>4364</v>
+      </c>
+      <c r="C1311" t="s" s="2">
+        <v>4365</v>
+      </c>
+      <c r="D1311" s="3">
+        <v>2347057887250</v>
+      </c>
+      <c r="E1311" t="s">
+        <v>31</v>
+      </c>
+      <c r="F1311" t="s">
         <v>4366</v>
-      </c>
-[...13 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="1312">
       <c r="A1312" t="s">
-        <v>4369</v>
-[...3 lines deleted...]
-      </c>
+        <v>4367</v>
+      </c>
+      <c r="B1312"/>
       <c r="C1312" t="s" s="2">
-        <v>4371</v>
-[...3 lines deleted...]
-      </c>
+        <v>4368</v>
+      </c>
+      <c r="D1312"/>
       <c r="E1312" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>181</v>
+      </c>
+      <c r="F1312"/>
     </row>
     <row r="1313">
       <c r="A1313" t="s">
+        <v>4369</v>
+      </c>
+      <c r="B1313" t="s">
+        <v>4370</v>
+      </c>
+      <c r="C1313" t="s" s="2">
+        <v>4371</v>
+      </c>
+      <c r="D1313" t="s" s="4">
         <v>4372</v>
       </c>
-      <c r="B1313" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E1313" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="F1313" t="s">
-        <v>211</v>
+        <v>3323</v>
       </c>
     </row>
     <row r="1314">
       <c r="A1314" t="s">
+        <v>4373</v>
+      </c>
+      <c r="B1314" t="s">
+        <v>4374</v>
+      </c>
+      <c r="C1314" t="s" s="2">
         <v>4375</v>
       </c>
-      <c r="B1314" t="s">
+      <c r="D1314" t="s" s="4">
         <v>4376</v>
       </c>
-      <c r="C1314" t="s" s="2">
+      <c r="E1314" t="s">
+        <v>31</v>
+      </c>
+      <c r="F1314" t="s">
         <v>4377</v>
-      </c>
-[...7 lines deleted...]
-        <v>463</v>
       </c>
     </row>
     <row r="1315">
       <c r="A1315" t="s">
         <v>4378</v>
       </c>
       <c r="B1315" t="s">
         <v>4379</v>
       </c>
       <c r="C1315" t="s" s="2">
         <v>4380</v>
       </c>
-      <c r="D1315"/>
+      <c r="D1315" s="3">
+        <v>2347067751568</v>
+      </c>
       <c r="E1315" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1315"/>
+        <v>31</v>
+      </c>
+      <c r="F1315" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="1316">
       <c r="A1316" t="s">
         <v>4381</v>
       </c>
       <c r="B1316" t="s">
         <v>4382</v>
       </c>
       <c r="C1316" t="s" s="2">
         <v>4383</v>
       </c>
-      <c r="D1316" t="s" s="3">
+      <c r="D1316" t="s" s="4">
         <v>4384</v>
       </c>
       <c r="E1316" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1316" t="s">
-        <v>4385</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1317">
       <c r="A1317" t="s">
+        <v>4385</v>
+      </c>
+      <c r="B1317" t="s">
         <v>4386</v>
       </c>
-      <c r="B1317" t="s">
+      <c r="C1317" t="s" s="2">
         <v>4387</v>
       </c>
-      <c r="C1317" t="s" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="D1317"/>
       <c r="E1317" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F1317"/>
     </row>
     <row r="1318">
       <c r="A1318" t="s">
+        <v>4388</v>
+      </c>
+      <c r="B1318"/>
+      <c r="C1318" t="s" s="2">
         <v>4389</v>
       </c>
-      <c r="B1318" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D1318"/>
       <c r="E1318" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1318"/>
     </row>
     <row r="1319">
       <c r="A1319" t="s">
-        <v>4394</v>
+        <v>4390</v>
       </c>
       <c r="B1319" t="s">
-        <v>4395</v>
+        <v>4391</v>
       </c>
       <c r="C1319" t="s" s="2">
-        <v>4396</v>
-[...2 lines deleted...]
-        <v>2348071401376</v>
+        <v>4392</v>
+      </c>
+      <c r="D1319" s="3">
+        <v>2348035319494</v>
       </c>
       <c r="E1319" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1319" t="s">
-        <v>12</v>
+        <v>546</v>
       </c>
     </row>
     <row r="1320">
       <c r="A1320" t="s">
-        <v>4397</v>
+        <v>4393</v>
       </c>
       <c r="B1320" t="s">
-        <v>4398</v>
+        <v>4394</v>
       </c>
       <c r="C1320" t="s" s="2">
-        <v>4399</v>
-[...2 lines deleted...]
-        <v>2349053112724</v>
+        <v>4395</v>
+      </c>
+      <c r="D1320" s="3">
+        <v>2349039971160</v>
       </c>
       <c r="E1320" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1320" t="s">
-        <v>211</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1321">
       <c r="A1321" t="s">
-        <v>4400</v>
+        <v>4396</v>
       </c>
       <c r="B1321"/>
       <c r="C1321" t="s" s="2">
-        <v>4401</v>
+        <v>4397</v>
       </c>
       <c r="D1321"/>
       <c r="E1321" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F1321"/>
     </row>
     <row r="1322">
       <c r="A1322" t="s">
-        <v>4402</v>
+        <v>4398</v>
       </c>
       <c r="B1322" t="s">
-        <v>4403</v>
+        <v>4399</v>
       </c>
       <c r="C1322" t="s" s="2">
-        <v>4404</v>
-[...2 lines deleted...]
-        <v>2348066691026</v>
+        <v>4400</v>
+      </c>
+      <c r="D1322" t="s" s="4">
+        <v>4401</v>
       </c>
       <c r="E1322" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1322" t="s">
-        <v>562</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1323">
       <c r="A1323" t="s">
-        <v>4405</v>
+        <v>4402</v>
       </c>
       <c r="B1323"/>
       <c r="C1323" t="s" s="2">
-        <v>4406</v>
+        <v>4403</v>
       </c>
       <c r="D1323"/>
       <c r="E1323" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F1323"/>
     </row>
     <row r="1324">
       <c r="A1324" t="s">
+        <v>4404</v>
+      </c>
+      <c r="B1324" t="s">
+        <v>4405</v>
+      </c>
+      <c r="C1324" t="s" s="2">
+        <v>4406</v>
+      </c>
+      <c r="D1324" s="3">
+        <v>2348033807102</v>
+      </c>
+      <c r="E1324" t="s">
+        <v>31</v>
+      </c>
+      <c r="F1324" t="s">
         <v>4407</v>
-      </c>
-[...13 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="1325">
       <c r="A1325" t="s">
+        <v>4408</v>
+      </c>
+      <c r="B1325" t="s">
+        <v>4409</v>
+      </c>
+      <c r="C1325" t="s" s="2">
         <v>4410</v>
       </c>
-      <c r="B1325" t="s">
-[...6 lines deleted...]
-        <v>233506753241</v>
+      <c r="D1325" s="3">
+        <v>2347030942290</v>
       </c>
       <c r="E1325" t="s">
-        <v>142</v>
+        <v>31</v>
       </c>
       <c r="F1325" t="s">
-        <v>3632</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1326">
       <c r="A1326" t="s">
+        <v>4411</v>
+      </c>
+      <c r="B1326" t="s">
+        <v>4412</v>
+      </c>
+      <c r="C1326" t="s" s="2">
         <v>4413</v>
       </c>
-      <c r="B1326" t="s">
-[...6 lines deleted...]
-        <v>4416</v>
+      <c r="D1326" s="3">
+        <v>2348100008255</v>
       </c>
       <c r="E1326" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F1326"/>
     </row>
     <row r="1327">
       <c r="A1327" t="s">
-        <v>4417</v>
+        <v>4414</v>
       </c>
       <c r="B1327" t="s">
-        <v>4418</v>
+        <v>4415</v>
       </c>
       <c r="C1327" t="s" s="2">
-        <v>4419</v>
-[...2 lines deleted...]
-        <v>4420</v>
+        <v>4416</v>
+      </c>
+      <c r="D1327" s="3">
+        <v>2348037703010</v>
       </c>
       <c r="E1327" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="F1327" t="s">
-        <v>3644</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1328">
       <c r="A1328" t="s">
-        <v>4421</v>
+        <v>4417</v>
       </c>
       <c r="B1328" t="s">
-        <v>4422</v>
+        <v>4418</v>
       </c>
       <c r="C1328" t="s" s="2">
-        <v>4423</v>
-[...2 lines deleted...]
-        <v>8947061219604</v>
+        <v>4419</v>
+      </c>
+      <c r="D1328" s="3">
+        <v>233507880110</v>
       </c>
       <c r="E1328" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F1328" t="s">
-        <v>12</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="1329">
       <c r="A1329" t="s">
-        <v>4424</v>
-[...1 lines deleted...]
-      <c r="B1329"/>
+        <v>4420</v>
+      </c>
+      <c r="B1329" t="s">
+        <v>4421</v>
+      </c>
       <c r="C1329" t="s" s="2">
-        <v>4425</v>
-[...1 lines deleted...]
-      <c r="D1329"/>
+        <v>4422</v>
+      </c>
+      <c r="D1329" s="3">
+        <v>2348039116816</v>
+      </c>
       <c r="E1329" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1329"/>
+        <v>31</v>
+      </c>
+      <c r="F1329" t="s">
+        <v>271</v>
+      </c>
     </row>
     <row r="1330">
       <c r="A1330" t="s">
-        <v>4426</v>
+        <v>4423</v>
       </c>
       <c r="B1330" t="s">
-        <v>4427</v>
+        <v>4424</v>
       </c>
       <c r="C1330" t="s" s="2">
-        <v>4428</v>
-[...2 lines deleted...]
-        <v>2348038508869</v>
+        <v>4425</v>
+      </c>
+      <c r="D1330" s="3">
+        <v>2348029765053</v>
       </c>
       <c r="E1330" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1330" t="s">
-        <v>123</v>
+        <v>517</v>
       </c>
     </row>
     <row r="1331">
       <c r="A1331" t="s">
-        <v>4429</v>
-[...1 lines deleted...]
-      <c r="B1331"/>
+        <v>4426</v>
+      </c>
+      <c r="B1331" t="s">
+        <v>4427</v>
+      </c>
       <c r="C1331" t="s" s="2">
-        <v>4430</v>
+        <v>4428</v>
       </c>
       <c r="D1331"/>
       <c r="E1331" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1331"/>
     </row>
     <row r="1332">
       <c r="A1332" t="s">
+        <v>4429</v>
+      </c>
+      <c r="B1332" t="s">
+        <v>4430</v>
+      </c>
+      <c r="C1332" t="s" s="2">
         <v>4431</v>
       </c>
-      <c r="B1332" t="s">
+      <c r="D1332" t="s" s="4">
         <v>4432</v>
       </c>
-      <c r="C1332" t="s" s="2">
+      <c r="E1332" t="s">
+        <v>31</v>
+      </c>
+      <c r="F1332" t="s">
         <v>4433</v>
-      </c>
-[...7 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="1333">
       <c r="A1333" t="s">
         <v>4434</v>
       </c>
       <c r="B1333" t="s">
         <v>4435</v>
       </c>
       <c r="C1333" t="s" s="2">
         <v>4436</v>
       </c>
-      <c r="D1333" s="4">
-        <v>2348163129224</v>
+      <c r="D1333" s="3">
+        <v>2347068618027</v>
       </c>
       <c r="E1333" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1333" t="s">
-        <v>4437</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1334">
       <c r="A1334" t="s">
+        <v>4437</v>
+      </c>
+      <c r="B1334" t="s">
         <v>4438</v>
       </c>
-      <c r="B1334"/>
       <c r="C1334" t="s" s="2">
         <v>4439</v>
       </c>
-      <c r="D1334"/>
+      <c r="D1334" t="s" s="4">
+        <v>4440</v>
+      </c>
       <c r="E1334" t="s">
-        <v>377</v>
-[...1 lines deleted...]
-      <c r="F1334"/>
+        <v>31</v>
+      </c>
+      <c r="F1334" t="s">
+        <v>4441</v>
+      </c>
     </row>
     <row r="1335">
       <c r="A1335" t="s">
-        <v>4440</v>
+        <v>4442</v>
       </c>
       <c r="B1335" t="s">
-        <v>4441</v>
+        <v>4443</v>
       </c>
       <c r="C1335" t="s" s="2">
-        <v>4442</v>
-[...2 lines deleted...]
-        <v>4443</v>
+        <v>4444</v>
+      </c>
+      <c r="D1335" s="3">
+        <v>2348071401376</v>
       </c>
       <c r="E1335" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1335" t="s">
-        <v>327</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1336">
       <c r="A1336" t="s">
-        <v>4444</v>
+        <v>4445</v>
       </c>
       <c r="B1336" t="s">
-        <v>4445</v>
+        <v>4446</v>
       </c>
       <c r="C1336" t="s" s="2">
-        <v>4446</v>
-[...2 lines deleted...]
-        <v>2347066970123</v>
+        <v>4447</v>
+      </c>
+      <c r="D1336" s="3">
+        <v>2349053112724</v>
       </c>
       <c r="E1336" t="s">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="F1336" t="s">
-        <v>1669</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1337">
       <c r="A1337" t="s">
-        <v>4447</v>
-[...1 lines deleted...]
-      <c r="B1337" t="s">
         <v>4448</v>
       </c>
+      <c r="B1337"/>
       <c r="C1337" t="s" s="2">
         <v>4449</v>
       </c>
-      <c r="D1337" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="D1337"/>
       <c r="E1337" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F1337"/>
     </row>
     <row r="1338">
       <c r="A1338" t="s">
+        <v>4450</v>
+      </c>
+      <c r="B1338" t="s">
         <v>4451</v>
       </c>
-      <c r="B1338" t="s">
+      <c r="C1338" t="s" s="2">
         <v>4452</v>
       </c>
-      <c r="C1338" t="s" s="2">
-[...3 lines deleted...]
-        <v>61420287027</v>
+      <c r="D1338" s="3">
+        <v>2348066691026</v>
       </c>
       <c r="E1338" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="F1338"/>
+        <v>31</v>
+      </c>
+      <c r="F1338" t="s">
+        <v>616</v>
+      </c>
     </row>
     <row r="1339">
       <c r="A1339" t="s">
+        <v>4453</v>
+      </c>
+      <c r="B1339"/>
+      <c r="C1339" t="s" s="2">
         <v>4454</v>
-      </c>
-[...4 lines deleted...]
-        <v>4456</v>
       </c>
       <c r="D1339"/>
       <c r="E1339" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1339"/>
     </row>
     <row r="1340">
       <c r="A1340" t="s">
+        <v>4455</v>
+      </c>
+      <c r="B1340" t="s">
+        <v>4318</v>
+      </c>
+      <c r="C1340" t="s" s="2">
+        <v>4456</v>
+      </c>
+      <c r="D1340" t="s" s="4">
         <v>4457</v>
       </c>
-      <c r="B1340" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E1340" t="s">
-        <v>11</v>
+        <v>270</v>
       </c>
       <c r="F1340" t="s">
-        <v>195</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1341">
       <c r="A1341" t="s">
-        <v>4461</v>
-[...1 lines deleted...]
-      <c r="B1341"/>
+        <v>4458</v>
+      </c>
+      <c r="B1341" t="s">
+        <v>4459</v>
+      </c>
       <c r="C1341" t="s" s="2">
-        <v>4462</v>
-[...1 lines deleted...]
-      <c r="D1341"/>
+        <v>4460</v>
+      </c>
+      <c r="D1341" s="3">
+        <v>233506753241</v>
+      </c>
       <c r="E1341" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1341"/>
+        <v>203</v>
+      </c>
+      <c r="F1341" t="s">
+        <v>3681</v>
+      </c>
     </row>
     <row r="1342">
       <c r="A1342" t="s">
+        <v>4461</v>
+      </c>
+      <c r="B1342" t="s">
+        <v>4462</v>
+      </c>
+      <c r="C1342" t="s" s="2">
         <v>4463</v>
       </c>
-      <c r="B1342" t="s">
+      <c r="D1342" t="s" s="4">
         <v>4464</v>
       </c>
-      <c r="C1342" t="s" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="E1342" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="F1342"/>
     </row>
     <row r="1343">
       <c r="A1343" t="s">
+        <v>4465</v>
+      </c>
+      <c r="B1343" t="s">
+        <v>4466</v>
+      </c>
+      <c r="C1343" t="s" s="2">
         <v>4467</v>
       </c>
-      <c r="B1343" t="s">
+      <c r="D1343" t="s" s="4">
         <v>4468</v>
       </c>
-      <c r="C1343" t="s" s="2">
-[...2 lines deleted...]
-      <c r="D1343"/>
       <c r="E1343" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1343" t="s">
-        <v>12</v>
+        <v>3693</v>
       </c>
     </row>
     <row r="1344">
       <c r="A1344" t="s">
+        <v>4469</v>
+      </c>
+      <c r="B1344" t="s">
         <v>4470</v>
       </c>
-      <c r="B1344" t="s">
+      <c r="C1344" t="s" s="2">
         <v>4471</v>
       </c>
-      <c r="C1344" t="s" s="2">
-[...3 lines deleted...]
-        <v>4473</v>
+      <c r="D1344" s="3">
+        <v>8947061219604</v>
       </c>
       <c r="E1344" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1344" t="s">
-        <v>3673</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1345">
       <c r="A1345" t="s">
-        <v>4474</v>
-[...3 lines deleted...]
-      </c>
+        <v>4472</v>
+      </c>
+      <c r="B1345"/>
       <c r="C1345" t="s" s="2">
-        <v>4476</v>
-[...3 lines deleted...]
-      </c>
+        <v>4473</v>
+      </c>
+      <c r="D1345"/>
       <c r="E1345" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1345"/>
     </row>
     <row r="1346">
       <c r="A1346" t="s">
-        <v>4477</v>
+        <v>4474</v>
       </c>
       <c r="B1346" t="s">
-        <v>4478</v>
+        <v>4475</v>
       </c>
       <c r="C1346" t="s" s="2">
-        <v>4479</v>
-[...2 lines deleted...]
-        <v>2349081559009</v>
+        <v>4476</v>
+      </c>
+      <c r="D1346" s="3">
+        <v>2348038508869</v>
       </c>
       <c r="E1346" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F1346" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1347">
       <c r="A1347" t="s">
-        <v>4480</v>
+        <v>4477</v>
       </c>
       <c r="B1347"/>
       <c r="C1347" t="s" s="2">
-        <v>4481</v>
+        <v>4478</v>
       </c>
       <c r="D1347"/>
       <c r="E1347" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1347"/>
     </row>
     <row r="1348">
       <c r="A1348" t="s">
-        <v>4482</v>
+        <v>4479</v>
       </c>
       <c r="B1348" t="s">
-        <v>4483</v>
+        <v>4480</v>
       </c>
       <c r="C1348" t="s" s="2">
-        <v>4484</v>
-[...2 lines deleted...]
-        <v>2347013330713</v>
+        <v>4481</v>
+      </c>
+      <c r="D1348" s="3">
+        <v>2347033378967</v>
       </c>
       <c r="E1348" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F1348" t="s">
-        <v>123</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1349">
       <c r="A1349" t="s">
+        <v>4482</v>
+      </c>
+      <c r="B1349" t="s">
+        <v>4483</v>
+      </c>
+      <c r="C1349" t="s" s="2">
+        <v>4484</v>
+      </c>
+      <c r="D1349" s="3">
+        <v>2348163129224</v>
+      </c>
+      <c r="E1349" t="s">
+        <v>31</v>
+      </c>
+      <c r="F1349" t="s">
         <v>4485</v>
-      </c>
-[...13 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="1350">
       <c r="A1350" t="s">
-        <v>4489</v>
-[...3 lines deleted...]
-      </c>
+        <v>4486</v>
+      </c>
+      <c r="B1350"/>
       <c r="C1350" t="s" s="2">
-        <v>4491</v>
-[...3 lines deleted...]
-      </c>
+        <v>4487</v>
+      </c>
+      <c r="D1350"/>
       <c r="E1350" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>436</v>
+      </c>
+      <c r="F1350"/>
     </row>
     <row r="1351">
       <c r="A1351" t="s">
-        <v>4492</v>
+        <v>4488</v>
       </c>
       <c r="B1351" t="s">
-        <v>4493</v>
+        <v>4489</v>
       </c>
       <c r="C1351" t="s" s="2">
-        <v>4494</v>
-[...2 lines deleted...]
-        <v>254703909444</v>
+        <v>4490</v>
+      </c>
+      <c r="D1351" t="s" s="4">
+        <v>4491</v>
       </c>
       <c r="E1351" t="s">
-        <v>60</v>
+        <v>31</v>
       </c>
       <c r="F1351" t="s">
-        <v>12</v>
+        <v>387</v>
       </c>
     </row>
     <row r="1352">
       <c r="A1352" t="s">
-        <v>4495</v>
-[...1 lines deleted...]
-      <c r="B1352"/>
+        <v>4492</v>
+      </c>
+      <c r="B1352" t="s">
+        <v>4493</v>
+      </c>
       <c r="C1352" t="s" s="2">
-        <v>4496</v>
-[...1 lines deleted...]
-      <c r="D1352"/>
+        <v>4494</v>
+      </c>
+      <c r="D1352" s="3">
+        <v>2347066970123</v>
+      </c>
       <c r="E1352" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1352"/>
+        <v>391</v>
+      </c>
+      <c r="F1352" t="s">
+        <v>1719</v>
+      </c>
     </row>
     <row r="1353">
       <c r="A1353" t="s">
+        <v>4495</v>
+      </c>
+      <c r="B1353" t="s">
+        <v>4496</v>
+      </c>
+      <c r="C1353" t="s" s="2">
         <v>4497</v>
       </c>
-      <c r="B1353" t="s">
+      <c r="D1353" s="3">
+        <v>2348023227844</v>
+      </c>
+      <c r="E1353" t="s">
+        <v>25</v>
+      </c>
+      <c r="F1353" t="s">
         <v>4498</v>
-      </c>
-[...10 lines deleted...]
-        <v>4500</v>
       </c>
     </row>
     <row r="1354">
       <c r="A1354" t="s">
+        <v>4499</v>
+      </c>
+      <c r="B1354" t="s">
+        <v>4500</v>
+      </c>
+      <c r="C1354" t="s" s="2">
         <v>4501</v>
       </c>
-      <c r="B1354" t="s">
-[...6 lines deleted...]
-        <v>447459730353</v>
+      <c r="D1354" s="3">
+        <v>61420287027</v>
       </c>
       <c r="E1354" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="F1354"/>
     </row>
     <row r="1355">
       <c r="A1355" t="s">
+        <v>4502</v>
+      </c>
+      <c r="B1355" t="s">
+        <v>4503</v>
+      </c>
+      <c r="C1355" t="s" s="2">
         <v>4504</v>
       </c>
-      <c r="B1355" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D1355"/>
       <c r="E1355" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1355"/>
     </row>
     <row r="1356">
       <c r="A1356" t="s">
+        <v>4505</v>
+      </c>
+      <c r="B1356" t="s">
+        <v>4506</v>
+      </c>
+      <c r="C1356" t="s" s="2">
         <v>4507</v>
       </c>
-      <c r="B1356" t="s">
+      <c r="D1356" t="s" s="4">
         <v>4508</v>
       </c>
-      <c r="C1356" t="s" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="E1356" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1356" t="s">
-        <v>4510</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1357">
       <c r="A1357" t="s">
-        <v>4511</v>
-[...3 lines deleted...]
-      </c>
+        <v>4509</v>
+      </c>
+      <c r="B1357"/>
       <c r="C1357" t="s" s="2">
-        <v>4513</v>
-[...3 lines deleted...]
-      </c>
+        <v>4510</v>
+      </c>
+      <c r="D1357"/>
       <c r="E1357" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1357"/>
     </row>
     <row r="1358">
       <c r="A1358" t="s">
+        <v>4511</v>
+      </c>
+      <c r="B1358" t="s">
+        <v>4512</v>
+      </c>
+      <c r="C1358" t="s" s="2">
+        <v>4513</v>
+      </c>
+      <c r="D1358" t="s" s="4">
         <v>4514</v>
       </c>
-      <c r="B1358" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E1358" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1358" t="s">
-        <v>4517</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1359">
       <c r="A1359" t="s">
-        <v>4518</v>
+        <v>4515</v>
       </c>
       <c r="B1359" t="s">
-        <v>4519</v>
+        <v>4516</v>
       </c>
       <c r="C1359" t="s" s="2">
-        <v>4520</v>
-[...3 lines deleted...]
-      </c>
+        <v>4517</v>
+      </c>
+      <c r="D1359"/>
       <c r="E1359" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1359" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1360">
       <c r="A1360" t="s">
+        <v>4518</v>
+      </c>
+      <c r="B1360" t="s">
+        <v>4519</v>
+      </c>
+      <c r="C1360" t="s" s="2">
+        <v>4520</v>
+      </c>
+      <c r="D1360" t="s" s="4">
         <v>4521</v>
       </c>
-      <c r="B1360" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E1360" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1360" t="s">
-        <v>12</v>
+        <v>3722</v>
       </c>
     </row>
     <row r="1361">
       <c r="A1361" t="s">
+        <v>4522</v>
+      </c>
+      <c r="B1361" t="s">
+        <v>4523</v>
+      </c>
+      <c r="C1361" t="s" s="2">
         <v>4524</v>
       </c>
-      <c r="B1361" t="s">
-[...6 lines deleted...]
-        <v>2348068832403</v>
+      <c r="D1361" s="3">
+        <v>2348064197240</v>
       </c>
       <c r="E1361" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F1361" t="s">
-        <v>4527</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1362">
       <c r="A1362" t="s">
-        <v>4528</v>
+        <v>4525</v>
       </c>
       <c r="B1362" t="s">
-        <v>4529</v>
+        <v>4526</v>
       </c>
       <c r="C1362" t="s" s="2">
-        <v>4530</v>
-[...2 lines deleted...]
-        <v>4531</v>
+        <v>4527</v>
+      </c>
+      <c r="D1362" s="3">
+        <v>2349081559009</v>
       </c>
       <c r="E1362" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="F1362" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1363">
       <c r="A1363" t="s">
-        <v>4532</v>
-[...3 lines deleted...]
-      </c>
+        <v>4528</v>
+      </c>
+      <c r="B1363"/>
       <c r="C1363" t="s" s="2">
-        <v>4534</v>
-[...3 lines deleted...]
-      </c>
+        <v>4529</v>
+      </c>
+      <c r="D1363"/>
       <c r="E1363" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1363"/>
     </row>
     <row r="1364">
       <c r="A1364" t="s">
-        <v>4535</v>
+        <v>4530</v>
       </c>
       <c r="B1364" t="s">
-        <v>4536</v>
+        <v>4531</v>
       </c>
       <c r="C1364" t="s" s="2">
-        <v>4537</v>
-[...2 lines deleted...]
-        <v>4538</v>
+        <v>4532</v>
+      </c>
+      <c r="D1364" s="3">
+        <v>2347013330713</v>
       </c>
       <c r="E1364" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1364" t="s">
-        <v>97</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1365">
       <c r="A1365" t="s">
-        <v>4539</v>
+        <v>4533</v>
       </c>
       <c r="B1365" t="s">
-        <v>4540</v>
+        <v>4534</v>
       </c>
       <c r="C1365" t="s" s="2">
-        <v>4541</v>
-[...1 lines deleted...]
-      <c r="D1365"/>
+        <v>4535</v>
+      </c>
+      <c r="D1365" t="s" s="4">
+        <v>4536</v>
+      </c>
       <c r="E1365" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F1365"/>
+        <v>31</v>
+      </c>
+      <c r="F1365" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="1366">
       <c r="A1366" t="s">
-        <v>4542</v>
-[...1 lines deleted...]
-      <c r="B1366"/>
+        <v>4537</v>
+      </c>
+      <c r="B1366" t="s">
+        <v>4538</v>
+      </c>
       <c r="C1366" t="s" s="2">
-        <v>4543</v>
-[...1 lines deleted...]
-      <c r="D1366"/>
+        <v>4539</v>
+      </c>
+      <c r="D1366" s="3">
+        <v>2337068918168</v>
+      </c>
       <c r="E1366" t="s">
-        <v>530</v>
-[...1 lines deleted...]
-      <c r="F1366"/>
+        <v>31</v>
+      </c>
+      <c r="F1366" t="s">
+        <v>160</v>
+      </c>
     </row>
     <row r="1367">
       <c r="A1367" t="s">
-        <v>4544</v>
+        <v>4540</v>
       </c>
       <c r="B1367" t="s">
-        <v>4545</v>
+        <v>4541</v>
       </c>
       <c r="C1367" t="s" s="2">
-        <v>4546</v>
-[...2 lines deleted...]
-        <v>233249216325</v>
+        <v>4542</v>
+      </c>
+      <c r="D1367" s="3">
+        <v>254703909444</v>
       </c>
       <c r="E1367" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="F1367" t="s">
-        <v>123</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1368">
       <c r="A1368" t="s">
-        <v>4547</v>
-[...3 lines deleted...]
-      </c>
+        <v>4543</v>
+      </c>
+      <c r="B1368"/>
       <c r="C1368" t="s" s="2">
-        <v>4549</v>
-[...3 lines deleted...]
-      </c>
+        <v>4544</v>
+      </c>
+      <c r="D1368"/>
       <c r="E1368" t="s">
-        <v>179</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1368"/>
     </row>
     <row r="1369">
       <c r="A1369" t="s">
-        <v>4551</v>
+        <v>4545</v>
       </c>
       <c r="B1369" t="s">
-        <v>4552</v>
+        <v>4546</v>
       </c>
       <c r="C1369" t="s" s="2">
-        <v>4553</v>
-[...2 lines deleted...]
-        <v>2348136085519</v>
+        <v>4547</v>
+      </c>
+      <c r="D1369" s="3">
+        <v>8615679129284</v>
       </c>
       <c r="E1369" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1369" t="s">
-        <v>12</v>
+        <v>4548</v>
       </c>
     </row>
     <row r="1370">
       <c r="A1370" t="s">
-        <v>4554</v>
+        <v>4549</v>
       </c>
       <c r="B1370" t="s">
-        <v>4555</v>
+        <v>4550</v>
       </c>
       <c r="C1370" t="s" s="2">
-        <v>4556</v>
-[...2 lines deleted...]
-        <v>2347084425385</v>
+        <v>4551</v>
+      </c>
+      <c r="D1370" s="3">
+        <v>447459730353</v>
       </c>
       <c r="E1370" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F1370" t="s">
-        <v>4557</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1371">
       <c r="A1371" t="s">
-        <v>4558</v>
+        <v>4552</v>
       </c>
       <c r="B1371" t="s">
-        <v>4559</v>
+        <v>4553</v>
       </c>
       <c r="C1371" t="s" s="2">
-        <v>4560</v>
-[...2 lines deleted...]
-        <v>2347035344338</v>
+        <v>4554</v>
+      </c>
+      <c r="D1371" s="3">
+        <v>2347066486367</v>
       </c>
       <c r="E1371" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="F1371" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1372">
       <c r="A1372" t="s">
-        <v>4561</v>
+        <v>4555</v>
       </c>
       <c r="B1372" t="s">
-        <v>4562</v>
+        <v>4556</v>
       </c>
       <c r="C1372" t="s" s="2">
-        <v>4563</v>
-[...2 lines deleted...]
-        <v>2348063309846</v>
+        <v>4557</v>
+      </c>
+      <c r="D1372" s="3">
+        <v>61469591216</v>
       </c>
       <c r="E1372" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1372" t="s">
-        <v>211</v>
+        <v>4558</v>
       </c>
     </row>
     <row r="1373">
       <c r="A1373" t="s">
-        <v>4564</v>
+        <v>4559</v>
       </c>
       <c r="B1373" t="s">
-        <v>4565</v>
+        <v>4560</v>
       </c>
       <c r="C1373" t="s" s="2">
-        <v>4566</v>
-[...2 lines deleted...]
-        <v>2347033783213</v>
+        <v>4561</v>
+      </c>
+      <c r="D1373" s="3">
+        <v>2348057184430</v>
       </c>
       <c r="E1373" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1373" t="s">
-        <v>562</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1374">
       <c r="A1374" t="s">
-        <v>4567</v>
+        <v>4562</v>
       </c>
       <c r="B1374" t="s">
-        <v>4568</v>
+        <v>4563</v>
       </c>
       <c r="C1374" t="s" s="2">
-        <v>4569</v>
-[...2 lines deleted...]
-        <v>2348038103715</v>
+        <v>4564</v>
+      </c>
+      <c r="D1374" s="3">
+        <v>2348162946163</v>
       </c>
       <c r="E1374" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1374" t="s">
-        <v>211</v>
+        <v>4565</v>
       </c>
     </row>
     <row r="1375">
       <c r="A1375" t="s">
-        <v>4570</v>
+        <v>4566</v>
       </c>
       <c r="B1375" t="s">
-        <v>4571</v>
+        <v>4567</v>
       </c>
       <c r="C1375" t="s" s="2">
-        <v>4572</v>
-[...2 lines deleted...]
-        <v>2348069796725</v>
+        <v>4568</v>
+      </c>
+      <c r="D1375" s="3">
+        <v>2348061203336</v>
       </c>
       <c r="E1375" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1375" t="s">
-        <v>4573</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1376">
       <c r="A1376" t="s">
-        <v>4574</v>
+        <v>4569</v>
       </c>
       <c r="B1376" t="s">
-        <v>1920</v>
+        <v>4570</v>
       </c>
       <c r="C1376" t="s" s="2">
-        <v>4575</v>
-[...2 lines deleted...]
-        <v>4576</v>
+        <v>4571</v>
+      </c>
+      <c r="D1376" s="3">
+        <v>2347054988129</v>
       </c>
       <c r="E1376" t="s">
-        <v>4577</v>
+        <v>31</v>
       </c>
       <c r="F1376" t="s">
-        <v>463</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1377">
       <c r="A1377" t="s">
-        <v>4578</v>
+        <v>4572</v>
       </c>
       <c r="B1377" t="s">
-        <v>4579</v>
+        <v>4573</v>
       </c>
       <c r="C1377" t="s" s="2">
-        <v>4580</v>
-[...2 lines deleted...]
-        <v>19547099572</v>
+        <v>4574</v>
+      </c>
+      <c r="D1377" s="3">
+        <v>2348068832403</v>
       </c>
       <c r="E1377" t="s">
-        <v>1791</v>
+        <v>55</v>
       </c>
       <c r="F1377" t="s">
-        <v>97</v>
+        <v>4575</v>
       </c>
     </row>
     <row r="1378">
       <c r="A1378" t="s">
-        <v>4581</v>
+        <v>4576</v>
       </c>
       <c r="B1378" t="s">
-        <v>4582</v>
+        <v>4577</v>
       </c>
       <c r="C1378" t="s" s="2">
-        <v>4583</v>
-[...2 lines deleted...]
-        <v>2348137724520</v>
+        <v>4578</v>
+      </c>
+      <c r="D1378" t="s" s="4">
+        <v>4579</v>
       </c>
       <c r="E1378" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1378" t="s">
-        <v>1669</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1379">
       <c r="A1379" t="s">
-        <v>4584</v>
+        <v>4580</v>
       </c>
       <c r="B1379" t="s">
-        <v>4585</v>
+        <v>4581</v>
       </c>
       <c r="C1379" t="s" s="2">
-        <v>4586</v>
-[...2 lines deleted...]
-        <v>2348134405492</v>
+        <v>4582</v>
+      </c>
+      <c r="D1379" s="3">
+        <v>61404454578</v>
       </c>
       <c r="E1379" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1379" t="s">
-        <v>12</v>
+        <v>529</v>
       </c>
     </row>
     <row r="1380">
       <c r="A1380" t="s">
-        <v>4587</v>
+        <v>4583</v>
       </c>
       <c r="B1380" t="s">
-        <v>4588</v>
+        <v>4584</v>
       </c>
       <c r="C1380" t="s" s="2">
-        <v>4589</v>
-[...2 lines deleted...]
-        <v>2347031523059</v>
+        <v>4585</v>
+      </c>
+      <c r="D1380" t="s" s="4">
+        <v>4586</v>
       </c>
       <c r="E1380" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F1380" t="s">
-        <v>1201</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1381">
       <c r="A1381" t="s">
-        <v>4590</v>
+        <v>4587</v>
       </c>
       <c r="B1381" t="s">
-        <v>4591</v>
+        <v>4588</v>
       </c>
       <c r="C1381" t="s" s="2">
-        <v>4592</v>
-[...3 lines deleted...]
-      </c>
+        <v>4589</v>
+      </c>
+      <c r="D1381"/>
       <c r="E1381" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F1381"/>
     </row>
     <row r="1382">
       <c r="A1382" t="s">
-        <v>4593</v>
-[...3 lines deleted...]
-      </c>
+        <v>4590</v>
+      </c>
+      <c r="B1382"/>
       <c r="C1382" t="s" s="2">
-        <v>4595</v>
-[...3 lines deleted...]
-      </c>
+        <v>4591</v>
+      </c>
+      <c r="D1382"/>
       <c r="E1382" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>584</v>
+      </c>
+      <c r="F1382"/>
     </row>
     <row r="1383">
       <c r="A1383" t="s">
-        <v>4597</v>
+        <v>4592</v>
       </c>
       <c r="B1383" t="s">
-        <v>4598</v>
+        <v>4593</v>
       </c>
       <c r="C1383" t="s" s="2">
-        <v>4599</v>
-[...2 lines deleted...]
-        <v>2347068046936</v>
+        <v>4594</v>
+      </c>
+      <c r="D1383" s="3">
+        <v>233249216325</v>
       </c>
       <c r="E1383" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F1383" t="s">
-        <v>1109</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1384">
       <c r="A1384" t="s">
-        <v>4600</v>
+        <v>4595</v>
       </c>
       <c r="B1384" t="s">
-        <v>4601</v>
+        <v>4596</v>
       </c>
       <c r="C1384" t="s" s="2">
-        <v>4602</v>
-[...2 lines deleted...]
-        <v>2348167689061</v>
+        <v>4597</v>
+      </c>
+      <c r="D1384" t="s" s="4">
+        <v>4598</v>
       </c>
       <c r="E1384" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F1384" t="s">
-        <v>123</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1385">
       <c r="A1385" t="s">
-        <v>4603</v>
+        <v>4599</v>
       </c>
       <c r="B1385" t="s">
+        <v>4600</v>
+      </c>
+      <c r="C1385" t="s" s="2">
         <v>4601</v>
       </c>
-      <c r="C1385" t="s" s="2">
-[...3 lines deleted...]
-        <v>2348167689061</v>
+      <c r="D1385" s="3">
+        <v>2348136085519</v>
       </c>
       <c r="E1385" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="F1385" t="s">
-        <v>123</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1386">
       <c r="A1386" t="s">
+        <v>4602</v>
+      </c>
+      <c r="B1386" t="s">
+        <v>4603</v>
+      </c>
+      <c r="C1386" t="s" s="2">
+        <v>4604</v>
+      </c>
+      <c r="D1386" s="3">
+        <v>2347084425385</v>
+      </c>
+      <c r="E1386" t="s">
+        <v>31</v>
+      </c>
+      <c r="F1386" t="s">
         <v>4605</v>
-      </c>
-[...13 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="1387">
       <c r="A1387" t="s">
+        <v>4606</v>
+      </c>
+      <c r="B1387" t="s">
+        <v>4607</v>
+      </c>
+      <c r="C1387" t="s" s="2">
         <v>4608</v>
       </c>
-      <c r="B1387"/>
-[...3 lines deleted...]
-      <c r="D1387"/>
+      <c r="D1387" s="3">
+        <v>2347035344338</v>
+      </c>
       <c r="E1387" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="F1387"/>
+        <v>31</v>
+      </c>
+      <c r="F1387" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="1388">
       <c r="A1388" t="s">
+        <v>4609</v>
+      </c>
+      <c r="B1388" t="s">
         <v>4610</v>
       </c>
-      <c r="B1388"/>
       <c r="C1388" t="s" s="2">
         <v>4611</v>
       </c>
-      <c r="D1388"/>
+      <c r="D1388" s="3">
+        <v>2348063309846</v>
+      </c>
       <c r="E1388" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="F1388"/>
+        <v>31</v>
+      </c>
+      <c r="F1388" t="s">
+        <v>271</v>
+      </c>
     </row>
     <row r="1389">
       <c r="A1389" t="s">
         <v>4612</v>
       </c>
       <c r="B1389" t="s">
         <v>4613</v>
       </c>
       <c r="C1389" t="s" s="2">
         <v>4614</v>
       </c>
-      <c r="D1389"/>
+      <c r="D1389" s="3">
+        <v>2347033783213</v>
+      </c>
       <c r="E1389" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F1389" t="s">
-        <v>12</v>
+        <v>616</v>
       </c>
     </row>
     <row r="1390">
       <c r="A1390" t="s">
         <v>4615</v>
       </c>
       <c r="B1390" t="s">
         <v>4616</v>
       </c>
       <c r="C1390" t="s" s="2">
         <v>4617</v>
       </c>
-      <c r="D1390"/>
+      <c r="D1390" s="3">
+        <v>2348038103715</v>
+      </c>
       <c r="E1390" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F1390" t="s">
-        <v>332</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1391">
       <c r="A1391" t="s">
         <v>4618</v>
       </c>
       <c r="B1391" t="s">
         <v>4619</v>
       </c>
       <c r="C1391" t="s" s="2">
         <v>4620</v>
       </c>
-      <c r="D1391"/>
+      <c r="D1391" s="3">
+        <v>2348069796725</v>
+      </c>
       <c r="E1391" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F1391" t="s">
-        <v>12</v>
+        <v>4621</v>
       </c>
     </row>
     <row r="1392">
       <c r="A1392" t="s">
-        <v>4621</v>
+        <v>4622</v>
       </c>
       <c r="B1392" t="s">
-        <v>4622</v>
+        <v>1969</v>
       </c>
       <c r="C1392" t="s" s="2">
         <v>4623</v>
       </c>
-      <c r="D1392"/>
+      <c r="D1392" t="s" s="4">
+        <v>4624</v>
+      </c>
       <c r="E1392" t="s">
-        <v>71</v>
+        <v>4625</v>
       </c>
       <c r="F1392" t="s">
-        <v>4624</v>
+        <v>517</v>
       </c>
     </row>
     <row r="1393">
       <c r="A1393" t="s">
-        <v>4625</v>
-[...1 lines deleted...]
-      <c r="B1393"/>
+        <v>4626</v>
+      </c>
+      <c r="B1393" t="s">
+        <v>4627</v>
+      </c>
       <c r="C1393" t="s" s="2">
-        <v>4626</v>
-[...1 lines deleted...]
-      <c r="D1393"/>
+        <v>4628</v>
+      </c>
+      <c r="D1393" s="3">
+        <v>19547099572</v>
+      </c>
       <c r="E1393" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="F1393"/>
+        <v>1840</v>
+      </c>
+      <c r="F1393" t="s">
+        <v>160</v>
+      </c>
     </row>
     <row r="1394">
       <c r="A1394" t="s">
-        <v>4627</v>
+        <v>4629</v>
       </c>
       <c r="B1394" t="s">
-        <v>4628</v>
+        <v>4630</v>
       </c>
       <c r="C1394" t="s" s="2">
-        <v>4629</v>
-[...1 lines deleted...]
-      <c r="D1394"/>
+        <v>4631</v>
+      </c>
+      <c r="D1394" s="3">
+        <v>2348137724520</v>
+      </c>
       <c r="E1394" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="F1394" t="s">
-        <v>28</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="1395">
       <c r="A1395" t="s">
-        <v>4630</v>
-[...1 lines deleted...]
-      <c r="B1395"/>
+        <v>4632</v>
+      </c>
+      <c r="B1395" t="s">
+        <v>4633</v>
+      </c>
       <c r="C1395" t="s" s="2">
-        <v>4631</v>
-[...1 lines deleted...]
-      <c r="D1395"/>
+        <v>4634</v>
+      </c>
+      <c r="D1395" s="3">
+        <v>2348134405492</v>
+      </c>
       <c r="E1395" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="F1395"/>
+        <v>31</v>
+      </c>
+      <c r="F1395" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="1396">
       <c r="A1396" t="s">
-        <v>4632</v>
+        <v>4635</v>
       </c>
       <c r="B1396" t="s">
-        <v>4633</v>
+        <v>4636</v>
       </c>
       <c r="C1396" t="s" s="2">
-        <v>4634</v>
-[...1 lines deleted...]
-      <c r="D1396"/>
+        <v>4637</v>
+      </c>
+      <c r="D1396" s="3">
+        <v>2347031523059</v>
+      </c>
       <c r="E1396" t="s">
-        <v>4635</v>
+        <v>55</v>
       </c>
       <c r="F1396" t="s">
-        <v>562</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="1397">
       <c r="A1397" t="s">
-        <v>4636</v>
+        <v>4638</v>
       </c>
       <c r="B1397" t="s">
-        <v>4637</v>
+        <v>4639</v>
       </c>
       <c r="C1397" t="s" s="2">
-        <v>4638</v>
-[...1 lines deleted...]
-      <c r="D1397"/>
+        <v>4640</v>
+      </c>
+      <c r="D1397" s="3">
+        <v>2348147920782</v>
+      </c>
       <c r="E1397" t="s">
-        <v>4635</v>
+        <v>31</v>
       </c>
       <c r="F1397" t="s">
-        <v>12</v>
+        <v>4072</v>
       </c>
     </row>
     <row r="1398">
       <c r="A1398" t="s">
-        <v>4639</v>
+        <v>4641</v>
       </c>
       <c r="B1398" t="s">
-        <v>1043</v>
+        <v>4642</v>
       </c>
       <c r="C1398" t="s" s="2">
-        <v>4640</v>
-[...1 lines deleted...]
-      <c r="D1398"/>
+        <v>4643</v>
+      </c>
+      <c r="D1398" t="s" s="4">
+        <v>4644</v>
+      </c>
       <c r="E1398" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F1398" t="s">
-        <v>97</v>
+        <v>2363</v>
       </c>
     </row>
     <row r="1399">
       <c r="A1399" t="s">
-        <v>4641</v>
-[...1 lines deleted...]
-      <c r="B1399"/>
+        <v>4645</v>
+      </c>
+      <c r="B1399" t="s">
+        <v>4646</v>
+      </c>
       <c r="C1399" t="s" s="2">
-        <v>4642</v>
-[...1 lines deleted...]
-      <c r="D1399"/>
+        <v>4647</v>
+      </c>
+      <c r="D1399" s="3">
+        <v>2347068046936</v>
+      </c>
       <c r="E1399" t="s">
-        <v>4643</v>
-[...1 lines deleted...]
-      <c r="F1399"/>
+        <v>55</v>
+      </c>
+      <c r="F1399" t="s">
+        <v>1159</v>
+      </c>
     </row>
     <row r="1400">
       <c r="A1400" t="s">
-        <v>4644</v>
+        <v>4648</v>
       </c>
       <c r="B1400" t="s">
-        <v>4483</v>
+        <v>4649</v>
       </c>
       <c r="C1400" t="s" s="2">
-        <v>4645</v>
-[...1 lines deleted...]
-      <c r="D1400"/>
+        <v>4650</v>
+      </c>
+      <c r="D1400" s="3">
+        <v>2348167689061</v>
+      </c>
       <c r="E1400" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="F1400" t="s">
-        <v>123</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1401">
       <c r="A1401" t="s">
-        <v>4646</v>
+        <v>4651</v>
       </c>
       <c r="B1401" t="s">
-        <v>3728</v>
+        <v>4649</v>
       </c>
       <c r="C1401" t="s" s="2">
-        <v>4647</v>
-[...1 lines deleted...]
-      <c r="D1401"/>
+        <v>4652</v>
+      </c>
+      <c r="D1401" s="3">
+        <v>2348167689061</v>
+      </c>
       <c r="E1401" t="s">
-        <v>142</v>
+        <v>31</v>
       </c>
       <c r="F1401" t="s">
-        <v>1201</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1402">
       <c r="A1402" t="s">
-        <v>4648</v>
+        <v>4653</v>
       </c>
       <c r="B1402" t="s">
-        <v>4649</v>
+        <v>4654</v>
       </c>
       <c r="C1402" t="s" s="2">
-        <v>4650</v>
-[...1 lines deleted...]
-      <c r="D1402"/>
+        <v>4655</v>
+      </c>
+      <c r="D1402">
+        <v>246323564</v>
+      </c>
       <c r="E1402" t="s">
-        <v>71</v>
+        <v>20</v>
       </c>
       <c r="F1402" t="s">
-        <v>123</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1403">
       <c r="A1403" t="s">
-        <v>4651</v>
-[...3 lines deleted...]
-      </c>
+        <v>4656</v>
+      </c>
+      <c r="B1403"/>
       <c r="C1403" t="s" s="2">
-        <v>4653</v>
+        <v>4657</v>
       </c>
       <c r="D1403"/>
       <c r="E1403" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="F1403"/>
     </row>
     <row r="1404">
       <c r="A1404" t="s">
-        <v>4654</v>
-[...3 lines deleted...]
-      </c>
+        <v>4658</v>
+      </c>
+      <c r="B1404"/>
       <c r="C1404" t="s" s="2">
-        <v>4656</v>
+        <v>4659</v>
       </c>
       <c r="D1404"/>
       <c r="E1404" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="F1404"/>
     </row>
     <row r="1405">
       <c r="A1405" t="s">
-        <v>4657</v>
+        <v>4660</v>
       </c>
       <c r="B1405" t="s">
-        <v>4658</v>
+        <v>4661</v>
       </c>
       <c r="C1405" t="s" s="2">
-        <v>4659</v>
+        <v>4662</v>
       </c>
       <c r="D1405"/>
       <c r="E1405" t="s">
-        <v>71</v>
+        <v>55</v>
       </c>
       <c r="F1405" t="s">
-        <v>123</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1406">
       <c r="A1406" t="s">
-        <v>4660</v>
+        <v>4663</v>
       </c>
       <c r="B1406" t="s">
-        <v>4498</v>
+        <v>4664</v>
       </c>
       <c r="C1406" t="s" s="2">
-        <v>4661</v>
+        <v>4665</v>
       </c>
       <c r="D1406"/>
       <c r="E1406" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
       <c r="F1406" t="s">
-        <v>12</v>
+        <v>392</v>
       </c>
     </row>
     <row r="1407">
       <c r="A1407" t="s">
-        <v>4662</v>
+        <v>4666</v>
       </c>
       <c r="B1407" t="s">
-        <v>1874</v>
+        <v>4667</v>
       </c>
       <c r="C1407" t="s" s="2">
-        <v>4663</v>
+        <v>4668</v>
       </c>
       <c r="D1407"/>
       <c r="E1407" t="s">
-        <v>71</v>
+        <v>55</v>
       </c>
       <c r="F1407" t="s">
-        <v>123</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1408">
       <c r="A1408" t="s">
-        <v>4664</v>
+        <v>4669</v>
       </c>
       <c r="B1408" t="s">
-        <v>4665</v>
+        <v>4670</v>
       </c>
       <c r="C1408" t="s" s="2">
-        <v>4666</v>
+        <v>4671</v>
       </c>
       <c r="D1408"/>
       <c r="E1408" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="F1408" t="s">
-        <v>1669</v>
+        <v>4672</v>
       </c>
     </row>
     <row r="1409">
       <c r="A1409" t="s">
-        <v>4667</v>
-[...3 lines deleted...]
-      </c>
+        <v>4673</v>
+      </c>
+      <c r="B1409"/>
       <c r="C1409" t="s" s="2">
-        <v>4668</v>
+        <v>4674</v>
       </c>
       <c r="D1409"/>
       <c r="E1409" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>55</v>
+      </c>
+      <c r="F1409"/>
+    </row>
+    <row r="1410">
+      <c r="A1410" t="s">
+        <v>4675</v>
+      </c>
+      <c r="B1410" t="s">
+        <v>4676</v>
+      </c>
+      <c r="C1410" t="s" s="2">
+        <v>4677</v>
+      </c>
+      <c r="D1410"/>
+      <c r="E1410" t="s">
+        <v>25</v>
+      </c>
+      <c r="F1410" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="1411">
+      <c r="A1411" t="s">
+        <v>4678</v>
+      </c>
+      <c r="B1411"/>
+      <c r="C1411" t="s" s="2">
+        <v>4679</v>
+      </c>
+      <c r="D1411"/>
+      <c r="E1411" t="s">
+        <v>25</v>
+      </c>
+      <c r="F1411"/>
+    </row>
+    <row r="1412">
+      <c r="A1412" t="s">
+        <v>4680</v>
+      </c>
+      <c r="B1412" t="s">
+        <v>4681</v>
+      </c>
+      <c r="C1412" t="s" s="2">
+        <v>4682</v>
+      </c>
+      <c r="D1412"/>
+      <c r="E1412" t="s">
+        <v>4683</v>
+      </c>
+      <c r="F1412" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="1413">
+      <c r="A1413" t="s">
+        <v>4684</v>
+      </c>
+      <c r="B1413" t="s">
+        <v>4685</v>
+      </c>
+      <c r="C1413" t="s" s="2">
+        <v>4686</v>
+      </c>
+      <c r="D1413"/>
+      <c r="E1413" t="s">
+        <v>4683</v>
+      </c>
+      <c r="F1413" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="1414">
+      <c r="A1414" t="s">
+        <v>4687</v>
+      </c>
+      <c r="B1414" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C1414" t="s" s="2">
+        <v>4688</v>
+      </c>
+      <c r="D1414"/>
+      <c r="E1414" t="s">
+        <v>55</v>
+      </c>
+      <c r="F1414" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1415">
+      <c r="A1415" t="s">
+        <v>4689</v>
+      </c>
+      <c r="B1415"/>
+      <c r="C1415" t="s" s="2">
+        <v>4690</v>
+      </c>
+      <c r="D1415"/>
+      <c r="E1415" t="s">
+        <v>4691</v>
+      </c>
+      <c r="F1415"/>
+    </row>
+    <row r="1416">
+      <c r="A1416" t="s">
+        <v>4692</v>
+      </c>
+      <c r="B1416" t="s">
+        <v>4531</v>
+      </c>
+      <c r="C1416" t="s" s="2">
+        <v>4693</v>
+      </c>
+      <c r="D1416"/>
+      <c r="E1416" t="s">
+        <v>25</v>
+      </c>
+      <c r="F1416" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="1417">
+      <c r="A1417" t="s">
+        <v>4694</v>
+      </c>
+      <c r="B1417" t="s">
+        <v>3777</v>
+      </c>
+      <c r="C1417" t="s" s="2">
+        <v>4695</v>
+      </c>
+      <c r="D1417"/>
+      <c r="E1417" t="s">
+        <v>203</v>
+      </c>
+      <c r="F1417" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="1418">
+      <c r="A1418" t="s">
+        <v>4696</v>
+      </c>
+      <c r="B1418" t="s">
+        <v>4697</v>
+      </c>
+      <c r="C1418" t="s" s="2">
+        <v>4698</v>
+      </c>
+      <c r="D1418"/>
+      <c r="E1418" t="s">
+        <v>25</v>
+      </c>
+      <c r="F1418" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="1419">
+      <c r="A1419" t="s">
+        <v>4699</v>
+      </c>
+      <c r="B1419" t="s">
+        <v>4700</v>
+      </c>
+      <c r="C1419" t="s" s="2">
+        <v>4701</v>
+      </c>
+      <c r="D1419"/>
+      <c r="E1419" t="s">
+        <v>55</v>
+      </c>
+      <c r="F1419" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="1420">
+      <c r="A1420" t="s">
+        <v>4702</v>
+      </c>
+      <c r="B1420" t="s">
+        <v>4703</v>
+      </c>
+      <c r="C1420" t="s" s="2">
+        <v>4704</v>
+      </c>
+      <c r="D1420"/>
+      <c r="E1420" t="s">
+        <v>25</v>
+      </c>
+      <c r="F1420" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="1421">
+      <c r="A1421" t="s">
+        <v>4705</v>
+      </c>
+      <c r="B1421" t="s">
+        <v>4706</v>
+      </c>
+      <c r="C1421" t="s" s="2">
+        <v>4707</v>
+      </c>
+      <c r="D1421"/>
+      <c r="E1421" t="s">
+        <v>25</v>
+      </c>
+      <c r="F1421" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="1422">
+      <c r="A1422" t="s">
+        <v>4708</v>
+      </c>
+      <c r="B1422" t="s">
+        <v>4546</v>
+      </c>
+      <c r="C1422" t="s" s="2">
+        <v>4709</v>
+      </c>
+      <c r="D1422"/>
+      <c r="E1422" t="s">
+        <v>55</v>
+      </c>
+      <c r="F1422" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="1423">
+      <c r="A1423" t="s">
+        <v>4710</v>
+      </c>
+      <c r="B1423" t="s">
+        <v>1923</v>
+      </c>
+      <c r="C1423" t="s" s="2">
+        <v>4711</v>
+      </c>
+      <c r="D1423"/>
+      <c r="E1423" t="s">
+        <v>25</v>
+      </c>
+      <c r="F1423" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="1424">
+      <c r="A1424" t="s">
+        <v>4712</v>
+      </c>
+      <c r="B1424" t="s">
+        <v>4713</v>
+      </c>
+      <c r="C1424" t="s" s="2">
+        <v>4714</v>
+      </c>
+      <c r="D1424"/>
+      <c r="E1424" t="s">
+        <v>55</v>
+      </c>
+      <c r="F1424" t="s">
+        <v>1719</v>
+      </c>
+    </row>
+    <row r="1425">
+      <c r="A1425" t="s">
+        <v>4715</v>
+      </c>
+      <c r="B1425" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C1425" t="s" s="2">
+        <v>4716</v>
+      </c>
+      <c r="D1425"/>
+      <c r="E1425" t="s">
+        <v>15</v>
+      </c>
+      <c r="F1425" t="s">
+        <v>135</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="C2" r:id="rId1" location="" display="mailto:ojooyewunmi00@gmail.com"/>
-[...1389 lines deleted...]
-    <hyperlink ref="C1409" r:id="rId1391" location="" display="mailto:Nwosudickson@yahoo.com"/>
+    <hyperlink ref="C2" r:id="rId1" location="" display="mailto:CatherineAchoki@gmail.com"/>
+    <hyperlink ref="C3" r:id="rId2" location="" display="mailto:ghabbyliam10@gmail.com"/>
+    <hyperlink ref="C4" r:id="rId3" location="" display="mailto:adabanka_agyemang@yahoo.com"/>
+    <hyperlink ref="C5" r:id="rId4" location="" display="mailto:kdamilare60@gmail.com"/>
+    <hyperlink ref="C6" r:id="rId5" location="" display="mailto:oriajeibrahim@gmail.com"/>
+    <hyperlink ref="C7" r:id="rId6" location="" display="mailto:adeniyiakintokun@hotmail.com"/>
+    <hyperlink ref="C8" r:id="rId7" location="" display="mailto:nsohdorcas@gmail.com"/>
+    <hyperlink ref="C9" r:id="rId8" location="" display="mailto:markedemkofia@gmail.com"/>
+    <hyperlink ref="C10" r:id="rId9" location="" display="mailto:mansaraygeorge1@gmail.com"/>
+    <hyperlink ref="C11" r:id="rId10" location="" display="mailto:ruben4real@gmail.com"/>
+    <hyperlink ref="C12" r:id="rId11" location="" display="mailto:Damiadesakin1997@gmail.com"/>
+    <hyperlink ref="C13" r:id="rId12" location="" display="mailto:Damiadesakin1997@gmail.com"/>
+    <hyperlink ref="C14" r:id="rId13" location="" display="mailto:adewaleibukun7@gmail.com"/>
+    <hyperlink ref="C15" r:id="rId14" location="" display="mailto:udeze.kenneth@federalpolyoko.edu.ng"/>
+    <hyperlink ref="C16" r:id="rId15" location="" display="mailto:oa305830@gmail.com"/>
+    <hyperlink ref="C17" r:id="rId16" location="" display="mailto:jamessamuelackerson@gmail.com"/>
+    <hyperlink ref="C18" r:id="rId17" location="" display="mailto:odisika2gh@gmail.com"/>
+    <hyperlink ref="C19" r:id="rId18" location="" display="mailto:Apalowo1@gmail.com"/>
+    <hyperlink ref="C20" r:id="rId19" location="" display="mailto:ojooyewunmi00@gmail.com"/>
+    <hyperlink ref="C21" r:id="rId20" location="" display="mailto:oghenekevweloveth@gmail.com"/>
+    <hyperlink ref="C22" r:id="rId21" location="" display="mailto:Dammyoluwakemi2003@gmail.com"/>
+    <hyperlink ref="C24" r:id="rId22" location="" display="mailto:joan.onaoghene@outlook.com"/>
+    <hyperlink ref="C25" r:id="rId23" location="" display="mailto:jasperotoo2@gmail.com"/>
+    <hyperlink ref="C26" r:id="rId24" location="" display="mailto:umeugokwehyginus@gmail.com"/>
+    <hyperlink ref="C27" r:id="rId25" location="" display="mailto:angel.apungu@gmail.com"/>
+    <hyperlink ref="C28" r:id="rId26" location="" display="mailto:peterkiptoo87@gmail.com"/>
+    <hyperlink ref="C29" r:id="rId27" location="" display="mailto:adekoyachristianah@gmail.com"/>
+    <hyperlink ref="C30" r:id="rId28" location="" display="mailto:strongseges@seznam.cz"/>
+    <hyperlink ref="C31" r:id="rId29" location="" display="mailto:kescblaze@gmail.com"/>
+    <hyperlink ref="C32" r:id="rId30" location="" display="mailto:joeouma350@gmail.com"/>
+    <hyperlink ref="C33" r:id="rId31" location="" display="mailto:kofijnr12207@gmail.com"/>
+    <hyperlink ref="C34" r:id="rId32" location="" display="mailto:awojobifavour20@gmail.com"/>
+    <hyperlink ref="C35" r:id="rId33" location="" display="mailto:okoyef640@gmail.com"/>
+    <hyperlink ref="C36" r:id="rId34" location="" display="mailto:aj.tolulopefayemi@gmail.com"/>
+    <hyperlink ref="C37" r:id="rId35" location="" display="mailto:cjigwebuike@gmail.com"/>
+    <hyperlink ref="C38" r:id="rId36" location="" display="mailto:nnennasylviaigwe@gmail.com"/>
+    <hyperlink ref="C39" r:id="rId37" location="" display="mailto:emmydek34@gmail.com"/>
+    <hyperlink ref="C40" r:id="rId38" location="" display="mailto:michaelandlinus@gmail.com"/>
+    <hyperlink ref="C41" r:id="rId39" location="" display="mailto:nwabuezestan@yahoo.com"/>
+    <hyperlink ref="C42" r:id="rId40" location="" display="mailto:ismahelsalau@gmail.com"/>
+    <hyperlink ref="C43" r:id="rId41" location="" display="mailto:marufalamdoc@gmail.com"/>
+    <hyperlink ref="C44" r:id="rId42" location="" display="mailto:malelapril2@gmail.com"/>
+    <hyperlink ref="C45" r:id="rId43" location="" display="mailto:ukauwagoodluck555@gmail.com"/>
+    <hyperlink ref="C46" r:id="rId44" location="" display="mailto:Olaifasijuolaschool@gmail.com"/>
+    <hyperlink ref="C47" r:id="rId45" location="" display="mailto:amadidaisy@gmail.com"/>
+    <hyperlink ref="C48" r:id="rId46" location="" display="mailto:agunloyebukky2002@gmail.com"/>
+    <hyperlink ref="C50" r:id="rId47" location="" display="mailto:jacobprince740@gmail.com"/>
+    <hyperlink ref="C51" r:id="rId48" location="" display="mailto:godlovesakwe01@gmail.com"/>
+    <hyperlink ref="C52" r:id="rId49" location="" display="mailto:muketeboseme48@gmail.com"/>
+    <hyperlink ref="C53" r:id="rId50" location="" display="mailto:bamukewil022@gmail.com"/>
+    <hyperlink ref="C54" r:id="rId51" location="" display="mailto:oluseyijeolasile@gmail.com"/>
+    <hyperlink ref="C55" r:id="rId52" location="" display="mailto:wandwasiwilliamwaneloba@gmail.com"/>
+    <hyperlink ref="C56" r:id="rId53" location="" display="mailto:Issahakuabdulhamid95@gmail.com"/>
+    <hyperlink ref="C57" r:id="rId54" location="" display="mailto:kishki1577216@gmail.com"/>
+    <hyperlink ref="C58" r:id="rId55" location="" display="mailto:Ericoiheanyi@gmail.com"/>
+    <hyperlink ref="C59" r:id="rId56" location="" display="mailto:sanyangomar222@gmail.com"/>
+    <hyperlink ref="C60" r:id="rId57" location="" display="mailto:chiomachiegbu1@gmail.com"/>
+    <hyperlink ref="C62" r:id="rId58" location="" display="mailto:janenabbuye@gmail.com"/>
+    <hyperlink ref="C63" r:id="rId59" location="" display="mailto:chiomachiegbu@gmail.com"/>
+    <hyperlink ref="C64" r:id="rId60" location="" display="mailto:enduranceaigbegbea@gmail.com"/>
+    <hyperlink ref="C65" r:id="rId61" location="" display="mailto:zubes2016@gmail.com"/>
+    <hyperlink ref="C66" r:id="rId62" location="" display="mailto:raypraise2019@gmail.com"/>
+    <hyperlink ref="C67" r:id="rId63" location="" display="mailto:jimohladam@gmail.com"/>
+    <hyperlink ref="C68" r:id="rId64" location="" display="mailto:maccarthymttk1892@gmail.com"/>
+    <hyperlink ref="C69" r:id="rId65" location="" display="mailto:archerknight086@gmail.com"/>
+    <hyperlink ref="C70" r:id="rId66" location="" display="mailto:tylermiracle81@gmail.com"/>
+    <hyperlink ref="C71" r:id="rId67" location="" display="mailto:okonkwocherechukwu@gmail.com"/>
+    <hyperlink ref="C72" r:id="rId68" location="" display="mailto:kiprophenry100@gmail.com"/>
+    <hyperlink ref="C73" r:id="rId69" location="" display="mailto:rhodabiney18@gmail.com"/>
+    <hyperlink ref="C74" r:id="rId70" location="" display="mailto:rhodabimey18@gmail.com"/>
+    <hyperlink ref="C75" r:id="rId71" location="" display="mailto:olawale4busadm@gmail.com"/>
+    <hyperlink ref="C76" r:id="rId72" location="" display="mailto:chikaustin70@gmail.com"/>
+    <hyperlink ref="C77" r:id="rId73" location="" display="mailto:peakweb5@yahoo.com"/>
+    <hyperlink ref="C78" r:id="rId74" location="" display="mailto:akajeanclaude31@gmail.com"/>
+    <hyperlink ref="C79" r:id="rId75" location="" display="mailto:kelvindogbe@outlook.com"/>
+    <hyperlink ref="C80" r:id="rId76" location="" display="mailto:kelvindelalidogbe@gmail.com"/>
+    <hyperlink ref="C81" r:id="rId77" location="" display="mailto:dayofaluyi@gmail.com"/>
+    <hyperlink ref="C82" r:id="rId78" location="" display="mailto:Bestcafe92@gmail.com"/>
+    <hyperlink ref="C84" r:id="rId79" location="" display="mailto:mursheedalpha529@gmail.com"/>
+    <hyperlink ref="C85" r:id="rId80" location="" display="mailto:marvelchuks32@gmail.com"/>
+    <hyperlink ref="C86" r:id="rId81" location="" display="mailto:allankim022@gmail.com"/>
+    <hyperlink ref="C87" r:id="rId82" location="" display="mailto:ifeanyiepiphany@gmail.com"/>
+    <hyperlink ref="C88" r:id="rId83" location="" display="mailto:d.bility36@gmail.com"/>
+    <hyperlink ref="C89" r:id="rId84" location="" display="mailto:igonoraret@gmail.com"/>
+    <hyperlink ref="C90" r:id="rId85" location="" display="mailto:ukejeiyke18@gmail.com"/>
+    <hyperlink ref="C91" r:id="rId86" location="" display="mailto:fancyomenda@gmail.com"/>
+    <hyperlink ref="C92" r:id="rId87" location="" display="mailto:jinwoofabi@gmail.com"/>
+    <hyperlink ref="C93" r:id="rId88" location="" display="mailto:Achjozejoseph@gmail.com"/>
+    <hyperlink ref="C94" r:id="rId89" location="" display="mailto:nancyomboga@mtrh.go.ke"/>
+    <hyperlink ref="C95" r:id="rId90" location="" display="mailto:alaalmhnds1@amail.com"/>
+    <hyperlink ref="C96" r:id="rId91" location="" display="mailto:santoserevino@gmail.com"/>
+    <hyperlink ref="C97" r:id="rId92" location="" display="mailto:sebbiejacob74@gmail.com"/>
+    <hyperlink ref="C98" r:id="rId93" location="" display="mailto:bellorilwan200@gmail.com"/>
+    <hyperlink ref="C99" r:id="rId94" location="" display="mailto:gennysleck@gmail.com"/>
+    <hyperlink ref="C100" r:id="rId95" location="" display="mailto:amenvictors@gmail.com"/>
+    <hyperlink ref="C101" r:id="rId96" location="" display="mailto:mercyalbert187@gmail.com"/>
+    <hyperlink ref="C102" r:id="rId97" location="" display="mailto:kopeyemi619@gmail.com"/>
+    <hyperlink ref="C103" r:id="rId98" location="" display="mailto:Reyadavid846@gmail.com"/>
+    <hyperlink ref="C104" r:id="rId99" location="" display="mailto:omokhafej@yahoo.com"/>
+    <hyperlink ref="C105" r:id="rId100" location="" display="mailto:loyawilson298@gmail.com"/>
+    <hyperlink ref="C106" r:id="rId101" location="" display="mailto:anitakyeraa665@gmail.com"/>
+    <hyperlink ref="C107" r:id="rId102" location="" display="mailto:obinnaprecious518@gmail.com"/>
+    <hyperlink ref="C108" r:id="rId103" location="" display="mailto:obiloonyenanuchiamaka@gmail.com"/>
+    <hyperlink ref="C109" r:id="rId104" location="" display="mailto:philipsaviour289@gmail.com"/>
+    <hyperlink ref="C110" r:id="rId105" location="" display="mailto:stymak20022000@yahoo.com"/>
+    <hyperlink ref="C111" r:id="rId106" location="" display="mailto:samotokpa0@gmail.com"/>
+    <hyperlink ref="C112" r:id="rId107" location="" display="mailto:mhwjames973@gmail.com"/>
+    <hyperlink ref="C113" r:id="rId108" location="" display="mailto:sundaypaul21@gmail.coM"/>
+    <hyperlink ref="C114" r:id="rId109" location="" display="mailto:ginamusa220@gmail.com"/>
+    <hyperlink ref="C115" r:id="rId110" location="" display="mailto:mubarakolafiku@gmail.com"/>
+    <hyperlink ref="C116" r:id="rId111" location="" display="mailto:ajayiosagumwenro@gmail.com"/>
+    <hyperlink ref="C117" r:id="rId112" location="" display="mailto:UREHASEM@GMAIL.COM"/>
+    <hyperlink ref="C118" r:id="rId113" location="" display="mailto:julietporter0710@gmail.com"/>
+    <hyperlink ref="C119" r:id="rId114" location="" display="mailto:samydushime155@gmail.com"/>
+    <hyperlink ref="C120" r:id="rId115" location="" display="mailto:mukarugwirop@gmail.com"/>
+    <hyperlink ref="C121" r:id="rId116" location="" display="mailto:yetundeakintunde27@gmail.com"/>
+    <hyperlink ref="C122" r:id="rId117" location="" display="mailto:gynaab@yahoo.com"/>
+    <hyperlink ref="C123" r:id="rId118" location="" display="mailto:Specialmuslimah1@gmail.com"/>
+    <hyperlink ref="C124" r:id="rId119" location="" display="mailto:Chibuikenaddyson@gmail.com"/>
+    <hyperlink ref="C125" r:id="rId120" location="" display="mailto:songwadero@gmail.com"/>
+    <hyperlink ref="C126" r:id="rId121" location="" display="mailto:justinetabufiona@gmail.com"/>
+    <hyperlink ref="C127" r:id="rId122" location="" display="mailto:nifemitetisimi@gmail.com"/>
+    <hyperlink ref="C128" r:id="rId123" location="" display="mailto:davidugege3@gmail.com"/>
+    <hyperlink ref="C129" r:id="rId124" location="" display="mailto:efepeterz@yahoo.co.za"/>
+    <hyperlink ref="C130" r:id="rId125" location="" display="mailto:juniors@gmail.com"/>
+    <hyperlink ref="C131" r:id="rId126" location="" display="mailto:kujglobal@gmail.com"/>
+    <hyperlink ref="C132" r:id="rId127" location="" display="mailto:mohammedbkamara132@gmail.com"/>
+    <hyperlink ref="C133" r:id="rId128" location="" display="mailto:Samuelalagbada@hotmail.com"/>
+    <hyperlink ref="C134" r:id="rId129" location="" display="mailto:efeufuoma48@gmail.com"/>
+    <hyperlink ref="C135" r:id="rId130" location="" display="mailto:idrisalabi0520@gmail.com"/>
+    <hyperlink ref="C136" r:id="rId131" location="" display="mailto:almutawakil2022@gmail.com"/>
+    <hyperlink ref="C137" r:id="rId132" location="" display="mailto:ernestigunboredoghanaman@gmail.com"/>
+    <hyperlink ref="C138" r:id="rId133" location="" display="mailto:abramfag1@gmail.com"/>
+    <hyperlink ref="C139" r:id="rId134" location="" display="mailto:kassatheresa8@gmail.com"/>
+    <hyperlink ref="C140" r:id="rId135" location="" display="mailto:azubuikeonyekachioguatu@gmail.com"/>
+    <hyperlink ref="C141" r:id="rId136" location="" display="mailto:dianadaes2smith@gmail.com"/>
+    <hyperlink ref="C142" r:id="rId137" location="" display="mailto:ogunmodedeabolade2000@gmail.com"/>
+    <hyperlink ref="C143" r:id="rId138" location="" display="mailto:adjapongs@gmail.com"/>
+    <hyperlink ref="C144" r:id="rId139" location="" display="mailto:onilochiamaka27@gmail.com"/>
+    <hyperlink ref="C145" r:id="rId140" location="" display="mailto:oparaocha2014@gmail.com"/>
+    <hyperlink ref="C146" r:id="rId141" location="" display="mailto:seth2me@gmail.com"/>
+    <hyperlink ref="C147" r:id="rId142" location="" display="mailto:ijeomaakwara@yahoo.com"/>
+    <hyperlink ref="C148" r:id="rId143" location="" display="mailto:orokovincent100@gmail.com"/>
+    <hyperlink ref="C149" r:id="rId144" location="" display="mailto:freezb20@gmail.com"/>
+    <hyperlink ref="C150" r:id="rId145" location="" display="mailto:kenosky4uc@gmail.com"/>
+    <hyperlink ref="C151" r:id="rId146" location="" display="mailto:tdee55391@gmail.com"/>
+    <hyperlink ref="C152" r:id="rId147" location="" display="mailto:recruitmentngr@gmail.com"/>
+    <hyperlink ref="C153" r:id="rId148" location="" display="mailto:oem.uzonwanne@gmail.com"/>
+    <hyperlink ref="C154" r:id="rId149" location="" display="mailto:winnerzentp@gmail.com"/>
+    <hyperlink ref="C155" r:id="rId150" location="" display="mailto:nana.3.amedi@gmail.com"/>
+    <hyperlink ref="C156" r:id="rId151" location="" display="mailto:emmanuel09127535286@gmail.com"/>
+    <hyperlink ref="C157" r:id="rId152" location="" display="mailto:Nathanielyeboah102@gmail.com"/>
+    <hyperlink ref="C158" r:id="rId153" location="" display="mailto:odurobenedicta5566@gmail.com"/>
+    <hyperlink ref="C159" r:id="rId154" location="" display="mailto:omowumikikelomo43@gmail.com"/>
+    <hyperlink ref="C160" r:id="rId155" location="" display="mailto:gyamfiaducollins82@gmail.com"/>
+    <hyperlink ref="C161" r:id="rId156" location="" display="mailto:ministerebruphiyo@gmail.com"/>
+    <hyperlink ref="C162" r:id="rId157" location="" display="mailto:ministerebruphiyo@gmail.com"/>
+    <hyperlink ref="C163" r:id="rId158" location="" display="mailto:owunarigift@gmail.com"/>
+    <hyperlink ref="C164" r:id="rId159" location="" display="mailto:Elgontower@gmail.com"/>
+    <hyperlink ref="C165" r:id="rId160" location="" display="mailto:Updyrizackadan460@gmail.com"/>
+    <hyperlink ref="C166" r:id="rId161" location="" display="mailto:famampak@gmail.com"/>
+    <hyperlink ref="C167" r:id="rId162" location="" display="mailto:dianaliam96@gmail.com"/>
+    <hyperlink ref="C168" r:id="rId163" location="" display="mailto:abass.omotayo@yahoo.com"/>
+    <hyperlink ref="C169" r:id="rId164" location="" display="mailto:bukkyolag@gmail.com"/>
+    <hyperlink ref="C170" r:id="rId165" location="" display="mailto:chikalina92@yahoo.com"/>
+    <hyperlink ref="C171" r:id="rId166" location="" display="mailto:ezeobiakorpeace@yahoo.com"/>
+    <hyperlink ref="C172" r:id="rId167" location="" display="mailto:lawansontech.online@gmail.com"/>
+    <hyperlink ref="C173" r:id="rId168" location="" display="mailto:ktheodorew24@gmail.com"/>
+    <hyperlink ref="C174" r:id="rId169" location="" display="mailto:ambitiousconsultancyservices@gmail.com"/>
+    <hyperlink ref="C175" r:id="rId170" location="" display="mailto:ambitiousconsult@gmail.com"/>
+    <hyperlink ref="C176" r:id="rId171" location="" display="mailto:nwachukwuamaka108@gmail.com"/>
+    <hyperlink ref="C177" r:id="rId172" location="" display="mailto:shittasaheed@gmail.com"/>
+    <hyperlink ref="C178" r:id="rId173" location="" display="mailto:anokedivine10@gmail.com"/>
+    <hyperlink ref="C179" r:id="rId174" location="" display="mailto:chikapeace835@gmail.com"/>
+    <hyperlink ref="C180" r:id="rId175" location="" display="mailto:kessengassala@gmail.com"/>
+    <hyperlink ref="C181" r:id="rId176" location="" display="mailto:riadasamuelben@gmail.com"/>
+    <hyperlink ref="C182" r:id="rId177" location="" display="mailto:insaidoogodfred@gmail.com"/>
+    <hyperlink ref="C183" r:id="rId178" location="" display="mailto:kasilverline766@gmail.com"/>
+    <hyperlink ref="C184" r:id="rId179" location="" display="mailto:abdulcarter10@gmail.com"/>
+    <hyperlink ref="C185" r:id="rId180" location="" display="mailto:evidenceerhijakpor@gmail.com"/>
+    <hyperlink ref="C186" r:id="rId181" location="" display="mailto:gbagbladzahero909@gmail.com"/>
+    <hyperlink ref="C187" r:id="rId182" location="" display="mailto:aliyumuhdsaeed662@gmail.com"/>
+    <hyperlink ref="C188" r:id="rId183" location="" display="mailto:chinemerem.ng@gmail.com"/>
+    <hyperlink ref="C189" r:id="rId184" location="" display="mailto:bernicebrowne99@gmail.com"/>
+    <hyperlink ref="C190" r:id="rId185" location="" display="mailto:malokeice@gmail.com"/>
+    <hyperlink ref="C191" r:id="rId186" location="" display="mailto:icemaloke@gmail.com"/>
+    <hyperlink ref="C192" r:id="rId187" location="" display="mailto:georgeogwuche419@gmail.com"/>
+    <hyperlink ref="C193" r:id="rId188" location="" display="mailto:chigoziejbdimoji@gmail.com"/>
+    <hyperlink ref="C194" r:id="rId189" location="" display="mailto:theochinm@gmail.com"/>
+    <hyperlink ref="C195" r:id="rId190" location="" display="mailto:zionejimadu999@gmail.com"/>
+    <hyperlink ref="C196" r:id="rId191" location="" display="mailto:Henriettachinyeaka@gmail.com"/>
+    <hyperlink ref="C197" r:id="rId192" location="" display="mailto:oluchijessica32@gmail.com"/>
+    <hyperlink ref="C198" r:id="rId193" location="" display="mailto:dimoji.chigozie@futo.edu.ng"/>
+    <hyperlink ref="C199" r:id="rId194" location="" display="mailto:osemwegieshalom@gmail.com"/>
+    <hyperlink ref="C200" r:id="rId195" location="" display="mailto:hazelgyimah26@gmail.com"/>
+    <hyperlink ref="C201" r:id="rId196" location="" display="mailto:shecookslove@gmail.com"/>
+    <hyperlink ref="C202" r:id="rId197" location="" display="mailto:onaopemipooyinade@gmail.com"/>
+    <hyperlink ref="C203" r:id="rId198" location="" display="mailto:davidmark.okafoagu@gmail.com"/>
+    <hyperlink ref="C204" r:id="rId199" location="" display="mailto:ajayimarvellous0@gmail.com"/>
+    <hyperlink ref="C205" r:id="rId200" location="" display="mailto:preciousadafin28@gmail.com"/>
+    <hyperlink ref="C206" r:id="rId201" location="" display="mailto:dovish2005@gmail.com"/>
+    <hyperlink ref="C207" r:id="rId202" location="" display="mailto:albanugochukwu1985@gmail.com"/>
+    <hyperlink ref="C208" r:id="rId203" location="" display="mailto:adonteng67@gmail.com"/>
+    <hyperlink ref="C209" r:id="rId204" location="" display="mailto:efokdodzi@gmail.com"/>
+    <hyperlink ref="C210" r:id="rId205" location="" display="mailto:jaelkadima9@gmail.com"/>
+    <hyperlink ref="C211" r:id="rId206" location="" display="mailto:willyokz0@gmail.com"/>
+    <hyperlink ref="C212" r:id="rId207" location="" display="mailto:ianruto071@gmail.com"/>
+    <hyperlink ref="C213" r:id="rId208" location="" display="mailto:vic4dynamic@gmail.com"/>
+    <hyperlink ref="C214" r:id="rId209" location="" display="mailto:elizabethdemilade26@gmail.com"/>
+    <hyperlink ref="C215" r:id="rId210" location="" display="mailto:onyeaka88@gmail.com"/>
+    <hyperlink ref="C216" r:id="rId211" location="" display="mailto:kwakuhandlez@gmail.com"/>
+    <hyperlink ref="C217" r:id="rId212" location="" display="mailto:sunsetbirdtravels@gmail.com"/>
+    <hyperlink ref="C218" r:id="rId213" location="" display="mailto:oladapozainab66@gmail.com"/>
+    <hyperlink ref="C219" r:id="rId214" location="" display="mailto:maamefrema45@gmail.com"/>
+    <hyperlink ref="C220" r:id="rId215" location="" display="mailto:kimanieric381@gmail.com"/>
+    <hyperlink ref="C221" r:id="rId216" location="" display="mailto:iamtheyouniverse369@gmail.com"/>
+    <hyperlink ref="C222" r:id="rId217" location="" display="mailto:irene.maxwell21@gmail.com"/>
+    <hyperlink ref="C223" r:id="rId218" location="" display="mailto:mailingandrew20@gmail.com"/>
+    <hyperlink ref="C224" r:id="rId219" location="" display="mailto:aweadedeji916@gmail.com"/>
+    <hyperlink ref="C225" r:id="rId220" location="" display="mailto:Kausaratoyinlola@gmail.com"/>
+    <hyperlink ref="C226" r:id="rId221" location="" display="mailto:gibbx93@gmail.com"/>
+    <hyperlink ref="C227" r:id="rId222" location="" display="mailto:shirowainaina250@gmail.com"/>
+    <hyperlink ref="C228" r:id="rId223" location="" display="mailto:aweleofili549@gmail.com"/>
+    <hyperlink ref="C230" r:id="rId224" location="" display="mailto:247ofvictory@gmail.com"/>
+    <hyperlink ref="C231" r:id="rId225" location="" display="mailto:veraotuonye@gmail.com"/>
+    <hyperlink ref="C232" r:id="rId226" location="" display="mailto:egwuenuadaeze1@gmail.com"/>
+    <hyperlink ref="C233" r:id="rId227" location="" display="mailto:goldegwuenu50@gmail.com"/>
+    <hyperlink ref="C234" r:id="rId228" location="" display="mailto:ylisabetasare@gmail.com"/>
+    <hyperlink ref="C235" r:id="rId229" location="" display="mailto:safety.paka@gmail.com"/>
+    <hyperlink ref="C236" r:id="rId230" location="" display="mailto:bilawal25@gmail.com"/>
+    <hyperlink ref="C237" r:id="rId231" location="" display="mailto:daviddesmond2004@gmail.com"/>
+    <hyperlink ref="C238" r:id="rId232" location="" display="mailto:ernestaustine94@gmail.com"/>
+    <hyperlink ref="C239" r:id="rId233" location="" display="mailto:ezezuejane@gmail.com"/>
+    <hyperlink ref="C240" r:id="rId234" location="" display="mailto:favouronyekachii17@gmail.com"/>
+    <hyperlink ref="C241" r:id="rId235" location="" display="mailto:louisambindi@gmail.com"/>
+    <hyperlink ref="C242" r:id="rId236" location="" display="mailto:otuonyehenry@yahoo.com"/>
+    <hyperlink ref="C243" r:id="rId237" location="" display="mailto:yusuflateef077@gmail.com"/>
+    <hyperlink ref="C244" r:id="rId238" location="" display="mailto:ansongfrancis21@gmail.com"/>
+    <hyperlink ref="C245" r:id="rId239" location="" display="mailto:sylvesteridhighere@gmail.com"/>
+    <hyperlink ref="C246" r:id="rId240" location="" display="mailto:bamidele58@gmail.com"/>
+    <hyperlink ref="C247" r:id="rId241" location="" display="mailto:Nwenwehk@gmail.com"/>
+    <hyperlink ref="C248" r:id="rId242" location="" display="mailto:japhethkimutai01@gmail.com"/>
+    <hyperlink ref="C249" r:id="rId243" location="" display="mailto:badejoazeez2@gmail.com"/>
+    <hyperlink ref="C250" r:id="rId244" location="" display="mailto:emmanuelgator6020@gmail.com"/>
+    <hyperlink ref="C251" r:id="rId245" location="" display="mailto:nwolisehenry25@gmail.com"/>
+    <hyperlink ref="C252" r:id="rId246" location="" display="mailto:lucyagyeiwaaatakorah11@gmail.com"/>
+    <hyperlink ref="C253" r:id="rId247" location="" display="mailto:ericnsaahboakye@gmail.com"/>
+    <hyperlink ref="C254" r:id="rId248" location="" display="mailto:udeaghaebuka@yahoo.com"/>
+    <hyperlink ref="C255" r:id="rId249" location="" display="mailto:boaduisaac246@gmail.com"/>
+    <hyperlink ref="C256" r:id="rId250" location="" display="mailto:elizabeth2000nyambel@gmail.com"/>
+    <hyperlink ref="C257" r:id="rId251" location="" display="mailto:biancanneka098@gmail.com"/>
+    <hyperlink ref="C258" r:id="rId252" location="" display="mailto:emekaogbodo062@gmail.com"/>
+    <hyperlink ref="C259" r:id="rId253" location="" display="mailto:stephenjimmyyusuf@gmail.com"/>
+    <hyperlink ref="C260" r:id="rId254" location="" display="mailto:ezejifustinaangel@gmail.com"/>
+    <hyperlink ref="C261" r:id="rId255" location="" display="mailto:blaisegathere@gmail.com"/>
+    <hyperlink ref="C262" r:id="rId256" location="" display="mailto:chigboogusunday@gmail.com"/>
+    <hyperlink ref="C263" r:id="rId257" location="" display="mailto:oyebanjitolulope187@gmail.com"/>
+    <hyperlink ref="C264" r:id="rId258" location="" display="mailto:tolulopeolayinka49@gmail.com"/>
+    <hyperlink ref="C265" r:id="rId259" location="" display="mailto:www.stephamakani@yahoo.com"/>
+    <hyperlink ref="C266" r:id="rId260" location="" display="mailto:joshuaac72@gmail.com"/>
+    <hyperlink ref="C267" r:id="rId261" location="" display="mailto:juniorjusticeofori@gmail.com"/>
+    <hyperlink ref="C268" r:id="rId262" location="" display="mailto:obinnacharles95@outlook.com"/>
+    <hyperlink ref="C269" r:id="rId263" location="" display="mailto:info.mgbakorjohnkenneth@gmail.com"/>
+    <hyperlink ref="C270" r:id="rId264" location="" display="mailto:antwimark2000@gmail.com"/>
+    <hyperlink ref="C271" r:id="rId265" location="" display="mailto:donderisr@gmail.com"/>
+    <hyperlink ref="C272" r:id="rId266" location="" display="mailto:amoahowusu111@gmail.com"/>
+    <hyperlink ref="C273" r:id="rId267" location="" display="mailto:Chinedummosesfirms@gmail.com"/>
+    <hyperlink ref="C274" r:id="rId268" location="" display="mailto:opoku.richard.odei@gmail.com"/>
+    <hyperlink ref="C275" r:id="rId269" location="" display="mailto:tetejoel08@gmail.com"/>
+    <hyperlink ref="C276" r:id="rId270" location="" display="mailto:gbemigababawale65@gmail.com"/>
+    <hyperlink ref="C277" r:id="rId271" location="" display="mailto:arowolofiyinfoluwa@gmail.com"/>
+    <hyperlink ref="C278" r:id="rId272" location="" display="mailto:fostero.kfosu111@gmail.com"/>
+    <hyperlink ref="C279" r:id="rId273" location="" display="mailto:carolineej65@gmail.com"/>
+    <hyperlink ref="C280" r:id="rId274" location="" display="mailto:tolulope4christ2001@gmail.com"/>
+    <hyperlink ref="C281" r:id="rId275" location="" display="mailto:dejago27@yahoo.com"/>
+    <hyperlink ref="C282" r:id="rId276" location="" display="mailto:yinkafaddgreat@gmail.com"/>
+    <hyperlink ref="C283" r:id="rId277" location="" display="mailto:princefubbi@gmail.com"/>
+    <hyperlink ref="C284" r:id="rId278" location="" display="mailto:teolusunde@gmail.com"/>
+    <hyperlink ref="C285" r:id="rId279" location="" display="mailto:Seyi1264@gmail.com"/>
+    <hyperlink ref="C286" r:id="rId280" location="" display="mailto:info@intercontinentalpro.com.au"/>
+    <hyperlink ref="C287" r:id="rId281" location="" display="mailto:idaraoyinbo2002@yahoo.co.uk"/>
+    <hyperlink ref="C288" r:id="rId282" location="" display="mailto:gloriakwakyewaa13@gmail.com"/>
+    <hyperlink ref="C289" r:id="rId283" location="" display="mailto:darboeomar71@gmail.com"/>
+    <hyperlink ref="C290" r:id="rId284" location="" display="mailto:kwameasamoahsenyahjr@gmail.com"/>
+    <hyperlink ref="C291" r:id="rId285" location="" display="mailto:dannyatlavidabien21@gmail.com"/>
+    <hyperlink ref="C292" r:id="rId286" location="" display="mailto:amafrimpomaa3@gmail.com"/>
+    <hyperlink ref="C293" r:id="rId287" location="" display="mailto:Jislord2004@gmail.com"/>
+    <hyperlink ref="C294" r:id="rId288" location="" display="mailto:ibrahimburuhanu.ib@gmail.com"/>
+    <hyperlink ref="C295" r:id="rId289" location="" display="mailto:paulolatunde9@gmail.com"/>
+    <hyperlink ref="C296" r:id="rId290" location="" display="mailto:hannahkoroma4@gmail.comh"/>
+    <hyperlink ref="C297" r:id="rId291" location="" display="mailto:odutayooj@funaab.edu.ng"/>
+    <hyperlink ref="C298" r:id="rId292" location="" display="mailto:ewman009@gmail.com"/>
+    <hyperlink ref="C299" r:id="rId293" location="" display="mailto:johnuche4@gmail.com"/>
+    <hyperlink ref="C300" r:id="rId294" location="" display="mailto:enyamdzefi@gmail.com"/>
+    <hyperlink ref="C301" r:id="rId295" location="" display="mailto:khalifayussif01@gmail.com"/>
+    <hyperlink ref="C302" r:id="rId296" location="" display="mailto:sanke.co@gmail.com"/>
+    <hyperlink ref="C303" r:id="rId297" location="" display="mailto:payejonathang18@gmail.com"/>
+    <hyperlink ref="C304" r:id="rId298" location="" display="mailto:naadededoris@gmail.com"/>
+    <hyperlink ref="C305" r:id="rId299" location="" display="mailto:naturindarinah5@gmail.com"/>
+    <hyperlink ref="C306" r:id="rId300" location="" display="mailto:michaelnt35@gmail.com"/>
+    <hyperlink ref="C307" r:id="rId301" location="" display="mailto:jokafoagu@gmail.com"/>
+    <hyperlink ref="C308" r:id="rId302" location="" display="mailto:babayod@yahoo.com"/>
+    <hyperlink ref="C309" r:id="rId303" location="" display="mailto:joy.adipah@gmail.com"/>
+    <hyperlink ref="C310" r:id="rId304" location="" display="mailto:uthadesh01@gmail.com"/>
+    <hyperlink ref="C311" r:id="rId305" location="" display="mailto:oluwaloseyijohn10@gmail.com"/>
+    <hyperlink ref="C312" r:id="rId306" location="" display="mailto:dennispretorias@gmail.com"/>
+    <hyperlink ref="C313" r:id="rId307" location="" display="mailto:otinidavid@gmail.com"/>
+    <hyperlink ref="C314" r:id="rId308" location="" display="mailto:vickieako1@gmail.com"/>
+    <hyperlink ref="C315" r:id="rId309" location="" display="mailto:ajibodeabosede54@gmail.com"/>
+    <hyperlink ref="C316" r:id="rId310" location="" display="mailto:achikida1@outlook.com"/>
+    <hyperlink ref="C317" r:id="rId311" location="" display="mailto:papamensah2012@gmail.com"/>
+    <hyperlink ref="C318" r:id="rId312" location="" display="mailto:dasamuelbb@gmail.com"/>
+    <hyperlink ref="C319" r:id="rId313" location="" display="mailto:chriscoker916@gmail.com"/>
+    <hyperlink ref="C320" r:id="rId314" location="" display="mailto:cyndyslym1@gmail.com"/>
+    <hyperlink ref="C321" r:id="rId315" location="" display="mailto:talktochristian2018@gmail.com"/>
+    <hyperlink ref="C322" r:id="rId316" location="" display="mailto:covenantaderoju@gmail.com"/>
+    <hyperlink ref="C323" r:id="rId317" location="" display="mailto:cok.oc22@gmail.com"/>
+    <hyperlink ref="C324" r:id="rId318" location="" display="mailto:aderayo563@gmail.com"/>
+    <hyperlink ref="C325" r:id="rId319" location="" display="mailto:ojbukola2019@gmail.com"/>
+    <hyperlink ref="C326" r:id="rId320" location="" display="mailto:kipnelson1993@gmail.com"/>
+    <hyperlink ref="C327" r:id="rId321" location="" display="mailto:ekponv@gmail.com"/>
+    <hyperlink ref="C328" r:id="rId322" location="" display="mailto:mungasonje22@gmail.com"/>
+    <hyperlink ref="C329" r:id="rId323" location="" display="mailto:sigey2014@gmail.com"/>
+    <hyperlink ref="C330" r:id="rId324" location="" display="mailto:rubyolubodun@gmail.com"/>
+    <hyperlink ref="C331" r:id="rId325" location="" display="mailto:murainamuhideen001@gmail.com"/>
+    <hyperlink ref="C332" r:id="rId326" location="" display="mailto:georgekombe2@gmail.com"/>
+    <hyperlink ref="C333" r:id="rId327" location="" display="mailto:m.abdullah55@aol.com"/>
+    <hyperlink ref="C334" r:id="rId328" location="" display="mailto:asarealbert1998@gmail.com"/>
+    <hyperlink ref="C335" r:id="rId329" location="" display="mailto:abdullahimohammedsaani095@gmail.com"/>
+    <hyperlink ref="C336" r:id="rId330" location="" display="mailto:joojojack24@gmail.com"/>
+    <hyperlink ref="C337" r:id="rId331" location="" display="mailto:soansah3@gmail.com"/>
+    <hyperlink ref="C338" r:id="rId332" location="" display="mailto:enyaaunix@gmail.com"/>
+    <hyperlink ref="C339" r:id="rId333" location="" display="mailto:gideonoduro321@gmail.com"/>
+    <hyperlink ref="C340" r:id="rId334" location="" display="mailto:olamideolu59@gmail.com"/>
+    <hyperlink ref="C341" r:id="rId335" location="" display="mailto:gbadelawal67@gmail.com"/>
+    <hyperlink ref="C342" r:id="rId336" location="" display="mailto:user@gmail.com"/>
+    <hyperlink ref="C343" r:id="rId337" location="" display="mailto:ilighcyril@gmail.com"/>
+    <hyperlink ref="C344" r:id="rId338" location="" display="mailto:ebenezeradjei1989@gmail.com"/>
+    <hyperlink ref="C345" r:id="rId339" location="" display="mailto:okunniyiolawale@gmail.com"/>
+    <hyperlink ref="C346" r:id="rId340" location="" display="mailto:sojbobby@yahoo.com"/>
+    <hyperlink ref="C347" r:id="rId341" location="" display="mailto:hn9675@gmail.com"/>
+    <hyperlink ref="C348" r:id="rId342" location="" display="mailto:enoella2010@gmail.com"/>
+    <hyperlink ref="C349" r:id="rId343" location="" display="mailto:stellalarbi81@gmail.com"/>
+    <hyperlink ref="C350" r:id="rId344" location="" display="mailto:carolinekipkemboi123@gmail.com"/>
+    <hyperlink ref="C351" r:id="rId345" location="" display="mailto:emmanuelmedewase@gmail.com"/>
+    <hyperlink ref="C352" r:id="rId346" location="" display="mailto:amankwageorge180@gmail.com"/>
+    <hyperlink ref="C353" r:id="rId347" location="" display="mailto:tuffourcoll@gmail.com"/>
+    <hyperlink ref="C354" r:id="rId348" location="" display="mailto:opeyemiadebayo439@gmail.com"/>
+    <hyperlink ref="C355" r:id="rId349" location="" display="mailto:ayomikunwande@gmail.com"/>
+    <hyperlink ref="C356" r:id="rId350" location="" display="mailto:ikpemosimem@gmail.com"/>
+    <hyperlink ref="C357" r:id="rId351" location="" display="mailto:nurturemeafriqa@gmail.com"/>
+    <hyperlink ref="C358" r:id="rId352" location="" display="mailto:paulescapemeetings@gmail.com"/>
+    <hyperlink ref="C359" r:id="rId353" location="" display="mailto:adeleyemartinz@hotmail.com"/>
+    <hyperlink ref="C360" r:id="rId354" location="" display="mailto:ellamaxwel@gmail.com"/>
+    <hyperlink ref="C361" r:id="rId355" location="" display="mailto:Elijahsantous1@gmail.com"/>
+    <hyperlink ref="C362" r:id="rId356" location="" display="mailto:tonysmith10181@gmail.com"/>
+    <hyperlink ref="C363" r:id="rId357" location="" display="mailto:ngisajoseph3@gmail.com"/>
+    <hyperlink ref="C364" r:id="rId358" location="" display="mailto:jacobgisore4@gmail.com"/>
+    <hyperlink ref="C365" r:id="rId359" location="" display="mailto:elisha.igwe.241620@unn.edu.ng"/>
+    <hyperlink ref="C366" r:id="rId360" location="" display="mailto:busayoayobolu@gmail.com"/>
+    <hyperlink ref="C367" r:id="rId361" location="" display="mailto:obedmalakwen@gmail.com"/>
+    <hyperlink ref="C368" r:id="rId362" location="" display="mailto:kenuzkipruto85@gmail.com"/>
+    <hyperlink ref="C369" r:id="rId363" location="" display="mailto:roshmari660@gmail.com"/>
+    <hyperlink ref="C370" r:id="rId364" location="" display="mailto:obolnelson121@gmail.com"/>
+    <hyperlink ref="C371" r:id="rId365" location="" display="mailto:khaleefah902@gmail.com"/>
+    <hyperlink ref="C372" r:id="rId366" location="" display="mailto:katangadjafari@gmail.com"/>
+    <hyperlink ref="C373" r:id="rId367" location="" display="mailto:henryonwuatuegwu@gmail.com"/>
+    <hyperlink ref="C374" r:id="rId368" location="" display="mailto:danielkdavid2000@gmail.com"/>
+    <hyperlink ref="C375" r:id="rId369" location="" display="mailto:mariahbuuza34@gmail.com"/>
+    <hyperlink ref="C376" r:id="rId370" location="" display="mailto:blessed.andy@gmail.com"/>
+    <hyperlink ref="C377" r:id="rId371" location="" display="mailto:vanessaodoemenam@gmail.com"/>
+    <hyperlink ref="C378" r:id="rId372" location="" display="mailto:vanessaodoemenam@gmail.com"/>
+    <hyperlink ref="C379" r:id="rId373" location="" display="mailto:bennywacchy359@gmail.com"/>
+    <hyperlink ref="C380" r:id="rId374" location="" display="mailto:desmondonyekachi4@gmail.com"/>
+    <hyperlink ref="C381" r:id="rId375" location="" display="mailto:ezehwc@gmail.com"/>
+    <hyperlink ref="C382" r:id="rId376" location="" display="mailto:nduwuakupatrick@gmail.com"/>
+    <hyperlink ref="C383" r:id="rId377" location="" display="mailto:niyijohn9@gmail.com"/>
+    <hyperlink ref="C384" r:id="rId378" location="" display="mailto:qeypchumba@gmail.com"/>
+    <hyperlink ref="C385" r:id="rId379" location="" display="mailto:msumaila880@gmail.com"/>
+    <hyperlink ref="C386" r:id="rId380" location="" display="mailto:fidelappiahteddy@gmail.com"/>
+    <hyperlink ref="C387" r:id="rId381" location="" display="mailto:godswaydumenya001@gmail.com"/>
+    <hyperlink ref="C388" r:id="rId382" location="" display="mailto:bismarkbaahadofo@gmail.com"/>
+    <hyperlink ref="C389" r:id="rId383" location="" display="mailto:meshackmasinde2030@gmail.com"/>
+    <hyperlink ref="C390" r:id="rId384" location="" display="mailto:affisolomon@gmail.com"/>
+    <hyperlink ref="C391" r:id="rId385" location="" display="mailto:justinhundersonsglobal@gmail.com"/>
+    <hyperlink ref="C392" r:id="rId386" location="" display="mailto:smallsromans@gmail.com"/>
+    <hyperlink ref="C393" r:id="rId387" location="" display="mailto:iddahanyango@gmail.com"/>
+    <hyperlink ref="C394" r:id="rId388" location="" display="mailto:dennischepkwony40@gmail.com"/>
+    <hyperlink ref="C395" r:id="rId389" location="" display="mailto:annwamboi274@gmail.com"/>
+    <hyperlink ref="C396" r:id="rId390" location="" display="mailto:ojotoyinfelix@yahoo.com"/>
+    <hyperlink ref="C397" r:id="rId391" location="" display="mailto:Edwintanuiedwin07@gmail.com"/>
+    <hyperlink ref="C398" r:id="rId392" location="" display="mailto:attahmaccornny@gmail.com"/>
+    <hyperlink ref="C399" r:id="rId393" location="" display="mailto:jboakyeyiadom18@gmail.com"/>
+    <hyperlink ref="C400" r:id="rId394" location="" display="mailto:buabengt10@gmail.com"/>
+    <hyperlink ref="C401" r:id="rId395" location="" display="mailto:lindahkemboi5@gmail.com"/>
+    <hyperlink ref="C402" r:id="rId396" location="" display="mailto:kwizeradjafali@gmail.com"/>
+    <hyperlink ref="C403" r:id="rId397" location="" display="mailto:ihegborochimezie@gmail.com"/>
+    <hyperlink ref="C404" r:id="rId398" location="" display="mailto:chinemeremakalazu@gmail.com"/>
+    <hyperlink ref="C405" r:id="rId399" location="" display="mailto:chinemeremakalazu@gmail.con"/>
+    <hyperlink ref="C406" r:id="rId400" location="" display="mailto:dymayvonne@gmail.com"/>
+    <hyperlink ref="C407" r:id="rId401" location="" display="mailto:busayoaina3@gmail.com"/>
+    <hyperlink ref="C408" r:id="rId402" location="" display="mailto:ebenuwavivian@gmail.com"/>
+    <hyperlink ref="C409" r:id="rId403" location="" display="mailto:thokrielayai6@gmail.com"/>
+    <hyperlink ref="C410" r:id="rId404" location="" display="mailto:cabdinasir8882@gmail.com"/>
+    <hyperlink ref="C411" r:id="rId405" location="" display="mailto:sundaywisdom41@yahoo.com"/>
+    <hyperlink ref="C412" r:id="rId406" location="" display="mailto:jenninyambu@gmail.com"/>
+    <hyperlink ref="C413" r:id="rId407" location="" display="mailto:kabekah5@gmail.com"/>
+    <hyperlink ref="C414" r:id="rId408" location="" display="mailto:aanietie759@gmail.com"/>
+    <hyperlink ref="C415" r:id="rId409" location="" display="mailto:apentengemma0@gmail.com"/>
+    <hyperlink ref="C416" r:id="rId410" location="" display="mailto:ezeogumunachi@gmail.com"/>
+    <hyperlink ref="C417" r:id="rId411" location="" display="mailto:frankraw1991@gmail.com"/>
+    <hyperlink ref="C418" r:id="rId412" location="" display="mailto:dorothynamirembe516@gmail.com"/>
+    <hyperlink ref="C419" r:id="rId413" location="" display="mailto:augustinejrsark@gmail.com"/>
+    <hyperlink ref="C420" r:id="rId414" location="" display="mailto:nahomtedros543@gmail.com"/>
+    <hyperlink ref="C421" r:id="rId415" location="" display="mailto:m.benzagi@gmail.com"/>
+    <hyperlink ref="C422" r:id="rId416" location="" display="mailto:sukabaris70@gmail.com"/>
+    <hyperlink ref="C423" r:id="rId417" location="" display="mailto:sundayfasasi3@gmail.com"/>
+    <hyperlink ref="C424" r:id="rId418" location="" display="mailto:jrmjoujou@gmail.com"/>
+    <hyperlink ref="C425" r:id="rId419" location="" display="mailto:aliohadavid9@gmail.com"/>
+    <hyperlink ref="C426" r:id="rId420" location="" display="mailto:lyntnana@gmail.com"/>
+    <hyperlink ref="C427" r:id="rId421" location="" display="mailto:rodine@gmail.com"/>
+    <hyperlink ref="C428" r:id="rId422" location="" display="mailto:gladomengich@gmail.com"/>
+    <hyperlink ref="C429" r:id="rId423" location="" display="mailto:danielamagwula@gmail.com"/>
+    <hyperlink ref="C430" r:id="rId424" location="" display="mailto:godwinpadik@gmail.com"/>
+    <hyperlink ref="C431" r:id="rId425" location="" display="mailto:weddy017@gmail.com"/>
+    <hyperlink ref="C432" r:id="rId426" location="" display="mailto:ameachijoseph888@gmail.com"/>
+    <hyperlink ref="C433" r:id="rId427" location="" display="mailto:akerelesolomon@gmail.com"/>
+    <hyperlink ref="C434" r:id="rId428" location="" display="mailto:v.uzodinma4@gmail.com"/>
+    <hyperlink ref="C435" r:id="rId429" location="" display="mailto:anntomf@gmail.com"/>
+    <hyperlink ref="C436" r:id="rId430" location="" display="mailto:gbadexy2007@gmail.com"/>
+    <hyperlink ref="C437" r:id="rId431" location="" display="mailto:namatovuprossy799@gmail.com"/>
+    <hyperlink ref="C438" r:id="rId432" location="" display="mailto:bkajayi01@gmail.com"/>
+    <hyperlink ref="C439" r:id="rId433" location="" display="mailto:jibumuhashaarsene@gmail.com"/>
+    <hyperlink ref="C440" r:id="rId434" location="" display="mailto:kalistinaalaomap@gmail.com"/>
+    <hyperlink ref="C441" r:id="rId435" location="" display="mailto:peacemomoh48@gmail.com"/>
+    <hyperlink ref="C442" r:id="rId436" location="" display="mailto:shuaibabiodun81@gmail.com"/>
+    <hyperlink ref="C443" r:id="rId437" location="" display="mailto:appiahagyeiemmanuel96@gmail.com"/>
+    <hyperlink ref="C444" r:id="rId438" location="" display="mailto:victorious_annie@yahoo.com"/>
+    <hyperlink ref="C445" r:id="rId439" location="" display="mailto:stan4god61@gmail.com"/>
+    <hyperlink ref="C446" r:id="rId440" location="" display="mailto:braqobi@gmail.com"/>
+    <hyperlink ref="C447" r:id="rId441" location="" display="mailto:afeski14@gmail.com"/>
+    <hyperlink ref="C448" r:id="rId442" location="" display="mailto:jite404@gmail.com"/>
+    <hyperlink ref="C449" r:id="rId443" location="" display="mailto:gloriaodibo12@gmail.com"/>
+    <hyperlink ref="C450" r:id="rId444" location="" display="mailto:adedayoademolake2@gmail.com"/>
+    <hyperlink ref="C451" r:id="rId445" location="" display="mailto:inioluwaolamide2006@gmail.com"/>
+    <hyperlink ref="C452" r:id="rId446" location="" display="mailto:namatovusara773pro@gmail.com"/>
+    <hyperlink ref="C453" r:id="rId447" location="" display="mailto:laseedgal@gmail.com"/>
+    <hyperlink ref="C454" r:id="rId448" location="" display="mailto:ayobanjofunsho@gmail.com"/>
+    <hyperlink ref="C455" r:id="rId449" location="" display="mailto:bamisereprecious@yahoo.com"/>
+    <hyperlink ref="C456" r:id="rId450" location="" display="mailto:okorieabrahambassey999@gmail.com"/>
+    <hyperlink ref="C457" r:id="rId451" location="" display="mailto:arigbeese@gmail.com"/>
+    <hyperlink ref="C458" r:id="rId452" location="" display="mailto:lekinzino@gmail.com"/>
+    <hyperlink ref="C459" r:id="rId453" location="" display="mailto:vincentiad.asare@gmail.com"/>
+    <hyperlink ref="C460" r:id="rId454" location="" display="mailto:dpamilerinfavour@gmail.com"/>
+    <hyperlink ref="C461" r:id="rId455" location="" display="mailto:chikeziechima07@gmail.com"/>
+    <hyperlink ref="C462" r:id="rId456" location="" display="mailto:chimaekeomai@gmail.com"/>
+    <hyperlink ref="C463" r:id="rId457" location="" display="mailto:michaelsomtochukwu34@gmail.com"/>
+    <hyperlink ref="C464" r:id="rId458" location="" display="mailto:african_mart@hotmail.com"/>
+    <hyperlink ref="C465" r:id="rId459" location="" display="mailto:addyrytarh@gmail.com"/>
+    <hyperlink ref="C466" r:id="rId460" location="" display="mailto:tettevid@gmail.com"/>
+    <hyperlink ref="C467" r:id="rId461" location="" display="mailto:shakireigns@gmail.com"/>
+    <hyperlink ref="C468" r:id="rId462" location="" display="mailto:emmanuelmoding@gmail.com"/>
+    <hyperlink ref="C469" r:id="rId463" location="" display="mailto:divinealimo23@gmail.com"/>
+    <hyperlink ref="C470" r:id="rId464" location="" display="mailto:dedonprince66@gmail.com"/>
+    <hyperlink ref="C471" r:id="rId465" location="" display="mailto:dareprophett@gmail.com"/>
+    <hyperlink ref="C472" r:id="rId466" location="" display="mailto:Ayoabiola146@gmail.com"/>
+    <hyperlink ref="C473" r:id="rId467" location="" display="mailto:uzairubilyaminushuaibu25@gmail.com"/>
+    <hyperlink ref="C474" r:id="rId468" location="" display="mailto:chinonsosylvia101@gmail.com"/>
+    <hyperlink ref="C475" r:id="rId469" location="" display="mailto:elvisonyeoyibo@gmail.com"/>
+    <hyperlink ref="C476" r:id="rId470" location="" display="mailto:templearthur@chevron.com"/>
+    <hyperlink ref="C477" r:id="rId471" location="" display="mailto:harmonyluvy@gmail.com"/>
+    <hyperlink ref="C478" r:id="rId472" location="" display="mailto:oogunne@gmail.com"/>
+    <hyperlink ref="C479" r:id="rId473" location="" display="mailto:augustinenwaforn@gmail.com"/>
+    <hyperlink ref="C480" r:id="rId474" location="" display="mailto:irewunmiodunayo@gmail.com"/>
+    <hyperlink ref="C481" r:id="rId475" location="" display="mailto:alabibusuyi@gmail.com"/>
+    <hyperlink ref="C482" r:id="rId476" location="" display="mailto:Kwekuaddi99@gmail.com"/>
+    <hyperlink ref="C483" r:id="rId477" location="" display="mailto:nikolaoskipkogei@gmail.com"/>
+    <hyperlink ref="C484" r:id="rId478" location="" display="mailto:immanuelbwaten@gmail.com"/>
+    <hyperlink ref="C485" r:id="rId479" location="" display="mailto:aryeepsalm@gmail.com"/>
+    <hyperlink ref="C486" r:id="rId480" location="" display="mailto:Jennifereromosele037@gmail.com"/>
+    <hyperlink ref="C487" r:id="rId481" location="" display="mailto:tetteykwamecharles@gmail.com"/>
+    <hyperlink ref="C488" r:id="rId482" location="" display="mailto:haryoursquare15@gmail.com"/>
+    <hyperlink ref="C489" r:id="rId483" location="" display="mailto:anumewill@gmail.com"/>
+    <hyperlink ref="C490" r:id="rId484" location="" display="mailto:prozy5u@hotmail.com"/>
+    <hyperlink ref="C491" r:id="rId485" location="" display="mailto:arhinato04@gmail.com"/>
+    <hyperlink ref="C492" r:id="rId486" location="" display="mailto:wnveronica2000@gmail.com"/>
+    <hyperlink ref="C493" r:id="rId487" location="" display="mailto:fcengrfrancis@gmail.com"/>
+    <hyperlink ref="C494" r:id="rId488" location="" display="mailto:martinfoden587@gmail.com"/>
+    <hyperlink ref="C496" r:id="rId489" location="" display="mailto:faculty4real2k@gmail.com"/>
+    <hyperlink ref="C497" r:id="rId490" location="" display="mailto:anyimiahederale1@gmail.com"/>
+    <hyperlink ref="C498" r:id="rId491" location="" display="mailto:yusakrofi@gmail.com"/>
+    <hyperlink ref="C499" r:id="rId492" location="" display="mailto:znbrakib@gmail.com"/>
+    <hyperlink ref="C500" r:id="rId493" location="" display="mailto:nenpinritmark@gmail.com"/>
+    <hyperlink ref="C501" r:id="rId494" location="" display="mailto:piusbungkib555@gmail.com"/>
+    <hyperlink ref="C502" r:id="rId495" location="" display="mailto:gwanjiro66@gmail.com"/>
+    <hyperlink ref="C503" r:id="rId496" location="" display="mailto:gwanjro66@gmail.com"/>
+    <hyperlink ref="C504" r:id="rId497" location="" display="mailto:ekcheruiyots@gmail.com"/>
+    <hyperlink ref="C505" r:id="rId498" location="" display="mailto:vincenterzoah@gmail.com"/>
+    <hyperlink ref="C506" r:id="rId499" location="" display="mailto:rabiudamilare71@gmail.com"/>
+    <hyperlink ref="C507" r:id="rId500" location="" display="mailto:tfresh2021@gmail.com"/>
+    <hyperlink ref="C508" r:id="rId501" location="" display="mailto:calebjuma454@gmail.com"/>
+    <hyperlink ref="C509" r:id="rId502" location="" display="mailto:Mpamokevin14@gmail.com"/>
+    <hyperlink ref="C510" r:id="rId503" location="" display="mailto:abiolaseriki@gmail.com"/>
+    <hyperlink ref="C511" r:id="rId504" location="" display="mailto:emekanwafor2019@gmail.com"/>
+    <hyperlink ref="C512" r:id="rId505" location="" display="mailto:edaramola2006@gmail.com"/>
+    <hyperlink ref="C513" r:id="rId506" location="" display="mailto:mizmunroe98@gmail.com"/>
+    <hyperlink ref="C514" r:id="rId507" location="" display="mailto:kennethkobby05@gmail.com"/>
+    <hyperlink ref="C515" r:id="rId508" location="" display="mailto:yvonneenajekpo@gmail.com"/>
+    <hyperlink ref="C516" r:id="rId509" location="" display="mailto:damienluyi@gmail.com"/>
+    <hyperlink ref="C517" r:id="rId510" location="" display="mailto:ekunga0@gmail.com"/>
+    <hyperlink ref="C518" r:id="rId511" location="" display="mailto:shemoketch8@gmail.com"/>
+    <hyperlink ref="C519" r:id="rId512" location="" display="mailto:saviolamens10@gmail.com"/>
+    <hyperlink ref="C520" r:id="rId513" location="" display="mailto:chy_mary@yahoo.com"/>
+    <hyperlink ref="C521" r:id="rId514" location="" display="mailto:alabakelani@gmail.com"/>
+    <hyperlink ref="C522" r:id="rId515" location="" display="mailto:cherrycherrylady781@gmail.com"/>
+    <hyperlink ref="C523" r:id="rId516" location="" display="mailto:onwunanzoedwin@gmail.com"/>
+    <hyperlink ref="C524" r:id="rId517" location="" display="mailto:agozieagbams@gmail.com"/>
+    <hyperlink ref="C525" r:id="rId518" location="" display="mailto:Muniratuwahab2021@gmail.com"/>
+    <hyperlink ref="C526" r:id="rId519" location="" display="mailto:shirosmall7@gmail.com"/>
+    <hyperlink ref="C527" r:id="rId520" location="" display="mailto:asmelitus@gmail.com"/>
+    <hyperlink ref="C528" r:id="rId521" location="" display="mailto:melesekitu0@gmail.com"/>
+    <hyperlink ref="C529" r:id="rId522" location="" display="mailto:veralynchimamkpam@gmail.com"/>
+    <hyperlink ref="C530" r:id="rId523" location="" display="mailto:Ezinnepeace723@gmail.com"/>
+    <hyperlink ref="C531" r:id="rId524" location="" display="mailto:Ezinneigwe89@gmail.com"/>
+    <hyperlink ref="C532" r:id="rId525" location="" display="mailto:adebayosanmi48@gmail.com"/>
+    <hyperlink ref="C533" r:id="rId526" location="" display="mailto:sogomocaren@gmail.com"/>
+    <hyperlink ref="C534" r:id="rId527" location="" display="mailto:billykosiom845@gmail.com"/>
+    <hyperlink ref="C535" r:id="rId528" location="" display="mailto:jobi8245@gmail.com"/>
+    <hyperlink ref="C536" r:id="rId529" location="" display="mailto:mrwill022@outlook.com"/>
+    <hyperlink ref="C537" r:id="rId530" location="" display="mailto:ageabagu@gmail.com"/>
+    <hyperlink ref="C538" r:id="rId531" location="" display="mailto:umarhabeebllahi@gmail.com"/>
+    <hyperlink ref="C539" r:id="rId532" location="" display="mailto:kennethyego12@gmail.com"/>
+    <hyperlink ref="C540" r:id="rId533" location="" display="mailto:komolafeboluwatife01@gmail.com"/>
+    <hyperlink ref="C541" r:id="rId534" location="" display="mailto:ioluwadamilare277@gmail.com"/>
+    <hyperlink ref="C542" r:id="rId535" location="" display="mailto:abeoluyemi61@gmail.com"/>
+    <hyperlink ref="C543" r:id="rId536" location="" display="mailto:martealaika@gmail.com"/>
+    <hyperlink ref="C544" r:id="rId537" location="" display="mailto:kimutaikelvin109@gmail.com"/>
+    <hyperlink ref="C545" r:id="rId538" location="" display="mailto:Lorettaejike1@gmail.com"/>
+    <hyperlink ref="C546" r:id="rId539" location="" display="mailto:chikwedavid55@gmail.com"/>
+    <hyperlink ref="C547" r:id="rId540" location="" display="mailto:faithoroniyi@gmail.com"/>
+    <hyperlink ref="C548" r:id="rId541" location="" display="mailto:ellotts87@gmail.com"/>
+    <hyperlink ref="C549" r:id="rId542" location="" display="mailto:ibraheemofficial1@gmail.com"/>
+    <hyperlink ref="C550" r:id="rId543" location="" display="mailto:Labake.familoni@gmail.com"/>
+    <hyperlink ref="C551" r:id="rId544" location="" display="mailto:onyiikeji@yahoo.com"/>
+    <hyperlink ref="C552" r:id="rId545" location="" display="mailto:ememgodwin01@gmail.com"/>
+    <hyperlink ref="C553" r:id="rId546" location="" display="mailto:chigemezumarvellous@gmail.com"/>
+    <hyperlink ref="C554" r:id="rId547" location="" display="mailto:adenledoyinsola@gmail.com"/>
+    <hyperlink ref="C555" r:id="rId548" location="" display="mailto:obasihope01@gmail.com"/>
+    <hyperlink ref="C556" r:id="rId549" location="" display="mailto:pshikanga2023@gmail.com"/>
+    <hyperlink ref="C557" r:id="rId550" location="" display="mailto:goajoagency@gmail.com"/>
+    <hyperlink ref="C558" r:id="rId551" location="" display="mailto:marufalam93@gmail.com"/>
+    <hyperlink ref="C559" r:id="rId552" location="" display="mailto:rosentours9@gmail.com"/>
+    <hyperlink ref="C560" r:id="rId553" location="" display="mailto:Goajoagrncy@gmail.com"/>
+    <hyperlink ref="C561" r:id="rId554" location="" display="mailto:mbmuhammad800@gmail.com"/>
+    <hyperlink ref="C562" r:id="rId555" location="" display="mailto:makycynthia27@gmail.com"/>
+    <hyperlink ref="B563" r:id="rId556" location="" display="mailto:bdzunayedhassan@gmail.com"/>
+    <hyperlink ref="C563" r:id="rId557" location="" display="mailto:bdzunayedhassan@gmail.com"/>
+    <hyperlink ref="C564" r:id="rId558" location="" display="mailto:info@aissng.com"/>
+    <hyperlink ref="C565" r:id="rId559" location="" display="mailto:sibomanaanastase92@gmail.com"/>
+    <hyperlink ref="C566" r:id="rId560" location="" display="mailto:njiakponna@gmail.com"/>
+    <hyperlink ref="C567" r:id="rId561" location="" display="mailto:kento4real11@gmail.com"/>
+    <hyperlink ref="C568" r:id="rId562" location="" display="mailto:evelynk409@gmail.com"/>
+    <hyperlink ref="C570" r:id="rId563" location="" display="mailto:miruhojoseph9@gmail.com"/>
+    <hyperlink ref="C571" r:id="rId564" location="" display="mailto:isaacallwell2015@gmail.com"/>
+    <hyperlink ref="C572" r:id="rId565" location="" display="mailto:ismaelniyo94@gmail.com"/>
+    <hyperlink ref="C573" r:id="rId566" location="" display="mailto:agneswthk@gmail.com"/>
+    <hyperlink ref="C574" r:id="rId567" location="" display="mailto:mchisangakelly@gmail.com"/>
+    <hyperlink ref="C575" r:id="rId568" location="" display="mailto:patrickiradukunda968@gmsil.com"/>
+    <hyperlink ref="C576" r:id="rId569" location="" display="mailto:jasperesmith84@gmail.com"/>
+    <hyperlink ref="C577" r:id="rId570" location="" display="mailto:gathungupeterson@yahoo.com"/>
+    <hyperlink ref="C578" r:id="rId571" location="" display="mailto:olapadeoluseyi@gmail.com"/>
+    <hyperlink ref="C579" r:id="rId572" location="" display="mailto:ndayambajejackson9@gmail.com"/>
+    <hyperlink ref="C580" r:id="rId573" location="" display="mailto:onyanchaberkley@gmail.com"/>
+    <hyperlink ref="C581" r:id="rId574" location="" display="mailto:aliukadri421@gmail.com"/>
+    <hyperlink ref="C582" r:id="rId575" location="" display="mailto:alfredbett11@gmail.com"/>
+    <hyperlink ref="C583" r:id="rId576" location="" display="mailto:owenmwamba04@gmail.com"/>
+    <hyperlink ref="C584" r:id="rId577" location="" display="mailto:yunvainnocent@gmail.com"/>
+    <hyperlink ref="C585" r:id="rId578" location="" display="mailto:nwaforezinne5000@gmail.com"/>
+    <hyperlink ref="C586" r:id="rId579" location="" display="mailto:omartoiouilnadhir97@gmail.com"/>
+    <hyperlink ref="C587" r:id="rId580" location="" display="mailto:successnwosu50@gmail.com"/>
+    <hyperlink ref="C588" r:id="rId581" location="" display="mailto:okinyi33754201@gmail.com"/>
+    <hyperlink ref="C589" r:id="rId582" location="" display="mailto:Lyndakerubo73@gmail.com"/>
+    <hyperlink ref="C590" r:id="rId583" location="" display="mailto:olaniranabiodunujunwa@gmail.com"/>
+    <hyperlink ref="C591" r:id="rId584" location="" display="mailto:tylerjames787898@gmail.com"/>
+    <hyperlink ref="C592" r:id="rId585" location="" display="mailto:sogeeahouse@gmail.com"/>
+    <hyperlink ref="C593" r:id="rId586" location="" display="mailto:odoemenauzo@gmail.com"/>
+    <hyperlink ref="C594" r:id="rId587" location="" display="mailto:khorbyclepson2018@gmail.com"/>
+    <hyperlink ref="C595" r:id="rId588" location="" display="mailto:saratugrace77@gmail.com"/>
+    <hyperlink ref="C596" r:id="rId589" location="" display="mailto:gbenusola01@gmail.com"/>
+    <hyperlink ref="C597" r:id="rId590" location="" display="mailto:elijahchukwuemekaodu13@gmail.com"/>
+    <hyperlink ref="C598" r:id="rId591" location="" display="mailto:vicentographix@gmail.com"/>
+    <hyperlink ref="C599" r:id="rId592" location="" display="mailto:tordjolawrence@gmail.com"/>
+    <hyperlink ref="C600" r:id="rId593" location="" display="mailto:hailumeraf@gmail.com"/>
+    <hyperlink ref="C601" r:id="rId594" location="" display="mailto:mosesgibson48@gmail.com"/>
+    <hyperlink ref="C602" r:id="rId595" location="" display="mailto:abrahamtansiu@gmail.com"/>
+    <hyperlink ref="C603" r:id="rId596" location="" display="mailto:adeekomorenikeji@gmail.com"/>
+    <hyperlink ref="C604" r:id="rId597" location="" display="mailto:eberedara@gmail.com"/>
+    <hyperlink ref="C605" r:id="rId598" location="" display="mailto:winnie.daniel@fulokoja.edu.ng"/>
+    <hyperlink ref="C606" r:id="rId599" location="" display="mailto:winnie.daniel@gmail.com"/>
+    <hyperlink ref="C607" r:id="rId600" location="" display="mailto:femiolayinka@gmail.com"/>
+    <hyperlink ref="C608" r:id="rId601" location="" display="mailto:menz4real@yahoo.com"/>
+    <hyperlink ref="C609" r:id="rId602" location="" display="mailto:erickkahindu@gmail.com"/>
+    <hyperlink ref="C610" r:id="rId603" location="" display="mailto:ibrahimkamaludeen040@gmail.com"/>
+    <hyperlink ref="C611" r:id="rId604" location="" display="mailto:oluebubefaustina0@gmail.com"/>
+    <hyperlink ref="C612" r:id="rId605" location="" display="mailto:iwejuouche@gmail.com"/>
+    <hyperlink ref="C613" r:id="rId606" location="" display="mailto:enockboadu3006@gmail.com"/>
+    <hyperlink ref="C614" r:id="rId607" location="" display="mailto:enockkip11@gmail.com"/>
+    <hyperlink ref="C615" r:id="rId608" location="" display="mailto:estherochei247@gmail.com"/>
+    <hyperlink ref="C616" r:id="rId609" location="" display="mailto:emmanuelokanlawon02@gmail.com"/>
+    <hyperlink ref="C617" r:id="rId610" location="" display="mailto:jadielndegwa7@gmail.com"/>
+    <hyperlink ref="C618" r:id="rId611" location="" display="mailto:Brunongatia678@gmail.com"/>
+    <hyperlink ref="C619" r:id="rId612" location="" display="mailto:iyanubukola@yahoo.com"/>
+    <hyperlink ref="C620" r:id="rId613" location="" display="mailto:ezenmajuliet2012@gmail.com"/>
+    <hyperlink ref="C621" r:id="rId614" location="" display="mailto:olowosogatantoluwa@gmail.com"/>
+    <hyperlink ref="C622" r:id="rId615" location="" display="mailto:pinkypatelvekaria@gmail.com"/>
+    <hyperlink ref="C623" r:id="rId616" location="" display="mailto:ebigboonyinyechi@gmail.com"/>
+    <hyperlink ref="C624" r:id="rId617" location="" display="mailto:chikaonyema17@gmail.com"/>
+    <hyperlink ref="C625" r:id="rId618" location="" display="mailto:ikehfrancis60@gmail.com"/>
+    <hyperlink ref="C626" r:id="rId619" location="" display="mailto:ejioforemelue90@gmail.com"/>
+    <hyperlink ref="C627" r:id="rId620" location="" display="mailto:ejioforemelu90@gmail.com"/>
+    <hyperlink ref="C628" r:id="rId621" location="" display="mailto:daviesbarasa99@gmail.com"/>
+    <hyperlink ref="C629" r:id="rId622" location="" display="mailto:tairiqremy@gmail.com"/>
+    <hyperlink ref="C630" r:id="rId623" location="" display="mailto:promiseayansola@gmail.com"/>
+    <hyperlink ref="C631" r:id="rId624" location="" display="mailto:tochijohnpaul19@gmail.com"/>
+    <hyperlink ref="C632" r:id="rId625" location="" display="mailto:ndukweesther20@gmail.com"/>
+    <hyperlink ref="C633" r:id="rId626" location="" display="mailto:upawoforall@gmail.com"/>
+    <hyperlink ref="C634" r:id="rId627" location="" display="mailto:diamondel008@gmail.com"/>
+    <hyperlink ref="C635" r:id="rId628" location="" display="mailto:aloysiusaloysius22@gmail.com"/>
+    <hyperlink ref="C636" r:id="rId629" location="" display="mailto:lolapopoola95@gmail.com"/>
+    <hyperlink ref="C637" r:id="rId630" location="" display="mailto:abigailfrank79@gmail.com"/>
+    <hyperlink ref="C638" r:id="rId631" location="" display="mailto:samsonegbinola@gmail.com"/>
+    <hyperlink ref="C639" r:id="rId632" location="" display="mailto:henrymuxty@gmail.com"/>
+    <hyperlink ref="C640" r:id="rId633" location="" display="mailto:koechcalvin281@gmail.com"/>
+    <hyperlink ref="C641" r:id="rId634" location="" display="mailto:nwankpagentleman@gmail.com"/>
+    <hyperlink ref="C642" r:id="rId635" location="" display="mailto:osemwegieshalom@gmail.con"/>
+    <hyperlink ref="C643" r:id="rId636" location="" display="mailto:fawazolamilekan2007@gmail.com"/>
+    <hyperlink ref="C644" r:id="rId637" location="" display="mailto:ifeanyiigwe3@gmail.com"/>
+    <hyperlink ref="C645" r:id="rId638" location="" display="mailto:luciagiel@yahoo.com"/>
+    <hyperlink ref="C646" r:id="rId639" location="" display="mailto:richardadongo16@gmail.com"/>
+    <hyperlink ref="C647" r:id="rId640" location="" display="mailto:awoyungbotaiwo0@gmail.com"/>
+    <hyperlink ref="C648" r:id="rId641" location="" display="mailto:angelagachimbi@gmail.com"/>
+    <hyperlink ref="C649" r:id="rId642" location="" display="mailto:iam.ezeagu@gmail.com"/>
+    <hyperlink ref="C650" r:id="rId643" location="" display="mailto:delnyavor@gmail.com"/>
+    <hyperlink ref="C651" r:id="rId644" location="" display="mailto:agyapongboatengemmanuel@gmail.com"/>
+    <hyperlink ref="C652" r:id="rId645" location="" display="mailto:eddyesin@yahoo.com"/>
+    <hyperlink ref="C653" r:id="rId646" location="" display="mailto:ilesanmiolatundepaul@gmail.com"/>
+    <hyperlink ref="C654" r:id="rId647" location="" display="mailto:dtiecologistics@gmail.com"/>
+    <hyperlink ref="C655" r:id="rId648" location="" display="mailto:collinsnagyekum@gmail.com"/>
+    <hyperlink ref="C656" r:id="rId649" location="" display="mailto:kingsdikakeke@gmail.com"/>
+    <hyperlink ref="C657" r:id="rId650" location="" display="mailto:mbakelechukwu@gmail.com"/>
+    <hyperlink ref="C658" r:id="rId651" location="" display="mailto:aremublessing58@gmail.com"/>
+    <hyperlink ref="C659" r:id="rId652" location="" display="mailto:amaka559@gmail.com"/>
+    <hyperlink ref="C660" r:id="rId653" location="" display="mailto:joychinedu884@gmail.com"/>
+    <hyperlink ref="C662" r:id="rId654" location="" display="mailto:tolulopeadewuyi283@gmail.com"/>
+    <hyperlink ref="C663" r:id="rId655" location="" display="mailto:jlusaka45@gmail.com"/>
+    <hyperlink ref="C664" r:id="rId656" location="" display="mailto:hibk1124@gmail.com"/>
+    <hyperlink ref="C665" r:id="rId657" location="" display="mailto:adedamolahellen63@gmail.com"/>
+    <hyperlink ref="C666" r:id="rId658" location="" display="mailto:caleballotey23@gmail.com"/>
+    <hyperlink ref="C667" r:id="rId659" location="" display="mailto:chepngenofaith83@gmail.com"/>
+    <hyperlink ref="C668" r:id="rId660" location="" display="mailto:jmbaya02@gmail.com"/>
+    <hyperlink ref="C669" r:id="rId661" location="" display="mailto:audacendikumana43@gmail.com"/>
+    <hyperlink ref="C670" r:id="rId662" location="" display="mailto:samuelaloke@gmail.com"/>
+    <hyperlink ref="C671" r:id="rId663" location="" display="mailto:luthor3023@gmail.com"/>
+    <hyperlink ref="C672" r:id="rId664" location="" display="mailto:bigbenbenjy@gmail.com"/>
+    <hyperlink ref="C673" r:id="rId665" location="" display="mailto:princessvanessa096@gmail.com"/>
+    <hyperlink ref="C674" r:id="rId666" location="" display="mailto:tsemayeokoroh1@gmail.com"/>
+    <hyperlink ref="C675" r:id="rId667" location="" display="mailto:sosara@trav4college.com"/>
+    <hyperlink ref="C676" r:id="rId668" location="" display="mailto:ireneanuamah@gmail.com"/>
+    <hyperlink ref="C677" r:id="rId669" location="" display="mailto:marwafreddy93@gmail.com"/>
+    <hyperlink ref="C678" r:id="rId670" location="" display="mailto:samueliy185@gmail.com"/>
+    <hyperlink ref="C679" r:id="rId671" location="" display="mailto:inushman@gmail.com"/>
+    <hyperlink ref="C680" r:id="rId672" location="" display="mailto:imanifa30@gmail.com"/>
+    <hyperlink ref="C681" r:id="rId673" location="" display="mailto:naekumercieanne@gmail.com"/>
+    <hyperlink ref="C682" r:id="rId674" location="" display="mailto:bafridi458@gmail.com"/>
+    <hyperlink ref="C683" r:id="rId675" location="" display="mailto:kimk30968@gmail.com"/>
+    <hyperlink ref="C684" r:id="rId676" location="" display="mailto:henryonuohaogoo@gmail.com"/>
+    <hyperlink ref="C685" r:id="rId677" location="" display="mailto:jesutomisinvictoria@gmail.com"/>
+    <hyperlink ref="C686" r:id="rId678" location="" display="mailto:dadaolamide02@gmail.com"/>
+    <hyperlink ref="C687" r:id="rId679" location="" display="mailto:ladayopjan@gmail.com"/>
+    <hyperlink ref="C688" r:id="rId680" location="" display="mailto:stanlilyabbz@gmail.com"/>
+    <hyperlink ref="C689" r:id="rId681" location="" display="mailto:julietonyinyechi77@gmail.com"/>
+    <hyperlink ref="C690" r:id="rId682" location="" display="mailto:gilbertkandie144@gmail.com"/>
+    <hyperlink ref="C691" r:id="rId683" location="" display="mailto:osundeelliot@gmail.com"/>
+    <hyperlink ref="C692" r:id="rId684" location="" display="mailto:nicokiplagatkoech@gmail.com"/>
+    <hyperlink ref="C693" r:id="rId685" location="" display="mailto:blessingmmuo@gmail.com"/>
+    <hyperlink ref="C694" r:id="rId686" location="" display="mailto:ufomadupeaceodichinma@gmail.com"/>
+    <hyperlink ref="C695" r:id="rId687" location="" display="mailto:enayorujoel4@gmail.com"/>
+    <hyperlink ref="C696" r:id="rId688" location="" display="mailto:joelenayoru@gmail.com"/>
+    <hyperlink ref="C697" r:id="rId689" location="" display="mailto:iremideseyi22@gmail.com"/>
+    <hyperlink ref="C698" r:id="rId690" location="" display="mailto:anomasamson@gmail.com"/>
+    <hyperlink ref="C699" r:id="rId691" location="" display="mailto:freedomeze444@gmail.com"/>
+    <hyperlink ref="C700" r:id="rId692" location="" display="mailto:freedomeze434@gmail.com"/>
+    <hyperlink ref="C701" r:id="rId693" location="" display="mailto:enayoruonefemefavour@gmail.com"/>
+    <hyperlink ref="C702" r:id="rId694" location="" display="mailto:idaraasia@gmail.com"/>
+    <hyperlink ref="C703" r:id="rId695" location="" display="mailto:jamiub360@gmail.com"/>
+    <hyperlink ref="C704" r:id="rId696" location="" display="mailto:egedehariettaisioma@yahoo.com"/>
+    <hyperlink ref="C705" r:id="rId697" location="" display="mailto:officialaboyo@gmail.com"/>
+    <hyperlink ref="C707" r:id="rId698" location="" display="mailto:obengjoseph112@gmail.com"/>
+    <hyperlink ref="C708" r:id="rId699" location="" display="mailto:anyanwubenedict@gmail.com"/>
+    <hyperlink ref="C709" r:id="rId700" location="" display="mailto:ajibolaolugbodi112@gmail.com"/>
+    <hyperlink ref="C710" r:id="rId701" location="" display="mailto:fatimatahir2145@gmail.com"/>
+    <hyperlink ref="C711" r:id="rId702" location="" display="mailto:ikeraymond55@gmail.com"/>
+    <hyperlink ref="C712" r:id="rId703" location="" display="mailto:alphamax192@gmail.com"/>
+    <hyperlink ref="C713" r:id="rId704" location="" display="mailto:ajibolafarouq255@gmail.com"/>
+    <hyperlink ref="C714" r:id="rId705" location="" display="mailto:bookbxy@gmail.com"/>
+    <hyperlink ref="C715" r:id="rId706" location="" display="mailto:winnyrotich94@gmail.com"/>
+    <hyperlink ref="C716" r:id="rId707" location="" display="mailto:adedamolalegitan@gmail.com"/>
+    <hyperlink ref="C717" r:id="rId708" location="" display="mailto:bethwelkipkemboi1998@gmail.com"/>
+    <hyperlink ref="C718" r:id="rId709" location="" display="mailto:anyanwu.bob@gmail.com"/>
+    <hyperlink ref="C719" r:id="rId710" location="" display="mailto:segunihinmikalu01@gmail.com"/>
+    <hyperlink ref="C720" r:id="rId711" location="" display="mailto:ichebet883@gmail.com"/>
+    <hyperlink ref="C721" r:id="rId712" location="" display="mailto:ruthnjoroge269@gmail.com"/>
+    <hyperlink ref="C722" r:id="rId713" location="" display="mailto:emmanuelonyedika26@gmail.com"/>
+    <hyperlink ref="C723" r:id="rId714" location="" display="mailto:hailmary.007@gmail.com"/>
+    <hyperlink ref="C724" r:id="rId715" location="" display="mailto:kingsleywhiteomon94@gmail.com"/>
+    <hyperlink ref="C725" r:id="rId716" location="" display="mailto:dominicchibuzor040@gmail.com"/>
+    <hyperlink ref="C726" r:id="rId717" location="" display="mailto:denissigei469@gmail.com"/>
+    <hyperlink ref="C727" r:id="rId718" location="" display="mailto:Meekybrown@yahoo.co.uk"/>
+    <hyperlink ref="C728" r:id="rId719" location="" display="mailto:ono.gate@yahoo.com"/>
+    <hyperlink ref="C729" r:id="rId720" location="" display="mailto:Bramwelkiprotich05@gmail.com"/>
+    <hyperlink ref="C730" r:id="rId721" location="" display="mailto:kofiamoasi39@gmail.com"/>
+    <hyperlink ref="C731" r:id="rId722" location="" display="mailto:gduruem@gmail.com"/>
+    <hyperlink ref="C732" r:id="rId723" location="" display="mailto:dammyqueen61@gmail.com"/>
+    <hyperlink ref="C733" r:id="rId724" location="" display="mailto:Ogedegbeehibor@gmail.com"/>
+    <hyperlink ref="C734" r:id="rId725" location="" display="mailto:motunrayo.onada@yahoo.com"/>
+    <hyperlink ref="C735" r:id="rId726" location="" display="mailto:cdkadione@gmail.com"/>
+    <hyperlink ref="C736" r:id="rId727" location="" display="mailto:ayodeji.adeagbo@gmail.com"/>
+    <hyperlink ref="C737" r:id="rId728" location="" display="mailto:fuseiniyahya967@gmail.com"/>
+    <hyperlink ref="C738" r:id="rId729" location="" display="mailto:jamesm.kulliejr1992@gmail.com"/>
+    <hyperlink ref="C739" r:id="rId730" location="" display="mailto:maduagwuchukwuebuka774@gmail.com"/>
+    <hyperlink ref="C740" r:id="rId731" location="" display="mailto:bussyonline72@gmail.com"/>
+    <hyperlink ref="C741" r:id="rId732" location="" display="mailto:ngozimalachy@gmail.com"/>
+    <hyperlink ref="C742" r:id="rId733" location="" display="mailto:i.durojaiye82@gmail.com"/>
+    <hyperlink ref="C743" r:id="rId734" location="" display="mailto:carolinowiti002@gmail.com"/>
+    <hyperlink ref="C744" r:id="rId735" location="" display="mailto:blossomokoh1@gmail.com"/>
+    <hyperlink ref="C745" r:id="rId736" location="" display="mailto:okoyesylvester49@gmail.com"/>
+    <hyperlink ref="C746" r:id="rId737" location="" display="mailto:obianujumyke@gmail.com"/>
+    <hyperlink ref="C747" r:id="rId738" location="" display="mailto:idreeesrahma1@gmail.com"/>
+    <hyperlink ref="C748" r:id="rId739" location="" display="mailto:chijiokeanyasodor@gmail.com"/>
+    <hyperlink ref="C749" r:id="rId740" location="" display="mailto:tayero2000@yahoo.com"/>
+    <hyperlink ref="C750" r:id="rId741" location="" display="mailto:damondemba@gmail.com"/>
+    <hyperlink ref="C751" r:id="rId742" location="" display="mailto:fadayinkus@yahoo.com"/>
+    <hyperlink ref="C752" r:id="rId743" location="" display="mailto:emmyigwee@gmail.com"/>
+    <hyperlink ref="C753" r:id="rId744" location="" display="mailto:soniavoke10@gmail.com"/>
+    <hyperlink ref="C754" r:id="rId745" location="" display="mailto:ijeomaonyechi@gmail.com"/>
+    <hyperlink ref="C755" r:id="rId746" location="" display="mailto:modest4sure@yahoo.com"/>
+    <hyperlink ref="C756" r:id="rId747" location="" display="mailto:johnidoko217@gmail.com"/>
+    <hyperlink ref="C757" r:id="rId748" location="" display="mailto:moj07102000@gmail.com"/>
+    <hyperlink ref="C758" r:id="rId749" location="" display="mailto:mosesobinnajohn@gmail.com"/>
+    <hyperlink ref="C759" r:id="rId750" location="" display="mailto:toyosilolade@gmail.com"/>
+    <hyperlink ref="C760" r:id="rId751" location="" display="mailto:joanjemutai14@yahoo.com"/>
+    <hyperlink ref="C761" r:id="rId752" location="" display="mailto:asquarerex@gmail.com"/>
+    <hyperlink ref="C762" r:id="rId753" location="" display="mailto:bmwendwa829@gmail.com"/>
+    <hyperlink ref="C763" r:id="rId754" location="" display="mailto:smarshciera@gmail.com"/>
+    <hyperlink ref="C764" r:id="rId755" location="" display="mailto:adebisialimot38@gmail.com"/>
+    <hyperlink ref="C765" r:id="rId756" location="" display="mailto:morosuccess02@gmail.com"/>
+    <hyperlink ref="C766" r:id="rId757" location="" display="mailto:michaeltemihdahyor@gmail.com"/>
+    <hyperlink ref="C767" r:id="rId758" location="" display="mailto:ugwuanyiejike93@gmail.com"/>
+    <hyperlink ref="C768" r:id="rId759" location="" display="mailto:adedunbayo@gmail.com"/>
+    <hyperlink ref="C769" r:id="rId760" location="" display="mailto:faithjepchumba@gmail.com"/>
+    <hyperlink ref="C770" r:id="rId761" location="" display="mailto:luluonyi@yahoo.com"/>
+    <hyperlink ref="C771" r:id="rId762" location="" display="mailto:voke70713@gmail.com"/>
+    <hyperlink ref="C772" r:id="rId763" location="" display="mailto:emmanuelolabisi22@gmail.com"/>
+    <hyperlink ref="C773" r:id="rId764" location="" display="mailto:ugwuanyabarrmaobi@gmail.com"/>
+    <hyperlink ref="C774" r:id="rId765" location="" display="mailto:npaulabigail@gmail.com"/>
+    <hyperlink ref="C775" r:id="rId766" location="" display="mailto:ayomiderachel06@gmail.com"/>
+    <hyperlink ref="C776" r:id="rId767" location="" display="mailto:salamaturoyaibrahim@gmail.com"/>
+    <hyperlink ref="C777" r:id="rId768" location="" display="mailto:ambroseatsukofi@yahoo.com"/>
+    <hyperlink ref="C778" r:id="rId769" location="" display="mailto:unikevelyn@gmail.com"/>
+    <hyperlink ref="C779" r:id="rId770" location="" display="mailto:tv.nwosu@unizik.edu.ng"/>
+    <hyperlink ref="C780" r:id="rId771" location="" display="mailto:benarfah2009@gmail.com"/>
+    <hyperlink ref="C781" r:id="rId772" location="" display="mailto:oluwaseunabiodun100@gmail.com"/>
+    <hyperlink ref="C782" r:id="rId773" location="" display="mailto:aimablemucyo090@gmail.com"/>
+    <hyperlink ref="C783" r:id="rId774" location="" display="mailto:douglasmwape4@gmail.com"/>
+    <hyperlink ref="C784" r:id="rId775" location="" display="mailto:rafikiroger395@gmail.com"/>
+    <hyperlink ref="C785" r:id="rId776" location="" display="mailto:emmygnwodo@gmail.com"/>
+    <hyperlink ref="C786" r:id="rId777" location="" display="mailto:skiloaime078@gmail.com"/>
+    <hyperlink ref="C787" r:id="rId778" location="" display="mailto:murphysidaa@yahoo.com"/>
+    <hyperlink ref="C788" r:id="rId779" location="" display="mailto:adeadesanmi16@gmail.com"/>
+    <hyperlink ref="C789" r:id="rId780" location="" display="mailto:ntezayazachrisostom@gmail.com"/>
+    <hyperlink ref="C790" r:id="rId781" location="" display="mailto:tinashesango01@gmail.com"/>
+    <hyperlink ref="C791" r:id="rId782" location="" display="mailto:omoregie.gloria@yahoo.com.au"/>
+    <hyperlink ref="C792" r:id="rId783" location="" display="mailto:ndahiriweinnocent433@gmail.com"/>
+    <hyperlink ref="C793" r:id="rId784" location="" display="mailto:igiranezakecynieken@gmail.com"/>
+    <hyperlink ref="C794" r:id="rId785" location="" display="mailto:Dengl5559@gmail.com"/>
+    <hyperlink ref="C795" r:id="rId786" location="" display="mailto:Emmanueljeremiah112@gmail.com"/>
+    <hyperlink ref="C796" r:id="rId787" location="" display="mailto:jeaneliehakizimana@gmail.com"/>
+    <hyperlink ref="C797" r:id="rId788" location="" display="mailto:enerstbhadha@gmail.com"/>
+    <hyperlink ref="C798" r:id="rId789" location="" display="mailto:princessopara52@gmail.com"/>
+    <hyperlink ref="C799" r:id="rId790" location="" display="mailto:rwigirashafii04@gmail.com"/>
+    <hyperlink ref="C800" r:id="rId791" location="" display="mailto:levynyenyaz@icloud.com"/>
+    <hyperlink ref="C801" r:id="rId792" location="" display="mailto:ibangaryayojackson@gmail.com"/>
+    <hyperlink ref="C802" r:id="rId793" location="" display="mailto:mwenyakalililo2016@gmail.com"/>
+    <hyperlink ref="C803" r:id="rId794" location="" display="mailto:melissakthwala@gamail.com"/>
+    <hyperlink ref="C804" r:id="rId795" location="" display="mailto:ymakapa@gmail.com"/>
+    <hyperlink ref="C805" r:id="rId796" location="" display="mailto:ingabiref22@gmail.com"/>
+    <hyperlink ref="C806" r:id="rId797" location="" display="mailto:bonganirrm@gmail.com"/>
+    <hyperlink ref="C807" r:id="rId798" location="" display="mailto:josueben962@gmail.com"/>
+    <hyperlink ref="C808" r:id="rId799" location="" display="mailto:igihozonada4@gmail.com"/>
+    <hyperlink ref="C809" r:id="rId800" location="" display="mailto:angeumulisa30@gmail.com"/>
+    <hyperlink ref="C810" r:id="rId801" location="" display="mailto:umutesihope9@gmail.com"/>
+    <hyperlink ref="C811" r:id="rId802" location="" display="mailto:charston05@gmail.com"/>
+    <hyperlink ref="C812" r:id="rId803" location="" display="mailto:yvann424@gmail.com"/>
+    <hyperlink ref="C813" r:id="rId804" location="" display="mailto:kamikazie70@gmail.com"/>
+    <hyperlink ref="C814" r:id="rId805" location="" display="mailto:djuzunabioby001@gmail.com"/>
+    <hyperlink ref="C815" r:id="rId806" location="" display="mailto:musosereyiruvimbo898@gmail.com"/>
+    <hyperlink ref="C816" r:id="rId807" location="" display="mailto:nshutibernis@gmail.com"/>
+    <hyperlink ref="C818" r:id="rId808" location="" display="mailto:www.aimablebuzzan008@gmail.com"/>
+    <hyperlink ref="C819" r:id="rId809" location="" display="mailto:bblackx8@gmail.com"/>
+    <hyperlink ref="C820" r:id="rId810" location="" display="mailto:bbiggiciousbubala@gmail.com"/>
+    <hyperlink ref="C821" r:id="rId811" location="" display="mailto:stevewin019@gmail.com"/>
+    <hyperlink ref="C822" r:id="rId812" location="" display="mailto:etietopusoro704@gmail.com"/>
+    <hyperlink ref="C823" r:id="rId813" location="" display="mailto:obviousmackenzie@icloud.com"/>
+    <hyperlink ref="C824" r:id="rId814" location="" display="mailto:nancyokadigbo@gmail.com"/>
+    <hyperlink ref="C825" r:id="rId815" location="" display="mailto:kendrickkennedy06@gmail.com"/>
+    <hyperlink ref="C826" r:id="rId816" location="" display="mailto:chiksano@gmail.com"/>
+    <hyperlink ref="C827" r:id="rId817" location="" display="mailto:jerotichsheila26@gmail.com"/>
+    <hyperlink ref="C828" r:id="rId818" location="" display="mailto:alexnimirod@gmail.com"/>
+    <hyperlink ref="C829" r:id="rId819" location="" display="mailto:niyitegekaadeline80@gmail.com"/>
+    <hyperlink ref="C830" r:id="rId820" location="" display="mailto:okunadeadewumi@gmail.com"/>
+    <hyperlink ref="C831" r:id="rId821" location="" display="mailto:samuelgwara832@gmail.com"/>
+    <hyperlink ref="C832" r:id="rId822" location="" display="mailto:bhietha488@gmail.com"/>
+    <hyperlink ref="C833" r:id="rId823" location="" display="mailto:henry1kayiranga@gmail.com"/>
+    <hyperlink ref="C835" r:id="rId824" location="" display="mailto:elyseemcbasic02@gmail.com"/>
+    <hyperlink ref="C836" r:id="rId825" location="" display="mailto:milbert.namiiro@gmail.com"/>
+    <hyperlink ref="C837" r:id="rId826" location="" display="mailto:stanley.nwaizu@gmail.com"/>
+    <hyperlink ref="C838" r:id="rId827" location="" display="mailto:bigmichaeltee@protonmail.com"/>
+    <hyperlink ref="C839" r:id="rId828" location="" display="mailto:email2zunayed@yahoo.com"/>
+    <hyperlink ref="C840" r:id="rId829" location="" display="mailto:janetjerop2016@gmail.com"/>
+    <hyperlink ref="C841" r:id="rId830" location="" display="mailto:ajuruchukwuv@gmail.com"/>
+    <hyperlink ref="C842" r:id="rId831" location="" display="mailto:cezeazu@gmail.com"/>
+    <hyperlink ref="C843" r:id="rId832" location="" display="mailto:chidexzy05@gmail.com"/>
+    <hyperlink ref="C844" r:id="rId833" location="" display="mailto:AVENWABUEZE@GMAIL.COM"/>
+    <hyperlink ref="C845" r:id="rId834" location="" display="mailto:lawrencedida@gmail.com"/>
+    <hyperlink ref="C846" r:id="rId835" location="" display="mailto:ajaooladipupo@yahoo.com"/>
+    <hyperlink ref="C847" r:id="rId836" location="" display="mailto:teemassah85@gmail.com"/>
+    <hyperlink ref="C848" r:id="rId837" location="" display="mailto:tobechukwuokafor87@gmail.com"/>
+    <hyperlink ref="C849" r:id="rId838" location="" display="mailto:teemassah85@gmil.com"/>
+    <hyperlink ref="C850" r:id="rId839" location="" display="mailto:jabbiemusa53@gmail.com"/>
+    <hyperlink ref="C852" r:id="rId840" location="" display="mailto:chizzywizzy09@gmail.com"/>
+    <hyperlink ref="C853" r:id="rId841" location="" display="mailto:Okenwaedmond@gmail.com"/>
+    <hyperlink ref="C854" r:id="rId842" location="" display="mailto:lenoxoduor009@gmail.com"/>
+    <hyperlink ref="C855" r:id="rId843" location="" display="mailto:cyscyrus58@gmail.com"/>
+    <hyperlink ref="C856" r:id="rId844" location="" display="mailto:georgeoahimin@gmail.com"/>
+    <hyperlink ref="C857" r:id="rId845" location="" display="mailto:danielmaiyo63@gmail.com"/>
+    <hyperlink ref="C858" r:id="rId846" location="" display="mailto:faithoroniyi07@gmail.com"/>
+    <hyperlink ref="C859" r:id="rId847" location="" display="mailto:hillarytumwet14@gmail.com"/>
+    <hyperlink ref="C860" r:id="rId848" location="" display="mailto:phionakhavere@gmail.com"/>
+    <hyperlink ref="C861" r:id="rId849" location="" display="mailto:kimjvic@gmail.com"/>
+    <hyperlink ref="C862" r:id="rId850" location="" display="mailto:lawnitatanui@gmail.com"/>
+    <hyperlink ref="C863" r:id="rId851" location="" display="mailto:tolofinbinu@gmail.com"/>
+    <hyperlink ref="C864" r:id="rId852" location="" display="mailto:ebenezeropoku4u@gmail.com"/>
+    <hyperlink ref="C865" r:id="rId853" location="" display="mailto:ololade.abebi@gmail.com"/>
+    <hyperlink ref="C866" r:id="rId854" location="" display="mailto:jakandu@yahoo.com"/>
+    <hyperlink ref="C867" r:id="rId855" location="" display="mailto:e.glowree24@gmail.com"/>
+    <hyperlink ref="C868" r:id="rId856" location="" display="mailto:jacinthannumihe@gmail.com"/>
+    <hyperlink ref="C869" r:id="rId857" location="" display="mailto:ngetichkp@gmail.com"/>
+    <hyperlink ref="C870" r:id="rId858" location="" display="mailto:agovere4@gmail.com"/>
+    <hyperlink ref="C871" r:id="rId859" location="" display="mailto:chingymy2@gmail.com"/>
+    <hyperlink ref="C872" r:id="rId860" location="" display="mailto:magnifiquemukadusenge@gmail.com"/>
+    <hyperlink ref="C873" r:id="rId861" location="" display="mailto:muhozaa123@gmail.com"/>
+    <hyperlink ref="C874" r:id="rId862" location="" display="mailto:kiplimoalfonce@gmail.com"/>
+    <hyperlink ref="C875" r:id="rId863" location="" display="mailto:edwardm2687646@gmail.com"/>
+    <hyperlink ref="C876" r:id="rId864" location="" display="mailto:harveylyon001@gmail.com"/>
+    <hyperlink ref="C877" r:id="rId865" location="" display="mailto:ngamijebenjamib@821gmail.com"/>
+    <hyperlink ref="C878" r:id="rId866" location="" display="mailto:niyoyandikalie@gmail.com"/>
+    <hyperlink ref="C879" r:id="rId867" location="" display="mailto:nzabonimpahussein410@gmail.com"/>
+    <hyperlink ref="C880" r:id="rId868" location="" display="mailto:niwemfuraariella@gmail.com"/>
+    <hyperlink ref="C881" r:id="rId869" location="" display="mailto:rmugabogedeon@gmail.com"/>
+    <hyperlink ref="C882" r:id="rId870" location="" display="mailto:tonnyrwogera17@gmail.com"/>
+    <hyperlink ref="C883" r:id="rId871" location="" display="mailto:godont320@gmail.com"/>
+    <hyperlink ref="C884" r:id="rId872" location="" display="mailto:ngogachretien9@gmail.com"/>
+    <hyperlink ref="C886" r:id="rId873" location="" display="mailto:ahimanaemmanuel@gmail.com"/>
+    <hyperlink ref="C887" r:id="rId874" location="" display="mailto:fayizo1985@gmail.com"/>
+    <hyperlink ref="C888" r:id="rId875" location="" display="mailto:adekeminifemiowolabi@gmail.com"/>
+    <hyperlink ref="C889" r:id="rId876" location="" display="mailto:bukurujonathan123@gmail.com"/>
+    <hyperlink ref="C890" r:id="rId877" location="" display="mailto:muvunyisteveno@gmail.com"/>
+    <hyperlink ref="C891" r:id="rId878" location="" display="mailto:muhirebonheur64@gmail.com"/>
+    <hyperlink ref="C892" r:id="rId879" location="" display="mailto:gertrudekaunda36@gmail.com"/>
+    <hyperlink ref="C893" r:id="rId880" location="" display="mailto:mitchellmutyambizi@gmail.com"/>
+    <hyperlink ref="C894" r:id="rId881" location="" display="mailto:pamah.lyn@gmail.com"/>
+    <hyperlink ref="C895" r:id="rId882" location="" display="mailto:tkamangira17@gmail.com"/>
+    <hyperlink ref="C896" r:id="rId883" location="" display="mailto:victordowerowe@gmail.com"/>
+    <hyperlink ref="C897" r:id="rId884" location="" display="mailto:romeomuneza@gmail.com"/>
+    <hyperlink ref="C898" r:id="rId885" location="" display="mailto:imoisili_loveth@yahoo.com"/>
+    <hyperlink ref="C899" r:id="rId886" location="" display="mailto:samuelkubata54@gmail.com"/>
+    <hyperlink ref="C900" r:id="rId887" location="" display="mailto:ierenterna44@gmail.com"/>
+    <hyperlink ref="C901" r:id="rId888" location="" display="mailto:nguni.taonga@gmail.com"/>
+    <hyperlink ref="C902" r:id="rId889" location="" display="mailto:Timothynzirawa14@gmail.com"/>
+    <hyperlink ref="C903" r:id="rId890" location="" display="mailto:umarmuhsin1677@gmail.com"/>
+    <hyperlink ref="C904" r:id="rId891" location="" display="mailto:obednzayisenga134@gmail.com"/>
+    <hyperlink ref="C905" r:id="rId892" location="" display="mailto:sharonmwiza02@gmail.com"/>
+    <hyperlink ref="C906" r:id="rId893" location="" display="mailto:challiamuzinga@gmail.com"/>
+    <hyperlink ref="C907" r:id="rId894" location="" display="mailto:mugishafra6@gmail.com"/>
+    <hyperlink ref="C909" r:id="rId895" location="" display="mailto:lrwasha@gmail.com"/>
+    <hyperlink ref="C910" r:id="rId896" location="" display="mailto:peaceikwuedu20@gmail.com"/>
+    <hyperlink ref="C911" r:id="rId897" location="" display="mailto:blessedmutoriti49@gmail.com"/>
+    <hyperlink ref="C912" r:id="rId898" location="" display="mailto:kamsimichaeligbo@gmail.com"/>
+    <hyperlink ref="C913" r:id="rId899" location="" display="mailto:ishimwesandra78@gmail.com"/>
+    <hyperlink ref="C914" r:id="rId900" location="" display="mailto:ndivine64@gmail.com"/>
+    <hyperlink ref="C915" r:id="rId901" location="" display="mailto:hamzazrussel@gmail.com"/>
+    <hyperlink ref="C916" r:id="rId902" location="" display="mailto:Maybelle2ng@gmail.com"/>
+    <hyperlink ref="C917" r:id="rId903" location="" display="mailto:ngabonzizageofrey97@gmail.com"/>
+    <hyperlink ref="C918" r:id="rId904" location="" display="mailto:nyashamanhembe@gmail.com"/>
+    <hyperlink ref="C919" r:id="rId905" location="" display="mailto:louiseshema2@gmail.com"/>
+    <hyperlink ref="C920" r:id="rId906" location="" display="mailto:kudzykaykay@gmail.com"/>
+    <hyperlink ref="C921" r:id="rId907" location="" display="mailto:geofreysakala05@gmail.com"/>
+    <hyperlink ref="C922" r:id="rId908" location="" display="mailto:kizitoherman008@gmail.com"/>
+    <hyperlink ref="C923" r:id="rId909" location="" display="mailto:innocentecyusa@gmail.com"/>
+    <hyperlink ref="C924" r:id="rId910" location="" display="mailto:mosesmunyarubuga@gmail.com"/>
+    <hyperlink ref="C925" r:id="rId911" location="" display="mailto:KAMUFOZIDJUNUDULLAH2005@GMAIL.COM"/>
+    <hyperlink ref="C926" r:id="rId912" location="" display="mailto:ncubehezel3@gmail.com"/>
+    <hyperlink ref="C927" r:id="rId913" location="" display="mailto:kbigabiro@gmail.com"/>
+    <hyperlink ref="C928" r:id="rId914" location="" display="mailto:shimwagad@gmail.com"/>
+    <hyperlink ref="C929" r:id="rId915" location="" display="mailto:oseiyaa260@gmail.com"/>
+    <hyperlink ref="C930" r:id="rId916" location="" display="mailto:kinenedenniskizza@gmail.com"/>
+    <hyperlink ref="C931" r:id="rId917" location="" display="mailto:gchristian487@gmail.com"/>
+    <hyperlink ref="C932" r:id="rId918" location="" display="mailto:ericshem25@gmail.com"/>
+    <hyperlink ref="C933" r:id="rId919" location="" display="mailto:Ngabobenjamin06@gmail.com"/>
+    <hyperlink ref="C934" r:id="rId920" location="" display="mailto:bendwin15@gmail.com"/>
+    <hyperlink ref="C935" r:id="rId921" location="" display="mailto:sstarford76@gmail.com"/>
+    <hyperlink ref="C936" r:id="rId922" location="" display="mailto:ndivin01@gmail.com"/>
+    <hyperlink ref="C937" r:id="rId923" location="" display="mailto:zakgiz2018@gmail.com"/>
+    <hyperlink ref="C938" r:id="rId924" location="" display="mailto:mnisline@gmail.com"/>
+    <hyperlink ref="C939" r:id="rId925" location="" display="mailto:uwerahadi@gmail.com"/>
+    <hyperlink ref="C940" r:id="rId926" location="" display="mailto:Kevintaganira12@gmail.com"/>
+    <hyperlink ref="C941" r:id="rId927" location="" display="mailto:fidelenta@gmail.com"/>
+    <hyperlink ref="C942" r:id="rId928" location="" display="mailto:hanadeelaay1@gmail.com"/>
+    <hyperlink ref="C943" r:id="rId929" location="" display="mailto:bryoryans@gmail.com"/>
+    <hyperlink ref="C944" r:id="rId930" location="" display="mailto:somtomichaeligbo@gmail.com"/>
+    <hyperlink ref="C945" r:id="rId931" location="" display="mailto:rosinebudinga100@gmail.com"/>
+    <hyperlink ref="C946" r:id="rId932" location="" display="mailto:niyomugabotheo1@gmail.com"/>
+    <hyperlink ref="C947" r:id="rId933" location="" display="mailto:richadom0544@gmail.com"/>
+    <hyperlink ref="C948" r:id="rId934" location="" display="mailto:shadrackansah3@gmail.com"/>
+    <hyperlink ref="C949" r:id="rId935" location="" display="mailto:Mazvitalynn23@gmail.com"/>
+    <hyperlink ref="C950" r:id="rId936" location="" display="mailto:nhovanicole@gmail.com"/>
+    <hyperlink ref="C951" r:id="rId937" location="" display="mailto:affoakwahshadrack@gmail.com"/>
+    <hyperlink ref="C952" r:id="rId938" location="" display="mailto:ashfaqzagad@gmail.com"/>
+    <hyperlink ref="C953" r:id="rId939" location="" display="mailto:panfulbashiru101@gmail.com"/>
+    <hyperlink ref="C954" r:id="rId940" location="" display="mailto:ngabo713@gmail.com"/>
+    <hyperlink ref="C955" r:id="rId941" location="" display="mailto:Maybelle2ng@gmail.comMM"/>
+    <hyperlink ref="C956" r:id="rId942" location="" display="mailto:florenceababio215@gmail.com"/>
+    <hyperlink ref="C957" r:id="rId943" location="" display="mailto:augustinaababio1@gmail.com"/>
+    <hyperlink ref="C958" r:id="rId944" location="" display="mailto:edithteley1@gmail.cim"/>
+    <hyperlink ref="C959" r:id="rId945" location="" display="mailto:balaaugustine21@gmail.com"/>
+    <hyperlink ref="C960" r:id="rId946" location="" display="mailto:nwokoyefredrick@gmail.com"/>
+    <hyperlink ref="C961" r:id="rId947" location="" display="mailto:benonitweneboah06@gmail.com"/>
+    <hyperlink ref="C962" r:id="rId948" location="" display="mailto:gdwdominics@gmail.com"/>
+    <hyperlink ref="C963" r:id="rId949" location="" display="mailto:naaamorkor39@gmail.com"/>
+    <hyperlink ref="C964" r:id="rId950" location="" display="mailto:Rooseveltansaasare.raa@gmail.com"/>
+    <hyperlink ref="C965" r:id="rId951" location="" display="mailto:oseilarbi3@gmail.com"/>
+    <hyperlink ref="C966" r:id="rId952" location="" display="mailto:salifuseidu45@gmail.com"/>
+    <hyperlink ref="C967" r:id="rId953" location="" display="mailto:ernestagboado24@gmail.com"/>
+    <hyperlink ref="C968" r:id="rId954" location="" display="mailto:bakrioguntowo@gmail.com"/>
+    <hyperlink ref="C969" r:id="rId955" location="" display="mailto:samuelonyebi@gmail.com"/>
+    <hyperlink ref="B970" r:id="rId956" location="" display="mailto:amissahoppong64@gmail.com"/>
+    <hyperlink ref="C970" r:id="rId957" location="" display="mailto:amissahoppong64@gmail.com"/>
+    <hyperlink ref="C971" r:id="rId958" location="" display="mailto:atunuwaa@gmail.com"/>
+    <hyperlink ref="C973" r:id="rId959" location="" display="mailto:justiceodomene@gmail.com"/>
+    <hyperlink ref="C974" r:id="rId960" location="" display="mailto:enihola99@gmail.com"/>
+    <hyperlink ref="C975" r:id="rId961" location="" display="mailto:reinaofobi1@gmail.com"/>
+    <hyperlink ref="C976" r:id="rId962" location="" display="mailto:johnnapier030@gmail.com"/>
+    <hyperlink ref="C977" r:id="rId963" location="" display="mailto:obiodunancy@gmail.com"/>
+    <hyperlink ref="C978" r:id="rId964" location="" display="mailto:auwalahmadzaria@gmail.com"/>
+    <hyperlink ref="C979" r:id="rId965" location="" display="mailto:pifeanyi7@gmail.com"/>
+    <hyperlink ref="C980" r:id="rId966" location="" display="mailto:corneliuschiamaka@gmail.com"/>
+    <hyperlink ref="C981" r:id="rId967" location="" display="mailto:bwagasamantha@gmail.com"/>
+    <hyperlink ref="C982" r:id="rId968" location="" display="mailto:akintolamujeeb122@gmail.com"/>
+    <hyperlink ref="C983" r:id="rId969" location="" display="mailto:samueloguegbu6032@gmail.com"/>
+    <hyperlink ref="C984" r:id="rId970" location="" display="mailto:rachealemate@gmail.com"/>
+    <hyperlink ref="C985" r:id="rId971" location="" display="mailto:silasdeson50@yahoo.com"/>
+    <hyperlink ref="C986" r:id="rId972" location="" display="mailto:emmydon1@gmail.com"/>
+    <hyperlink ref="C987" r:id="rId973" location="" display="mailto:jimchukwuemekah@gmail.com"/>
+    <hyperlink ref="C988" r:id="rId974" location="" display="mailto:oghenemaro@hotmail.com"/>
+    <hyperlink ref="C989" r:id="rId975" location="" display="mailto:oseiwusuemmanuellas4@gmail.com"/>
+    <hyperlink ref="C990" r:id="rId976" location="" display="mailto:karomifinger@gmail.com"/>
+    <hyperlink ref="C991" r:id="rId977" location="" display="mailto:opiyorobin02@gmail.com"/>
+    <hyperlink ref="C993" r:id="rId978" location="" display="mailto:shogunleidris123@gmail.com"/>
+    <hyperlink ref="C994" r:id="rId979" location="" display="mailto:jojohnbu608@gmail.com"/>
+    <hyperlink ref="C995" r:id="rId980" location="" display="mailto:josephobiekezie1@gmail.com"/>
+    <hyperlink ref="C996" r:id="rId981" location="" display="mailto:acezekwesili@gmail.com"/>
+    <hyperlink ref="C997" r:id="rId982" location="" display="mailto:judenicholas11@gmail.com"/>
+    <hyperlink ref="C998" r:id="rId983" location="" display="mailto:tettehe761@gmail.com"/>
+    <hyperlink ref="C999" r:id="rId984" location="" display="mailto:justiceeduom2020@gmail.com"/>
+    <hyperlink ref="C1000" r:id="rId985" location="" display="mailto:achesaro94@gmail.com"/>
+    <hyperlink ref="C1001" r:id="rId986" location="" display="mailto:titilopekamil@gmail.com"/>
+    <hyperlink ref="C1002" r:id="rId987" location="" display="mailto:ifunanyadoris76@gmail.com"/>
+    <hyperlink ref="C1003" r:id="rId988" location="" display="mailto:azibodiiyaronin@gmail.com"/>
+    <hyperlink ref="C1004" r:id="rId989" location="" display="mailto:igbosuahabisola@gmail.com"/>
+    <hyperlink ref="C1005" r:id="rId990" location="" display="mailto:deboraholaleye598@gmail.com"/>
+    <hyperlink ref="C1006" r:id="rId991" location="" display="mailto:mmohngozi2018@gmail.com"/>
+    <hyperlink ref="C1007" r:id="rId992" location="" display="mailto:naturindarinah5@gmail.con"/>
+    <hyperlink ref="C1008" r:id="rId993" location="" display="mailto:owakundab@gmail.com"/>
+    <hyperlink ref="C1009" r:id="rId994" location="" display="mailto:dithkash@gmail.com"/>
+    <hyperlink ref="C1010" r:id="rId995" location="" display="mailto:hadirolalekan123@gmail.com"/>
+    <hyperlink ref="C1011" r:id="rId996" location="" display="mailto:samuelafeku96@gmail.com"/>
+    <hyperlink ref="C1012" r:id="rId997" location="" display="mailto:firstusade35@yahoo.com"/>
+    <hyperlink ref="C1013" r:id="rId998" location="" display="mailto:lazarnzem@yahoo.com"/>
+    <hyperlink ref="C1014" r:id="rId999" location="" display="mailto:vvickiekiprop@gmail.com"/>
+    <hyperlink ref="C1015" r:id="rId1000" location="" display="mailto:majidlatif226@gmail.com"/>
+    <hyperlink ref="C1016" r:id="rId1001" location="" display="mailto:isaacdamiolu@gmail.com"/>
+    <hyperlink ref="C1017" r:id="rId1002" location="" display="mailto:tosinfoks@gmail.com"/>
+    <hyperlink ref="C1018" r:id="rId1003" location="" display="mailto:olufokunbicharity@gmail.com"/>
+    <hyperlink ref="C1019" r:id="rId1004" location="" display="mailto:jamilumohdfatika@gmail.com"/>
+    <hyperlink ref="C1020" r:id="rId1005" location="" display="mailto:edgeskgevans@gmail.com"/>
+    <hyperlink ref="C1021" r:id="rId1006" location="" display="mailto:salimmuhammadsdm@gmail.com"/>
+    <hyperlink ref="C1022" r:id="rId1007" location="" display="mailto:mackenziedaniels254@gmail.com"/>
+    <hyperlink ref="C1023" r:id="rId1008" location="" display="mailto:jonadabuchenna@yahoo.com"/>
+    <hyperlink ref="C1024" r:id="rId1009" location="" display="mailto:abenidad@gmail.com"/>
+    <hyperlink ref="C1025" r:id="rId1010" location="" display="mailto:mr.derrick100@gmail.com"/>
+    <hyperlink ref="C1026" r:id="rId1011" location="" display="mailto:ucheokeke300@gmail.com"/>
+    <hyperlink ref="C1027" r:id="rId1012" location="" display="mailto:achurichard94@gmail.com"/>
+    <hyperlink ref="C1028" r:id="rId1013" location="" display="mailto:bnainyabuah@gmail.com"/>
+    <hyperlink ref="C1029" r:id="rId1014" location="" display="mailto:haganraymondatojunior@gmail.com"/>
+    <hyperlink ref="C1030" r:id="rId1015" location="" display="mailto:okayboy4real@gmail.com"/>
+    <hyperlink ref="C1031" r:id="rId1016" location="" display="mailto:akinbolola7@gmail.com"/>
+    <hyperlink ref="C1032" r:id="rId1017" location="" display="mailto:imadefrank9@gmail.com"/>
+    <hyperlink ref="C1033" r:id="rId1018" location="" display="mailto:anuoluwapokolawole81@gmail.com"/>
+    <hyperlink ref="C1034" r:id="rId1019" location="" display="mailto:oyomfoiso@gmail.com"/>
+    <hyperlink ref="C1035" r:id="rId1020" location="" display="mailto:Nwangumapeter@gmail.com"/>
+    <hyperlink ref="C1036" r:id="rId1021" location="" display="mailto:carolynetalam@gmail.com"/>
+    <hyperlink ref="C1037" r:id="rId1022" location="" display="mailto:gohzieh.charles@gmail.com"/>
+    <hyperlink ref="C1038" r:id="rId1023" location="" display="mailto:onup593@gmail.com"/>
+    <hyperlink ref="C1039" r:id="rId1024" location="" display="mailto:ujubello@yahoo.com"/>
+    <hyperlink ref="C1040" r:id="rId1025" location="" display="mailto:emmanuelgoajo@gmail.com"/>
+    <hyperlink ref="C1041" r:id="rId1026" location="" display="mailto:godswilla948@gmail.com"/>
+    <hyperlink ref="C1042" r:id="rId1027" location="" display="mailto:princessreality65@gmail.com"/>
+    <hyperlink ref="C1043" r:id="rId1028" location="" display="mailto:prettygiftessien@gmail.com"/>
+    <hyperlink ref="C1044" r:id="rId1029" location="" display="mailto:dessymely6@gmail.com"/>
+    <hyperlink ref="C1045" r:id="rId1030" location="" display="mailto:drssalaudeen@gmail.com"/>
+    <hyperlink ref="C1046" r:id="rId1031" location="" display="mailto:luckyjohnson659550@gmail.com"/>
+    <hyperlink ref="C1047" r:id="rId1032" location="" display="mailto:mekacimnnaa@gmail.com"/>
+    <hyperlink ref="C1048" r:id="rId1033" location="" display="mailto:mmogbo@outlook.com"/>
+    <hyperlink ref="C1049" r:id="rId1034" location="" display="mailto:isaacolagoke96@gmail.com"/>
+    <hyperlink ref="C1050" r:id="rId1035" location="" display="mailto:adeyinkaegbemode@gmail.com"/>
+    <hyperlink ref="C1051" r:id="rId1036" location="" display="mailto:olakunleibrahimladipo@gmail.com"/>
+    <hyperlink ref="C1052" r:id="rId1037" location="" display="mailto:baajikenana@gmail.com"/>
+    <hyperlink ref="C1053" r:id="rId1038" location="" display="mailto:moseskayode@gmail.com"/>
+    <hyperlink ref="C1054" r:id="rId1039" location="" display="mailto:mirembefatiah1@gmail.com"/>
+    <hyperlink ref="C1055" r:id="rId1040" location="" display="mailto:somtochukwuenwelu4@gmail.com"/>
+    <hyperlink ref="C1056" r:id="rId1041" location="" display="mailto:edwardode54@gmail.com"/>
+    <hyperlink ref="C1057" r:id="rId1042" location="" display="mailto:ijeomaclara01@gmail.com"/>
+    <hyperlink ref="C1058" r:id="rId1043" location="" display="mailto:Benedictusher1@gmail.com"/>
+    <hyperlink ref="C1059" r:id="rId1044" location="" display="mailto:ojiakocollins4@gmail.com"/>
+    <hyperlink ref="C1060" r:id="rId1045" location="" display="mailto:franktruth53@gmail.com"/>
+    <hyperlink ref="C1061" r:id="rId1046" location="" display="mailto:princejoe39@yahoo.com"/>
+    <hyperlink ref="C1062" r:id="rId1047" location="" display="mailto:abiodunnapoleon88@gmail.com"/>
+    <hyperlink ref="C1063" r:id="rId1048" location="" display="mailto:ernestarinze39@gmail.com"/>
+    <hyperlink ref="C1064" r:id="rId1049" location="" display="mailto:stanley4favour@gmail.com"/>
+    <hyperlink ref="C1065" r:id="rId1050" location="" display="mailto:chioma.anyanwu94@yahoo.com"/>
+    <hyperlink ref="C1066" r:id="rId1051" location="" display="mailto:victorkaf@yahoo.com"/>
+    <hyperlink ref="C1067" r:id="rId1052" location="" display="mailto:amoahbismark3@gmail.com"/>
+    <hyperlink ref="C1068" r:id="rId1053" location="" display="mailto:geochime@gmail.com"/>
+    <hyperlink ref="C1069" r:id="rId1054" location="" display="mailto:osasuyiosagiede@gmail.com"/>
+    <hyperlink ref="C1070" r:id="rId1055" location="" display="mailto:vivienpetra15@gmail.com"/>
+    <hyperlink ref="C1071" r:id="rId1056" location="" display="mailto:oluwatomiwaolopade@yahoo.com"/>
+    <hyperlink ref="C1072" r:id="rId1057" location="" display="mailto:akpanowoc@gmail.com"/>
+    <hyperlink ref="C1073" r:id="rId1058" location="" display="mailto:mwine360@gmail.com"/>
+    <hyperlink ref="C1074" r:id="rId1059" location="" display="mailto:nyawaragak.tut@icloud.com"/>
+    <hyperlink ref="C1075" r:id="rId1060" location="" display="mailto:johnkayjohn08@gmail.com"/>
+    <hyperlink ref="C1076" r:id="rId1061" location="" display="mailto:ugochiyere23@gmail.com"/>
+    <hyperlink ref="C1077" r:id="rId1062" location="" display="mailto:candidamoc2019@gmail.com"/>
+    <hyperlink ref="C1078" r:id="rId1063" location="" display="mailto:adesylvester@live.com"/>
+    <hyperlink ref="C1079" r:id="rId1064" location="" display="mailto:abigailechewune@gmail.com"/>
+    <hyperlink ref="C1080" r:id="rId1065" location="" display="mailto:ligalibolanle1@gmail.com"/>
+    <hyperlink ref="C1081" r:id="rId1066" location="" display="mailto:susanmoiro1999@gmail.com"/>
+    <hyperlink ref="C1082" r:id="rId1067" location="" display="mailto:chinenyeezenweke@yahoo.com"/>
+    <hyperlink ref="C1083" r:id="rId1068" location="" display="mailto:iyinogo@yahoo.co.uk"/>
+    <hyperlink ref="C1084" r:id="rId1069" location="" display="mailto:kaitylnkharthie@gmail.com"/>
+    <hyperlink ref="C1085" r:id="rId1070" location="" display="mailto:vivienpetra1@gmail.com"/>
+    <hyperlink ref="C1086" r:id="rId1071" location="" display="mailto:stephinemathew@gmail.com"/>
+    <hyperlink ref="C1087" r:id="rId1072" location="" display="mailto:toniao4u@gmail.com"/>
+    <hyperlink ref="C1088" r:id="rId1073" location="" display="mailto:ebenshy4carl@gmail.com"/>
+    <hyperlink ref="C1089" r:id="rId1074" location="" display="mailto:olusesan2006@yahoo.com"/>
+    <hyperlink ref="C1090" r:id="rId1075" location="" display="mailto:ogloria4u@gmail.com"/>
+    <hyperlink ref="C1091" r:id="rId1076" location="" display="mailto:mulben492@gmail.com"/>
+    <hyperlink ref="C1092" r:id="rId1077" location="" display="mailto:toppel29@yahoo.com"/>
+    <hyperlink ref="C1093" r:id="rId1078" location="" display="mailto:suencanmakungu008@gmail.com"/>
+    <hyperlink ref="C1094" r:id="rId1079" location="" display="mailto:adjeikwame187@gmail.com"/>
+    <hyperlink ref="C1095" r:id="rId1080" location="" display="mailto:petersonmakori02@gmail.com"/>
+    <hyperlink ref="C1096" r:id="rId1081" location="" display="mailto:cynthiaomemgboji@gmail.com"/>
+    <hyperlink ref="C1097" r:id="rId1082" location="" display="mailto:Ugbeboremeka55@gmail.com"/>
+    <hyperlink ref="C1098" r:id="rId1083" location="" display="mailto:akintoyesylvester1996@gmail.com"/>
+    <hyperlink ref="C1099" r:id="rId1084" location="" display="mailto:zinop96@gmail.com"/>
+    <hyperlink ref="C1100" r:id="rId1085" location="" display="mailto:akinyemiishola31@gmail.com"/>
+    <hyperlink ref="C1101" r:id="rId1086" location="" display="mailto:faithmikky71@gmail.com"/>
+    <hyperlink ref="C1102" r:id="rId1087" location="" display="mailto:jonahbaidoo552@gmail.com"/>
+    <hyperlink ref="C1103" r:id="rId1088" location="" display="mailto:unbeatablejustyno43@gmail.com"/>
+    <hyperlink ref="C1104" r:id="rId1089" location="" display="mailto:nadeltechnologies@aol.com"/>
+    <hyperlink ref="C1105" r:id="rId1090" location="" display="mailto:mjuliet970@gmail.com"/>
+    <hyperlink ref="C1106" r:id="rId1091" location="" display="mailto:bududankwa@gmail.com"/>
+    <hyperlink ref="C1107" r:id="rId1092" location="" display="mailto:fuachiesly@gmail.com"/>
+    <hyperlink ref="C1108" r:id="rId1093" location="" display="mailto:afomaokonkwo@gmail.com"/>
+    <hyperlink ref="C1109" r:id="rId1094" location="" display="mailto:bagwellfinch127@gmail.com"/>
+    <hyperlink ref="C1110" r:id="rId1095" location="" display="mailto:nmaramlynda@gmail.com"/>
+    <hyperlink ref="C1111" r:id="rId1096" location="" display="mailto:juliahmuriu@gmail.com"/>
+    <hyperlink ref="C1112" r:id="rId1097" location="" display="mailto:Khalidtahirumar@gmail.com"/>
+    <hyperlink ref="C1113" r:id="rId1098" location="" display="mailto:adesheriff16@gmail.com"/>
+    <hyperlink ref="C1114" r:id="rId1099" location="" display="mailto:ivieribo1@gmail.com"/>
+    <hyperlink ref="C1115" r:id="rId1100" location="" display="mailto:senyoatatsi@gmail.com"/>
+    <hyperlink ref="C1116" r:id="rId1101" location="" display="mailto:ibiboabiye@yahoo.com"/>
+    <hyperlink ref="C1117" r:id="rId1102" location="" display="mailto:omoyosoore@gmail.com"/>
+    <hyperlink ref="C1118" r:id="rId1103" location="" display="mailto:nonsocyril@gmail.com"/>
+    <hyperlink ref="C1119" r:id="rId1104" location="" display="mailto:chinazorjustin43@gmail.com"/>
+    <hyperlink ref="C1120" r:id="rId1105" location="" display="mailto:eyemialuko@gmail.com"/>
+    <hyperlink ref="C1121" r:id="rId1106" location="" display="mailto:marthaamo379@gmail.com"/>
+    <hyperlink ref="C1122" r:id="rId1107" location="" display="mailto:nyawirajuliah3@gmail.com"/>
+    <hyperlink ref="C1123" r:id="rId1108" location="" display="mailto:evansobondo60@gmail.com"/>
+    <hyperlink ref="C1125" r:id="rId1109" location="" display="mailto:aduragbemie85@gmail.com"/>
+    <hyperlink ref="C1126" r:id="rId1110" location="" display="mailto:ashleynyakio37@gmail.com"/>
+    <hyperlink ref="C1127" r:id="rId1111" location="" display="mailto:ssenyondoksadamnasser@gmail.com"/>
+    <hyperlink ref="C1128" r:id="rId1112" location="" display="mailto:reagantaff@gmail.com"/>
+    <hyperlink ref="C1129" r:id="rId1113" location="" display="mailto:enehfabian@gmail.com"/>
+    <hyperlink ref="C1130" r:id="rId1114" location="" display="mailto:atinukeawoniyi15@gmail.com"/>
+    <hyperlink ref="C1131" r:id="rId1115" location="" display="mailto:ddt4real@gmail.com"/>
+    <hyperlink ref="C1132" r:id="rId1116" location="" display="mailto:gabrielnyinongo@gmail.com"/>
+    <hyperlink ref="C1133" r:id="rId1117" location="" display="mailto:aaronmutekulwan1@gmail.com"/>
+    <hyperlink ref="C1134" r:id="rId1118" location="" display="mailto:ouchechi235@gmail.com"/>
+    <hyperlink ref="C1135" r:id="rId1119" location="" display="mailto:fafunwaayomide@gmail.com"/>
+    <hyperlink ref="C1136" r:id="rId1120" location="" display="mailto:lubegaarnold07@gmail.com"/>
+    <hyperlink ref="C1137" r:id="rId1121" location="" display="mailto:vicentlukyamuzi953@gmail.com"/>
+    <hyperlink ref="C1138" r:id="rId1122" location="" display="mailto:emmanuel.eze.241204@unn.edu.ng"/>
+    <hyperlink ref="C1139" r:id="rId1123" location="" display="mailto:kwikris08@gmail.com"/>
+    <hyperlink ref="C1140" r:id="rId1124" location="" display="mailto:oluoha.stephen@yahoo.com"/>
+    <hyperlink ref="C1141" r:id="rId1125" location="" display="mailto:scalapinker@gmail.com"/>
+    <hyperlink ref="C1142" r:id="rId1126" location="" display="mailto:aigbeeve23@gmail.com"/>
+    <hyperlink ref="C1143" r:id="rId1127" location="" display="mailto:jendol2006@yahoo.com"/>
+    <hyperlink ref="C1144" r:id="rId1128" location="" display="mailto:kenechukwu.umeano@unn.edu.ng"/>
+    <hyperlink ref="C1145" r:id="rId1129" location="" display="mailto:lianmarilyne@gmail.com"/>
+    <hyperlink ref="C1146" r:id="rId1130" location="" display="mailto:fredtino11@gmail.com"/>
+    <hyperlink ref="C1147" r:id="rId1131" location="" display="mailto:josephbigjoe437@gmail.com"/>
+    <hyperlink ref="C1148" r:id="rId1132" location="" display="mailto:benedictmark38@gmail.com"/>
+    <hyperlink ref="C1149" r:id="rId1133" location="" display="mailto:nprisciliayolanda@gmail.com"/>
+    <hyperlink ref="C1150" r:id="rId1134" location="" display="mailto:aishatakia93@gmail.com"/>
+    <hyperlink ref="C1151" r:id="rId1135" location="" display="mailto:amarachiude87@gmail.com"/>
+    <hyperlink ref="C1152" r:id="rId1136" location="" display="mailto:omowalegoajo@gmail.com"/>
+    <hyperlink ref="C1153" r:id="rId1137" location="" display="mailto:obieditorials@gmail.com"/>
+    <hyperlink ref="C1154" r:id="rId1138" location="" display="mailto:naikazimad1@gmail.com"/>
+    <hyperlink ref="C1155" r:id="rId1139" location="" display="mailto:quessaysadat@gmail.com"/>
+    <hyperlink ref="C1156" r:id="rId1140" location="" display="mailto:katronie28@gmail.com"/>
+    <hyperlink ref="C1158" r:id="rId1141" location="" display="mailto:saintv@rocketmail.com"/>
+    <hyperlink ref="C1159" r:id="rId1142" location="" display="mailto:alex1234real@yahoo.com"/>
+    <hyperlink ref="C1160" r:id="rId1143" location="" display="mailto:doranans72@gmail.com"/>
+    <hyperlink ref="C1161" r:id="rId1144" location="" display="mailto:jenniferfaustina1996@gmail.com"/>
+    <hyperlink ref="C1162" r:id="rId1145" location="" display="mailto:oladapo371@yahoo.com"/>
+    <hyperlink ref="C1163" r:id="rId1146" location="" display="mailto:pstfrancis2000@yahoo.com"/>
+    <hyperlink ref="C1164" r:id="rId1147" location="" display="mailto:adeleyetolulope26@gmail.com"/>
+    <hyperlink ref="C1165" r:id="rId1148" location="" display="mailto:emmanuelbaba76@gmail.com"/>
+    <hyperlink ref="C1166" r:id="rId1149" location="" display="mailto:roseanimamanu@yahoo.com"/>
+    <hyperlink ref="C1167" r:id="rId1150" location="" display="mailto:dadaopeyemi16@yahoo.com"/>
+    <hyperlink ref="C1168" r:id="rId1151" location="" display="mailto:kemdirimmartins@gmail.com"/>
+    <hyperlink ref="C1169" r:id="rId1152" location="" display="mailto:emekamuojekwu4242@gmail.com"/>
+    <hyperlink ref="C1170" r:id="rId1153" location="" display="mailto:leeroymquina1716@gmail.com"/>
+    <hyperlink ref="C1171" r:id="rId1154" location="" display="mailto:ellen.chikalipo@gmail.com"/>
+    <hyperlink ref="C1172" r:id="rId1155" location="" display="mailto:leeroymquina@gmail.com"/>
+    <hyperlink ref="C1173" r:id="rId1156" location="" display="mailto:clementinaobah@gmail.com"/>
+    <hyperlink ref="C1174" r:id="rId1157" location="" display="mailto:kemolak2@gmail.com"/>
+    <hyperlink ref="C1175" r:id="rId1158" location="" display="mailto:keneakagbusi@gmail.com"/>
+    <hyperlink ref="C1176" r:id="rId1159" location="" display="mailto:fathianiyi@gmail.com"/>
+    <hyperlink ref="C1177" r:id="rId1160" location="" display="mailto:motunrayoadeyemo@outlook.com"/>
+    <hyperlink ref="C1178" r:id="rId1161" location="" display="mailto:bbchilem@gmail.com"/>
+    <hyperlink ref="C1179" r:id="rId1162" location="" display="mailto:okwevictor@gmail.com"/>
+    <hyperlink ref="C1180" r:id="rId1163" location="" display="mailto:sannitopsfortune@gmail.com"/>
+    <hyperlink ref="C1181" r:id="rId1164" location="" display="mailto:Hilaryobikwelu5050@gmail.com"/>
+    <hyperlink ref="C1182" r:id="rId1165" location="" display="mailto:omotolaolaitan@yahoo.com"/>
+    <hyperlink ref="C1183" r:id="rId1166" location="" display="mailto:belemkoabgamohamed226@gmail.com"/>
+    <hyperlink ref="C1184" r:id="rId1167" location="" display="mailto:uchennajude89@gmail.com"/>
+    <hyperlink ref="C1185" r:id="rId1168" location="" display="mailto:yewandeoye@yahoo.com"/>
+    <hyperlink ref="C1186" r:id="rId1169" location="" display="mailto:itiayoleke@gmail.com"/>
+    <hyperlink ref="C1187" r:id="rId1170" location="" display="mailto:christianudemba260@gmail.com"/>
+    <hyperlink ref="C1188" r:id="rId1171" location="" display="mailto:okolimuna@gmail.com"/>
+    <hyperlink ref="C1189" r:id="rId1172" location="" display="mailto:noahwondimu42@gmail.com"/>
+    <hyperlink ref="C1190" r:id="rId1173" location="" display="mailto:donbeauty02@gmail.com"/>
+    <hyperlink ref="C1191" r:id="rId1174" location="" display="mailto:onyishi_omaureen686@yahoo.com"/>
+    <hyperlink ref="C1192" r:id="rId1175" location="" display="mailto:tosinkomolafe3@gmail.com"/>
+    <hyperlink ref="C1193" r:id="rId1176" location="" display="mailto:samexbrown@gmail.com"/>
+    <hyperlink ref="C1194" r:id="rId1177" location="" display="mailto:samson_netshares@yahoo.com"/>
+    <hyperlink ref="C1195" r:id="rId1178" location="" display="mailto:chinweanyanwu@myyahoo.com"/>
+    <hyperlink ref="C1196" r:id="rId1179" location="" display="mailto:famadevictor@gmail.com"/>
+    <hyperlink ref="C1197" r:id="rId1180" location="" display="mailto:lexmerciful@gmail.com"/>
+    <hyperlink ref="C1198" r:id="rId1181" location="" display="mailto:habahmed99@gmail.com"/>
+    <hyperlink ref="C1199" r:id="rId1182" location="" display="mailto:sommyhappinex@gmail.com"/>
+    <hyperlink ref="C1200" r:id="rId1183" location="" display="mailto:okwuokein@gmail.com"/>
+    <hyperlink ref="C1201" r:id="rId1184" location="" display="mailto:Gabrieltessy648@gmail.com"/>
+    <hyperlink ref="C1202" r:id="rId1185" location="" display="mailto:samuelarcher360@gmail.com"/>
+    <hyperlink ref="C1203" r:id="rId1186" location="" display="mailto:philominachioman@gmail.com"/>
+    <hyperlink ref="C1204" r:id="rId1187" location="" display="mailto:obasimercy1990@gmail.com"/>
+    <hyperlink ref="C1205" r:id="rId1188" location="" display="mailto:udu.a.ejeh@gmail.com"/>
+    <hyperlink ref="C1206" r:id="rId1189" location="" display="mailto:ponomote@gmail.com"/>
+    <hyperlink ref="C1207" r:id="rId1190" location="" display="mailto:olayinkaakinrinde@gmail.com"/>
+    <hyperlink ref="C1208" r:id="rId1191" location="" display="mailto:okorietheodora@gmail.com"/>
+    <hyperlink ref="C1209" r:id="rId1192" location="" display="mailto:dnai2016@gmail.com"/>
+    <hyperlink ref="C1210" r:id="rId1193" location="" display="mailto:lizzyorizu@gmail.com"/>
+    <hyperlink ref="C1211" r:id="rId1194" location="" display="mailto:danielafaith31@gmail.com"/>
+    <hyperlink ref="C1212" r:id="rId1195" location="" display="mailto:tejumolaawolola@yahoo.com"/>
+    <hyperlink ref="C1213" r:id="rId1196" location="" display="mailto:nwokovictoria@yahoo.com"/>
+    <hyperlink ref="C1214" r:id="rId1197" location="" display="mailto:frederickakinola@gmail.com"/>
+    <hyperlink ref="C1215" r:id="rId1198" location="" display="mailto:faithogechi111@gmail.com"/>
+    <hyperlink ref="C1216" r:id="rId1199" location="" display="mailto:jonesesther631613@gmail.com"/>
+    <hyperlink ref="C1217" r:id="rId1200" location="" display="mailto:amaranancy2018@yahoo.com"/>
+    <hyperlink ref="C1218" r:id="rId1201" location="" display="mailto:mrxmile@gmail.com"/>
+    <hyperlink ref="C1219" r:id="rId1202" location="" display="mailto:talktoprecious24@yahoo.com"/>
+    <hyperlink ref="C1220" r:id="rId1203" location="" display="mailto:nwachukwuonyeisifrank@gmail.com"/>
+    <hyperlink ref="C1221" r:id="rId1204" location="" display="mailto:arinzehenry358@yahoo.co.uk"/>
+    <hyperlink ref="C1222" r:id="rId1205" location="" display="mailto:stephenebubechukwu26@gmail.com"/>
+    <hyperlink ref="C1223" r:id="rId1206" location="" display="mailto:osazuwagodstime05@gmail.com"/>
+    <hyperlink ref="C1224" r:id="rId1207" location="" display="mailto:osazuwagodstime05@goajo.com"/>
+    <hyperlink ref="C1225" r:id="rId1208" location="" display="mailto:veronicaronke53@gmail.com"/>
+    <hyperlink ref="C1226" r:id="rId1209" location="" display="mailto:matthewojo51@gmail.com"/>
+    <hyperlink ref="C1227" r:id="rId1210" location="" display="mailto:zierawdgnomic@gmail.com"/>
+    <hyperlink ref="C1228" r:id="rId1211" location="" display="mailto:faithfulkinkin@gmail.com"/>
+    <hyperlink ref="C1229" r:id="rId1212" location="" display="mailto:laoyeola@gmail.com"/>
+    <hyperlink ref="C1230" r:id="rId1213" location="" display="mailto:mosesvictor622@gmail.com"/>
+    <hyperlink ref="C1231" r:id="rId1214" location="" display="mailto:tecmayowe@yahoo.com"/>
+    <hyperlink ref="C1232" r:id="rId1215" location="" display="mailto:lydiaobidiebube@gmail.com"/>
+    <hyperlink ref="C1234" r:id="rId1216" location="" display="mailto:bldremmanuelani@gmail.com"/>
+    <hyperlink ref="C1235" r:id="rId1217" location="" display="mailto:sundaytiger64@gmail.com"/>
+    <hyperlink ref="C1236" r:id="rId1218" location="" display="mailto:beckybest05@gmail.com"/>
+    <hyperlink ref="C1237" r:id="rId1219" location="" display="mailto:okoyecyril2@gmail.com"/>
+    <hyperlink ref="C1238" r:id="rId1220" location="" display="mailto:adeyeye.benjamin@gmail.com"/>
+    <hyperlink ref="C1239" r:id="rId1221" location="" display="mailto:oonbanhna@gmail.com"/>
+    <hyperlink ref="C1240" r:id="rId1222" location="" display="mailto:evangelistoyesomi@gmail.com"/>
+    <hyperlink ref="C1241" r:id="rId1223" location="" display="mailto:poseidapaah@gmail.com"/>
+    <hyperlink ref="C1242" r:id="rId1224" location="" display="mailto:ericfiifiaikins89@gmail.com"/>
+    <hyperlink ref="C1243" r:id="rId1225" location="" display="mailto:ladorprecious@gmail.com"/>
+    <hyperlink ref="C1244" r:id="rId1226" location="" display="mailto:eosyshall@gmail.com"/>
+    <hyperlink ref="C1245" r:id="rId1227" location="" display="mailto:praisepillar1@yahoo.com"/>
+    <hyperlink ref="C1246" r:id="rId1228" location="" display="mailto:akosuaossey@gmail.com"/>
+    <hyperlink ref="C1247" r:id="rId1229" location="" display="mailto:caystardgroup@gmail.com"/>
+    <hyperlink ref="C1248" r:id="rId1230" location="" display="mailto:jibrilakinbode@gmail.com"/>
+    <hyperlink ref="C1249" r:id="rId1231" location="" display="mailto:victorayodejiolatunji@gmail.com"/>
+    <hyperlink ref="C1250" r:id="rId1232" location="" display="mailto:cool9iggs@gmail.com"/>
+    <hyperlink ref="C1251" r:id="rId1233" location="" display="mailto:ibegumaria@gmail.com"/>
+    <hyperlink ref="C1252" r:id="rId1234" location="" display="mailto:chrisakole@gmail.com"/>
+    <hyperlink ref="C1253" r:id="rId1235" location="" display="mailto:michaeleze7@gmail.com"/>
+    <hyperlink ref="C1254" r:id="rId1236" location="" display="mailto:henrynoble33@gmail.com"/>
+    <hyperlink ref="C1255" r:id="rId1237" location="" display="mailto:cezeobioha@gmail.com"/>
+    <hyperlink ref="C1256" r:id="rId1238" location="" display="mailto:kevomondy9@gmail.com"/>
+    <hyperlink ref="C1257" r:id="rId1239" location="" display="mailto:callmosomitoyin@gmail.com"/>
+    <hyperlink ref="C1258" r:id="rId1240" location="" display="mailto:agu.ruthchidimma@gmail.com"/>
+    <hyperlink ref="C1259" r:id="rId1241" location="" display="mailto:abid624@yahoo.com"/>
+    <hyperlink ref="C1260" r:id="rId1242" location="" display="mailto:adielehachikaru@gmail.com"/>
+    <hyperlink ref="C1261" r:id="rId1243" location="" display="mailto:amosbill755@yahoo.com"/>
+    <hyperlink ref="C1262" r:id="rId1244" location="" display="mailto:osayomorejoseph5@gmail.com"/>
+    <hyperlink ref="C1263" r:id="rId1245" location="" display="mailto:nwozakufrancis@gmail.com"/>
+    <hyperlink ref="C1264" r:id="rId1246" location="" display="mailto:oluwadamilolalawal10@gmail.com"/>
+    <hyperlink ref="C1265" r:id="rId1247" location="" display="mailto:tlawsonjack@gmail.com"/>
+    <hyperlink ref="C1266" r:id="rId1248" location="" display="mailto:iheanachorvivian@gmail.com"/>
+    <hyperlink ref="C1267" r:id="rId1249" location="" display="mailto:tlawsonjack@gmail.comt"/>
+    <hyperlink ref="C1268" r:id="rId1250" location="" display="mailto:egbougonna42@yahoo.com"/>
+    <hyperlink ref="C1269" r:id="rId1251" location="" display="mailto:deborahoyeniyi550@gmail.com"/>
+    <hyperlink ref="C1270" r:id="rId1252" location="" display="mailto:khurramkhursheed5@gmail.com"/>
+    <hyperlink ref="C1271" r:id="rId1253" location="" display="mailto:dammyserah31@gmail.com"/>
+    <hyperlink ref="C1272" r:id="rId1254" location="" display="mailto:benjaminodeleye1@gmail.com"/>
+    <hyperlink ref="C1273" r:id="rId1255" location="" display="mailto:giftokonkwo14@gmail.com"/>
+    <hyperlink ref="C1274" r:id="rId1256" location="" display="mailto:aleekeysh@gmail.com"/>
+    <hyperlink ref="C1275" r:id="rId1257" location="" display="mailto:ahwieh4real2c@gmail.com"/>
+    <hyperlink ref="C1276" r:id="rId1258" location="" display="mailto:onyekachukwudorcas86@gmail.com"/>
+    <hyperlink ref="C1277" r:id="rId1259" location="" display="mailto:chrisheinz420@gmail.com"/>
+    <hyperlink ref="C1278" r:id="rId1260" location="" display="mailto:ogoifuwe@gmail.com"/>
+    <hyperlink ref="C1279" r:id="rId1261" location="" display="mailto:olumidedare1125@gmail.com"/>
+    <hyperlink ref="C1280" r:id="rId1262" location="" display="mailto:ugwufrankswazy@gmail.com"/>
+    <hyperlink ref="C1281" r:id="rId1263" location="" display="mailto:bennyoleh@gmail.com"/>
+    <hyperlink ref="C1282" r:id="rId1264" location="" display="mailto:richyanane10@gmail.com"/>
+    <hyperlink ref="C1283" r:id="rId1265" location="" display="mailto:ajaodinaka@gmail.com"/>
+    <hyperlink ref="C1284" r:id="rId1266" location="" display="mailto:geraldineogo3@gmail.com"/>
+    <hyperlink ref="C1285" r:id="rId1267" location="" display="mailto:ezeilokingsley25@gmail.com"/>
+    <hyperlink ref="C1286" r:id="rId1268" location="" display="mailto:clarablack0123@gmail.com"/>
+    <hyperlink ref="C1287" r:id="rId1269" location="" display="mailto:bmegaminds@gmail.com"/>
+    <hyperlink ref="C1288" r:id="rId1270" location="" display="mailto:ochiderah@gmail.com"/>
+    <hyperlink ref="C1289" r:id="rId1271" location="" display="mailto:lekpoabianu36@gmail.com"/>
+    <hyperlink ref="C1290" r:id="rId1272" location="" display="mailto:tosn2004@gmail.com"/>
+    <hyperlink ref="C1291" r:id="rId1273" location="" display="mailto:chinemichael10@gmail.com"/>
+    <hyperlink ref="C1292" r:id="rId1274" location="" display="mailto:gopedola@yahoo.com"/>
+    <hyperlink ref="C1293" r:id="rId1275" location="" display="mailto:festus.edwardosei@gmail.com"/>
+    <hyperlink ref="C1294" r:id="rId1276" location="" display="mailto:da.adedayo@gmail.com"/>
+    <hyperlink ref="C1295" r:id="rId1277" location="" display="mailto:itosmega@gmail.com"/>
+    <hyperlink ref="C1296" r:id="rId1278" location="" display="mailto:ahmeedaina@gmail.com"/>
+    <hyperlink ref="C1297" r:id="rId1279" location="" display="mailto:ladystar12@yahoo.com"/>
+    <hyperlink ref="C1298" r:id="rId1280" location="" display="mailto:vincentkelechi18@gmail.com"/>
+    <hyperlink ref="C1299" r:id="rId1281" location="" display="mailto:preciousohiawinike@gmail.com"/>
+    <hyperlink ref="C1300" r:id="rId1282" location="" display="mailto:kamaloibrahim@outlook.com"/>
+    <hyperlink ref="C1301" r:id="rId1283" location="" display="mailto:nwobichiamakacynthia@gmail.com"/>
+    <hyperlink ref="C1302" r:id="rId1284" location="" display="mailto:Jolsilver14@gmail.com"/>
+    <hyperlink ref="C1303" r:id="rId1285" location="" display="mailto:hilary.cena@gmail.com"/>
+    <hyperlink ref="C1304" r:id="rId1286" location="" display="mailto:ritachinaza5@gmail.com"/>
+    <hyperlink ref="C1305" r:id="rId1287" location="" display="mailto:ifechukwudegeme@gmail.com"/>
+    <hyperlink ref="C1306" r:id="rId1288" location="" display="mailto:victoriaekwughe@gmail.com"/>
+    <hyperlink ref="C1307" r:id="rId1289" location="" display="mailto:mumkim49@gmail.com"/>
+    <hyperlink ref="C1308" r:id="rId1290" location="" display="mailto:maxhendris@gmail.com"/>
+    <hyperlink ref="C1309" r:id="rId1291" location="" display="mailto:roydec81@gmail.com"/>
+    <hyperlink ref="C1310" r:id="rId1292" location="" display="mailto:welmergaiya1@gmail.com"/>
+    <hyperlink ref="C1311" r:id="rId1293" location="" display="mailto:chiomaesther580@gmail.com"/>
+    <hyperlink ref="C1312" r:id="rId1294" location="" display="mailto:willimena.tamba@gmail.com"/>
+    <hyperlink ref="C1313" r:id="rId1295" location="" display="mailto:funmiameerah@gmail.com"/>
+    <hyperlink ref="C1314" r:id="rId1296" location="" display="mailto:zubright2@gmail.com"/>
+    <hyperlink ref="C1315" r:id="rId1297" location="" display="mailto:valentineokwu@gmail.com"/>
+    <hyperlink ref="C1316" r:id="rId1298" location="" display="mailto:monica.bensononaji@gmail.comm"/>
+    <hyperlink ref="C1317" r:id="rId1299" location="" display="mailto:sahjohnson0@gmail.com"/>
+    <hyperlink ref="C1318" r:id="rId1300" location="" display="mailto:ayodeleoluwabukunmi@gmail.com"/>
+    <hyperlink ref="C1319" r:id="rId1301" location="" display="mailto:tygajude100@gmail.com"/>
+    <hyperlink ref="C1320" r:id="rId1302" location="" display="mailto:folakafi@gmail.com"/>
+    <hyperlink ref="C1321" r:id="rId1303" location="" display="mailto:iamyawmax123@gmail.com"/>
+    <hyperlink ref="C1322" r:id="rId1304" location="" display="mailto:okwuchimark47@gmail.com"/>
+    <hyperlink ref="C1323" r:id="rId1305" location="" display="mailto:osazuwadon@gmail.com"/>
+    <hyperlink ref="C1324" r:id="rId1306" location="" display="mailto:akojisamuel01@gmail.com"/>
+    <hyperlink ref="C1325" r:id="rId1307" location="" display="mailto:michaeldumebi@gmail.com"/>
+    <hyperlink ref="C1326" r:id="rId1308" location="" display="mailto:dammymanuel@gmail.com"/>
+    <hyperlink ref="C1327" r:id="rId1309" location="" display="mailto:ajiloreseyi@gmail.com"/>
+    <hyperlink ref="C1328" r:id="rId1310" location="" display="mailto:geneviveagyapong@gmail.com"/>
+    <hyperlink ref="C1329" r:id="rId1311" location="" display="mailto:idevelopafrica@yahoo.com"/>
+    <hyperlink ref="C1330" r:id="rId1312" location="" display="mailto:akpaniquo.juliana@gmail.com"/>
+    <hyperlink ref="C1331" r:id="rId1313" location="" display="mailto:tosybless55@gmail.com"/>
+    <hyperlink ref="C1332" r:id="rId1314" location="" display="mailto:ozurumbablessedudochukwu@gmail.com"/>
+    <hyperlink ref="C1333" r:id="rId1315" location="" display="mailto:ninaagbai@yahoo.com"/>
+    <hyperlink ref="C1334" r:id="rId1316" location="" display="mailto:abosdollars37@gmail.com"/>
+    <hyperlink ref="C1335" r:id="rId1317" location="" display="mailto:abdullahajao7@gmail.com"/>
+    <hyperlink ref="C1336" r:id="rId1318" location="" display="mailto:Torhukeolurotimiprecious@gmail.com"/>
+    <hyperlink ref="C1337" r:id="rId1319" location="" display="mailto:twum.michael22@gmail.com"/>
+    <hyperlink ref="C1338" r:id="rId1320" location="" display="mailto:Chinedustanislaus@gmail.com"/>
+    <hyperlink ref="C1339" r:id="rId1321" location="" display="mailto:chisomazubugwu@gmail.com"/>
+    <hyperlink ref="C1340" r:id="rId1322" location="" display="mailto:ahmed_oyegbami@yahoo.com"/>
+    <hyperlink ref="C1341" r:id="rId1323" location="" display="mailto:ywcollins9@gmail.com"/>
+    <hyperlink ref="C1342" r:id="rId1324" location="" display="mailto:keji.kareem@gmail.com"/>
+    <hyperlink ref="C1343" r:id="rId1325" location="" display="mailto:adeolakoiki2018@gmail.com"/>
+    <hyperlink ref="C1344" r:id="rId1326" location="" display="mailto:akinbamirach@gmail.com"/>
+    <hyperlink ref="C1345" r:id="rId1327" location="" display="mailto:ugwufrancisobi@gmail.com"/>
+    <hyperlink ref="C1346" r:id="rId1328" location="" display="mailto:maxadelosoye@gmail.com"/>
+    <hyperlink ref="C1347" r:id="rId1329" location="" display="mailto:omobolanlebamgbola@gmail.com"/>
+    <hyperlink ref="C1348" r:id="rId1330" location="" display="mailto:obiesierufus0@gmail.com"/>
+    <hyperlink ref="C1349" r:id="rId1331" location="" display="mailto:dikeochajennifer@gmail.com"/>
+    <hyperlink ref="C1350" r:id="rId1332" location="" display="mailto:olabowale.ogunnubi@gmail.com"/>
+    <hyperlink ref="C1351" r:id="rId1333" location="" display="mailto:yuakator16@gmail.com"/>
+    <hyperlink ref="C1352" r:id="rId1334" location="" display="mailto:hisgloryprince@gmail.com"/>
+    <hyperlink ref="C1353" r:id="rId1335" location="" display="mailto:ajibolanathaniel69@gmail.com"/>
+    <hyperlink ref="C1354" r:id="rId1336" location="" display="mailto:adaesther.egbo@gmail.com"/>
+    <hyperlink ref="C1355" r:id="rId1337" location="" display="mailto:oyin.gbadeyanka@yahoo.com"/>
+    <hyperlink ref="C1356" r:id="rId1338" location="" display="mailto:afeezmode@gmail.com"/>
+    <hyperlink ref="C1357" r:id="rId1339" location="" display="mailto:sannizainaboluwatoyin@gmail.com"/>
+    <hyperlink ref="C1358" r:id="rId1340" location="" display="mailto:princewillaguele@gmail.com"/>
+    <hyperlink ref="C1359" r:id="rId1341" location="" display="mailto:merciful210@gmail.com"/>
+    <hyperlink ref="C1360" r:id="rId1342" location="" display="mailto:blosssjoe@gmail.com"/>
+    <hyperlink ref="C1361" r:id="rId1343" location="" display="mailto:ogorjennifer@gmail.com"/>
+    <hyperlink ref="C1362" r:id="rId1344" location="" display="mailto:ojwaxy@gmail.com"/>
+    <hyperlink ref="C1363" r:id="rId1345" location="" display="mailto:ajayiadeyemo3@gmail.com"/>
+    <hyperlink ref="C1364" r:id="rId1346" location="" display="mailto:austinebrightauthor@gmail.com"/>
+    <hyperlink ref="C1365" r:id="rId1347" location="" display="mailto:qihemeje@gmail.com"/>
+    <hyperlink ref="C1366" r:id="rId1348" location="" display="mailto:healthofficer.ng@gmail.com"/>
+    <hyperlink ref="C1367" r:id="rId1349" location="" display="mailto:vivienchebet@gmail.com"/>
+    <hyperlink ref="C1368" r:id="rId1350" location="" display="mailto:osawayejames@yahoo.com"/>
+    <hyperlink ref="C1369" r:id="rId1351" location="" display="mailto:gbaramoghopeace4@gmail.com"/>
+    <hyperlink ref="C1370" r:id="rId1352" location="" display="mailto:princessyemiza@gmail.com"/>
+    <hyperlink ref="C1371" r:id="rId1353" location="" display="mailto:Boluwatifeikuoponiyi@gmail.com"/>
+    <hyperlink ref="C1372" r:id="rId1354" location="" display="mailto:Bolucrown2000@yahoo.com"/>
+    <hyperlink ref="C1373" r:id="rId1355" location="" display="mailto:melfahe@gmail.com"/>
+    <hyperlink ref="C1374" r:id="rId1356" location="" display="mailto:oal.adigun@gmail.com"/>
+    <hyperlink ref="C1375" r:id="rId1357" location="" display="mailto:ayoobisesanphotography@gmail.com"/>
+    <hyperlink ref="C1376" r:id="rId1358" location="" display="mailto:talvetsurgeon@gmail.com"/>
+    <hyperlink ref="C1377" r:id="rId1359" location="" display="mailto:Nwachukwu14chido@gmail.com"/>
+    <hyperlink ref="C1378" r:id="rId1360" location="" display="mailto:ndidi.obuegbunam@gmail.com"/>
+    <hyperlink ref="C1379" r:id="rId1361" location="" display="mailto:samsioenterltd@yahoo.com"/>
+    <hyperlink ref="C1380" r:id="rId1362" location="" display="mailto:mbachumaurice@gmail.com"/>
+    <hyperlink ref="C1381" r:id="rId1363" location="" display="mailto:bartimaeush@gmail.com"/>
+    <hyperlink ref="C1382" r:id="rId1364" location="" display="mailto:segunkayode4567@icloud.com"/>
+    <hyperlink ref="C1383" r:id="rId1365" location="" display="mailto:alhassanissaka1994@gmail.com"/>
+    <hyperlink ref="C1384" r:id="rId1366" location="" display="mailto:d.kwaku@yahoo.com"/>
+    <hyperlink ref="C1385" r:id="rId1367" location="" display="mailto:ihunanyachukwuonuoha@gmail.com"/>
+    <hyperlink ref="C1386" r:id="rId1368" location="" display="mailto:odetundemobolaji@gmail.com"/>
+    <hyperlink ref="C1387" r:id="rId1369" location="" display="mailto:onyejeudokaandrew@gmail.com"/>
+    <hyperlink ref="C1388" r:id="rId1370" location="" display="mailto:anayo042@gmail.com"/>
+    <hyperlink ref="C1389" r:id="rId1371" location="" display="mailto:henryaiicoplc@gmail.com"/>
+    <hyperlink ref="C1390" r:id="rId1372" location="" display="mailto:henryparagon@gmail.com"/>
+    <hyperlink ref="C1391" r:id="rId1373" location="" display="mailto:ikechukwuuzoma88@gmail.com"/>
+    <hyperlink ref="C1392" r:id="rId1374" location="" display="mailto:moses.k@goajo.com"/>
+    <hyperlink ref="C1393" r:id="rId1375" location="" display="mailto:marufalam9773@gmail.com"/>
+    <hyperlink ref="C1394" r:id="rId1376" location="" display="mailto:adenidayat8@gmail.com"/>
+    <hyperlink ref="C1395" r:id="rId1377" location="" display="mailto:kingsleyv072@gmail.com"/>
+    <hyperlink ref="C1396" r:id="rId1378" location="" display="mailto:stella.remigius90@gmail.com"/>
+    <hyperlink ref="C1397" r:id="rId1379" location="" display="mailto:destinyzaram2004@gmail.com"/>
+    <hyperlink ref="C1398" r:id="rId1380" location="" display="mailto:Favournkemjika.fn@gmail.com"/>
+    <hyperlink ref="C1399" r:id="rId1381" location="" display="mailto:anyanwuechefulachi@ymail.com"/>
+    <hyperlink ref="C1400" r:id="rId1382" location="" display="mailto:oloniyogbenga@gmail.com"/>
+    <hyperlink ref="C1401" r:id="rId1383" location="" display="mailto:gbengaoloniyo@gmail.com"/>
+    <hyperlink ref="C1402" r:id="rId1384" location="" display="mailto:basildellor@gmail.com"/>
+    <hyperlink ref="C1403" r:id="rId1385" location="" display="mailto:bartimaeus@icloud.com"/>
+    <hyperlink ref="C1404" r:id="rId1386" location="" display="mailto:bartimaeus@gmail.com"/>
+    <hyperlink ref="C1405" r:id="rId1387" location="" display="mailto:emmanuelchiemezie95@gmail.com"/>
+    <hyperlink ref="C1406" r:id="rId1388" location="" display="mailto:ifedudel@gmail.com"/>
+    <hyperlink ref="C1407" r:id="rId1389" location="" display="mailto:ayan.ayanyemi@gmail.com"/>
+    <hyperlink ref="C1408" r:id="rId1390" location="" display="mailto:jenniferogedegbe12@gmail.com"/>
+    <hyperlink ref="C1409" r:id="rId1391" location="" display="mailto:nik@gmail.com"/>
+    <hyperlink ref="C1410" r:id="rId1392" location="" display="mailto:bonamary2@gmail.com"/>
+    <hyperlink ref="C1411" r:id="rId1393" location="" display="mailto:omoleadedoyin10@gmail.com"/>
+    <hyperlink ref="C1412" r:id="rId1394" location="" display="mailto:zunayedhassanbd@gmail.com"/>
+    <hyperlink ref="C1413" r:id="rId1395" location="" display="mailto:mhassan@newconcepttechnologies.com"/>
+    <hyperlink ref="C1414" r:id="rId1396" location="" display="mailto:admission@goajo.com"/>
+    <hyperlink ref="C1415" r:id="rId1397" location="" display="mailto:willwhiteapple@gmail.com"/>
+    <hyperlink ref="C1416" r:id="rId1398" location="" display="mailto:pilaaustine@gmail.com"/>
+    <hyperlink ref="C1417" r:id="rId1399" location="" display="mailto:accra@goajo.com"/>
+    <hyperlink ref="C1418" r:id="rId1400" location="" display="mailto:dikecynthia009@gmail.com"/>
+    <hyperlink ref="C1419" r:id="rId1401" location="" display="mailto:gift@goajo.com"/>
+    <hyperlink ref="C1420" r:id="rId1402" location="" display="mailto:nefigbills@gmail.com"/>
+    <hyperlink ref="C1421" r:id="rId1403" location="" display="mailto:alexakinlaja12@gmail.com"/>
+    <hyperlink ref="C1422" r:id="rId1404" location="" display="mailto:Peace.williams@goajo.com"/>
+    <hyperlink ref="C1423" r:id="rId1405" location="" display="mailto:oroniyifaith@gmail.com"/>
+    <hyperlink ref="C1424" r:id="rId1406" location="" display="mailto:adenijiarike@gmail.com"/>
+    <hyperlink ref="C1425" r:id="rId1407" location="" display="mailto:Nwosudickson@yahoo.com"/>
   </hyperlinks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>CodexWorld\PhpXlsxGenerator</Application>
   <Company>CodexWorld Dev &lt;codexworld.com@gmail.com&gt;</Company>
   <Manager>CodexWorld Dev &lt;codexworld.com@gmail.com&gt;</Manager>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator>CodexWorld Dev &lt;codexworld.com@gmail.com&gt;</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>